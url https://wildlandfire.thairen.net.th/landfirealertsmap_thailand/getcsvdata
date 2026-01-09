--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -1,51 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="NOAA20" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="SNPP" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="NOAA20" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="NOAA21" sheetId="3" state="visible" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
     <numFmt numFmtId="165" formatCode="YYYY-MM-DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
@@ -134,51 +138,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -426,51 +430,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:Q3"/>
+  <dimension ref="A1:Q244"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>unique_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>lon</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>lat</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -524,179 +528,42366 @@
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>reserved_forests</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>protected_areas</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>forests_14_zone</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>coordinate_zone</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>068a169a-4695-409d-aa5e-76baee66a501</t>
+          <t>108c88eb-1b75-4c01-b27a-5231f32878c6</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>103.82746</v>
+        <v>98.0899</v>
       </c>
       <c r="C2" t="n">
-        <v>18.23046</v>
+        <v>17.58273</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>296.43</v>
+        <v>297.49</v>
       </c>
       <c r="G2" t="n">
-        <v>0.62</v>
+        <v>0.41</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2025-11-08 01:42:00</t>
+          <t>2026-01-10 01:42:00</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>45969</v>
+        <v>46032</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2025-11-08 03:50:02.462348+00:00</t>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Chaiyaphon</t>
+          <t>Mae Wa Luang</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Mueang Bueng Kan</t>
+          <t>Tha Song Yang</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Bueng Kan</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>ป่าดงดิบกะลา ป่าภูสิงห์ ป่าดงสีชมพู</t>
+          <t>ป่าท่าสองยาง</t>
         </is>
       </c>
       <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr"/>
       <c r="Q2" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>4bc11100-b05f-4624-a58a-a55d71956c9d</t>
+          <t>f4752d20-70a3-4eb5-af44-c594041cbbbd</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>103.82811</v>
+        <v>98.09063</v>
       </c>
       <c r="C3" t="n">
-        <v>18.230787</v>
+        <v>17.582386</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>296.43</v>
+        <v>297.49</v>
       </c>
       <c r="G3" t="n">
-        <v>0.624777</v>
+        <v>0.42573</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2025-11-08 01:40:00</t>
+          <t>2026-01-10 01:41:00</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>45969</v>
+        <v>46032</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2025-11-08 02:38:59.261926+00:00</t>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Chaiyaphon</t>
+          <t>Mae Wa Luang</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Mueang Bueng Kan</t>
+          <t>Tha Song Yang</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Bueng Kan</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>ป่าดงดิบกะลา ป่าภูสิงห์ ป่าดงสีชมพู</t>
+          <t>ป่าท่าสองยาง</t>
         </is>
       </c>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>d7d834da-8abf-4c55-9e3f-b556a22805d2</t>
+        </is>
+      </c>
+      <c r="B4" t="n">
+        <v>98.09291</v>
+      </c>
+      <c r="C4" t="n">
+        <v>17.58531</v>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F4" t="n">
+        <v>302.65</v>
+      </c>
+      <c r="G4" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I4" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Mae Wa Luang</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Tha Song Yang</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>ป่าท่าสองยาง</t>
+        </is>
+      </c>
+      <c r="O4" t="inlineStr"/>
+      <c r="P4" t="inlineStr"/>
+      <c r="Q4" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>8cc3197a-015e-4796-960d-571fa4c2ba8b</t>
+        </is>
+      </c>
+      <c r="B5" t="n">
+        <v>98.094162</v>
+      </c>
+      <c r="C5" t="n">
+        <v>17.585224</v>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F5" t="n">
+        <v>302.65</v>
+      </c>
+      <c r="G5" t="n">
+        <v>0.436078</v>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I5" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Mae Wa Luang</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Tha Song Yang</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>ป่าท่าสองยาง</t>
+        </is>
+      </c>
+      <c r="O5" t="inlineStr"/>
+      <c r="P5" t="inlineStr"/>
+      <c r="Q5" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>55c71605-4ba5-4d21-a899-b2e5fd7203e4</t>
+        </is>
+      </c>
+      <c r="B6" t="n">
+        <v>98.16867000000001</v>
+      </c>
+      <c r="C6" t="n">
+        <v>15.12235</v>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F6" t="n">
+        <v>302.52</v>
+      </c>
+      <c r="G6" t="n">
+        <v>0.9399999999999999</v>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I6" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr"/>
+      <c r="L6" t="inlineStr"/>
+      <c r="M6" t="inlineStr"/>
+      <c r="N6" t="inlineStr"/>
+      <c r="O6" t="inlineStr"/>
+      <c r="P6" t="inlineStr"/>
+      <c r="Q6" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>f81ca420-867f-4057-8e67-eb693e901d4e</t>
+        </is>
+      </c>
+      <c r="B7" t="n">
+        <v>98.39912</v>
+      </c>
+      <c r="C7" t="n">
+        <v>18.66867</v>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F7" t="n">
+        <v>305.37</v>
+      </c>
+      <c r="G7" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I7" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Mae Na Chon</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Mae Chaem</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>Chiang Mai</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>ป่าแม่แจ่ม</t>
+        </is>
+      </c>
+      <c r="O7" t="inlineStr"/>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
+      <c r="Q7" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>03248d8c-24c7-4949-b959-a4ac2b2cef71</t>
+        </is>
+      </c>
+      <c r="B8" t="n">
+        <v>98.400009</v>
+      </c>
+      <c r="C8" t="n">
+        <v>18.668253</v>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F8" t="n">
+        <v>305.37</v>
+      </c>
+      <c r="G8" t="n">
+        <v>0.71443</v>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I8" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Mae Na Chon</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Mae Chaem</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>Chiang Mai</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>ป่าแม่แจ่ม</t>
+        </is>
+      </c>
+      <c r="O8" t="inlineStr"/>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
+      <c r="Q8" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>c083df99-9957-4602-98f2-09cbd7b5a835</t>
+        </is>
+      </c>
+      <c r="B9" t="n">
+        <v>98.43424</v>
+      </c>
+      <c r="C9" t="n">
+        <v>17.03322</v>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F9" t="n">
+        <v>299.91</v>
+      </c>
+      <c r="G9" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I9" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr"/>
+      <c r="L9" t="inlineStr"/>
+      <c r="M9" t="inlineStr"/>
+      <c r="N9" t="inlineStr"/>
+      <c r="O9" t="inlineStr"/>
+      <c r="P9" t="inlineStr"/>
+      <c r="Q9" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>afff26b7-ddf3-4385-91c3-d1a76ea97a74</t>
+        </is>
+      </c>
+      <c r="B10" t="n">
+        <v>98.8215</v>
+      </c>
+      <c r="C10" t="n">
+        <v>8.26727</v>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F10" t="n">
+        <v>304.43</v>
+      </c>
+      <c r="G10" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:45:00</t>
+        </is>
+      </c>
+      <c r="I10" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>Khao Khram</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Mueang Krabi</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>Krabi</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr"/>
+      <c r="O10" t="inlineStr"/>
+      <c r="P10" t="inlineStr"/>
+      <c r="Q10" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>ca48cbd8-0550-4c54-a237-5231634bf419</t>
+        </is>
+      </c>
+      <c r="B11" t="n">
+        <v>98.82209</v>
+      </c>
+      <c r="C11" t="n">
+        <v>8.266918</v>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F11" t="n">
+        <v>304.43</v>
+      </c>
+      <c r="G11" t="n">
+        <v>0.964931</v>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:43:00</t>
+        </is>
+      </c>
+      <c r="I11" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Khao Khram</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Mueang Krabi</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>Krabi</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr"/>
+      <c r="O11" t="inlineStr"/>
+      <c r="P11" t="inlineStr"/>
+      <c r="Q11" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>79c9f9bb-7904-45e5-8120-a1529929c3fd</t>
+        </is>
+      </c>
+      <c r="B12" t="n">
+        <v>99.57848</v>
+      </c>
+      <c r="C12" t="n">
+        <v>14.39667</v>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F12" t="n">
+        <v>299.67</v>
+      </c>
+      <c r="G12" t="n">
+        <v>0.59</v>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I12" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>ป่าเขาช่องอินทรีด้านตะวันออก</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr"/>
+      <c r="P12" t="inlineStr"/>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>b941ad43-84b6-4270-986d-487f94c8d4d8</t>
+        </is>
+      </c>
+      <c r="B13" t="n">
+        <v>99.579117</v>
+      </c>
+      <c r="C13" t="n">
+        <v>14.396324</v>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F13" t="n">
+        <v>299.67</v>
+      </c>
+      <c r="G13" t="n">
+        <v>0.571967</v>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I13" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>ป่าเขาช่องอินทรีด้านตะวันออก</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr"/>
+      <c r="P13" t="inlineStr"/>
+      <c r="Q13" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>3ae545eb-d021-4a55-89c0-562476e5573f</t>
+        </is>
+      </c>
+      <c r="B14" t="n">
+        <v>99.62736</v>
+      </c>
+      <c r="C14" t="n">
+        <v>13.76838</v>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F14" t="n">
+        <v>307.15</v>
+      </c>
+      <c r="G14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I14" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr"/>
+      <c r="O14" t="inlineStr"/>
+      <c r="P14" t="inlineStr"/>
+      <c r="Q14" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>b8fd19ed-8fb2-47d6-b87e-9b6f84c7dee3</t>
+        </is>
+      </c>
+      <c r="B15" t="n">
+        <v>99.62799800000001</v>
+      </c>
+      <c r="C15" t="n">
+        <v>13.768009</v>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>307.15</v>
+      </c>
+      <c r="G15" t="n">
+        <v>1.095684</v>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I15" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr"/>
+      <c r="O15" t="inlineStr"/>
+      <c r="P15" t="inlineStr"/>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>9a600fdd-5b81-465d-af13-46525b14ee80</t>
+        </is>
+      </c>
+      <c r="B16" t="n">
+        <v>99.72047000000001</v>
+      </c>
+      <c r="C16" t="n">
+        <v>14.98263</v>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>310.27</v>
+      </c>
+      <c r="G16" t="n">
+        <v>2.14</v>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I16" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr"/>
+      <c r="P16" t="inlineStr"/>
+      <c r="Q16" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>ef90224b-53ff-4e61-91e5-5911c5944613</t>
+        </is>
+      </c>
+      <c r="B17" t="n">
+        <v>99.72084</v>
+      </c>
+      <c r="C17" t="n">
+        <v>14.98657</v>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>314.58</v>
+      </c>
+      <c r="G17" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I17" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr"/>
+      <c r="O17" t="inlineStr"/>
+      <c r="P17" t="inlineStr"/>
+      <c r="Q17" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>ac18ecae-5e85-4d28-afe0-b3886111f9c6</t>
+        </is>
+      </c>
+      <c r="B18" t="n">
+        <v>99.72154999999999</v>
+      </c>
+      <c r="C18" t="n">
+        <v>14.982568</v>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F18" t="n">
+        <v>310.26</v>
+      </c>
+      <c r="G18" t="n">
+        <v>2.135222</v>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I18" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr"/>
+      <c r="O18" t="inlineStr"/>
+      <c r="P18" t="inlineStr"/>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>b31e049f-ebb3-48d3-827c-7debbeff5c67</t>
+        </is>
+      </c>
+      <c r="B19" t="n">
+        <v>99.721886</v>
+      </c>
+      <c r="C19" t="n">
+        <v>14.986512</v>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>314.58</v>
+      </c>
+      <c r="G19" t="n">
+        <v>1.535066</v>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I19" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr"/>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="inlineStr"/>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>9e683615-ce2d-428b-895f-c79dfd098229</t>
+        </is>
+      </c>
+      <c r="B20" t="n">
+        <v>99.8664</v>
+      </c>
+      <c r="C20" t="n">
+        <v>14.56071</v>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>297.58</v>
+      </c>
+      <c r="G20" t="n">
+        <v>0.91</v>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I20" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K20" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr"/>
+      <c r="O20" t="inlineStr"/>
+      <c r="P20" t="inlineStr"/>
+      <c r="Q20" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>9fc07dd3-015a-4d0e-8db5-9c362a99afcc</t>
+        </is>
+      </c>
+      <c r="B21" t="n">
+        <v>99.86705000000001</v>
+      </c>
+      <c r="C21" t="n">
+        <v>14.560384</v>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>297.58</v>
+      </c>
+      <c r="G21" t="n">
+        <v>0.919096</v>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I21" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr"/>
+      <c r="O21" t="inlineStr"/>
+      <c r="P21" t="inlineStr"/>
+      <c r="Q21" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>40f85060-ccd7-4d51-9c2b-8f1f713f8472</t>
+        </is>
+      </c>
+      <c r="B22" t="n">
+        <v>99.86919</v>
+      </c>
+      <c r="C22" t="n">
+        <v>14.55895</v>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>302.64</v>
+      </c>
+      <c r="G22" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I22" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr"/>
+      <c r="O22" t="inlineStr"/>
+      <c r="P22" t="inlineStr"/>
+      <c r="Q22" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>7f44b84a-3157-4fe7-9f83-ae1d202f5165</t>
+        </is>
+      </c>
+      <c r="B23" t="n">
+        <v>99.870232</v>
+      </c>
+      <c r="C23" t="n">
+        <v>14.558867</v>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F23" t="n">
+        <v>302.64</v>
+      </c>
+      <c r="G23" t="n">
+        <v>0.7334039999999999</v>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I23" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr"/>
+      <c r="O23" t="inlineStr"/>
+      <c r="P23" t="inlineStr"/>
+      <c r="Q23" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>4a4c1baa-77c3-4355-b463-7b2a971601c8</t>
+        </is>
+      </c>
+      <c r="B24" t="n">
+        <v>99.89052</v>
+      </c>
+      <c r="C24" t="n">
+        <v>12.73537</v>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F24" t="n">
+        <v>307.63</v>
+      </c>
+      <c r="G24" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I24" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>Sam Phraya</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Cha-am</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr">
+        <is>
+          <t>ป่าชะอำและป่าบ้านโรง</t>
+        </is>
+      </c>
+      <c r="O24" t="inlineStr"/>
+      <c r="P24" t="inlineStr"/>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>33082f6d-9b48-4dd9-8778-25efb61f3f39</t>
+        </is>
+      </c>
+      <c r="B25" t="n">
+        <v>99.891533</v>
+      </c>
+      <c r="C25" t="n">
+        <v>12.735398</v>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F25" t="n">
+        <v>307.63</v>
+      </c>
+      <c r="G25" t="n">
+        <v>1.153703</v>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I25" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>Sam Phraya</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>Cha-am</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>ป่าชะอำและป่าบ้านโรง</t>
+        </is>
+      </c>
+      <c r="O25" t="inlineStr"/>
+      <c r="P25" t="inlineStr"/>
+      <c r="Q25" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>2da7b84c-db9a-46be-a27c-7eb469c72f35</t>
+        </is>
+      </c>
+      <c r="B26" t="n">
+        <v>99.96202</v>
+      </c>
+      <c r="C26" t="n">
+        <v>12.3439</v>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F26" t="n">
+        <v>301.04</v>
+      </c>
+      <c r="G26" t="n">
+        <v>0.54</v>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:45:00</t>
+        </is>
+      </c>
+      <c r="I26" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J26" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K26" t="inlineStr">
+        <is>
+          <t>Pran Buri</t>
+        </is>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>Pran Buri</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>Prachuap Khiri Khan</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr"/>
+      <c r="O26" t="inlineStr"/>
+      <c r="P26" t="inlineStr"/>
+      <c r="Q26" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>b7bbdcb5-1546-4c5d-a385-1570d574dba2</t>
+        </is>
+      </c>
+      <c r="B27" t="n">
+        <v>99.962975</v>
+      </c>
+      <c r="C27" t="n">
+        <v>12.343875</v>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F27" t="n">
+        <v>301.04</v>
+      </c>
+      <c r="G27" t="n">
+        <v>0.525079</v>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:43:00</t>
+        </is>
+      </c>
+      <c r="I27" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>Pak Nam Pran</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>Pran Buri</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>Prachuap Khiri Khan</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr"/>
+      <c r="O27" t="inlineStr"/>
+      <c r="P27" t="inlineStr"/>
+      <c r="Q27" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>146a0ec3-ee10-4f17-ae97-471db0215eb1</t>
+        </is>
+      </c>
+      <c r="B28" t="n">
+        <v>100.28521</v>
+      </c>
+      <c r="C28" t="n">
+        <v>14.7341</v>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F28" t="n">
+        <v>300.68</v>
+      </c>
+      <c r="G28" t="n">
+        <v>0.33</v>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I28" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>Ban Phran</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>Sawaeng Ha</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>Ang Thong</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr"/>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="inlineStr"/>
+      <c r="Q28" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>b8121934-4c8d-4eca-b0dc-0a7397bb9084</t>
+        </is>
+      </c>
+      <c r="B29" t="n">
+        <v>100.285828</v>
+      </c>
+      <c r="C29" t="n">
+        <v>14.733753</v>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F29" t="n">
+        <v>300.68</v>
+      </c>
+      <c r="G29" t="n">
+        <v>0.333535</v>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I29" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>Ban Phran</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>Sawaeng Ha</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>Ang Thong</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
+      <c r="O29" t="inlineStr"/>
+      <c r="P29" t="inlineStr"/>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>51baff0d-12dd-4736-b38d-b3d9ea2c88c9</t>
+        </is>
+      </c>
+      <c r="B30" t="n">
+        <v>100.28806</v>
+      </c>
+      <c r="C30" t="n">
+        <v>17.76872</v>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F30" t="n">
+        <v>296.04</v>
+      </c>
+      <c r="G30" t="n">
+        <v>0.24</v>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I30" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J30" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K30" t="inlineStr">
+        <is>
+          <t>Nam Man</t>
+        </is>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr"/>
+      <c r="O30" t="inlineStr"/>
+      <c r="P30" t="inlineStr"/>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>cc550a04-c4a3-4277-be6a-3e2e9dad4e21</t>
+        </is>
+      </c>
+      <c r="B31" t="n">
+        <v>100.288727</v>
+      </c>
+      <c r="C31" t="n">
+        <v>17.768349</v>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F31" t="n">
+        <v>296.04</v>
+      </c>
+      <c r="G31" t="n">
+        <v>0.236909</v>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I31" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>Nam Man</t>
+        </is>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr"/>
+      <c r="O31" t="inlineStr"/>
+      <c r="P31" t="inlineStr"/>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>9f03399e-0a7c-4be6-a91b-ab97d5f8c508</t>
+        </is>
+      </c>
+      <c r="B32" t="n">
+        <v>100.48603</v>
+      </c>
+      <c r="C32" t="n">
+        <v>14.13559</v>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F32" t="n">
+        <v>300.7</v>
+      </c>
+      <c r="G32" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I32" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>Ban Ma</t>
+        </is>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>Bang Sai</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>Phra Nakhon Si Ayutthaya</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr"/>
+      <c r="O32" t="inlineStr"/>
+      <c r="P32" t="inlineStr"/>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>f9e7e86d-19f3-4b5c-9ea6-e2f70cab60fd</t>
+        </is>
+      </c>
+      <c r="B33" t="n">
+        <v>100.486626</v>
+      </c>
+      <c r="C33" t="n">
+        <v>14.135166</v>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F33" t="n">
+        <v>300.7</v>
+      </c>
+      <c r="G33" t="n">
+        <v>0.306933</v>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I33" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>Ban Ma</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>Bang Sai</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>Phra Nakhon Si Ayutthaya</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr"/>
+      <c r="O33" t="inlineStr"/>
+      <c r="P33" t="inlineStr"/>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>29a9ae0b-7075-41b7-81c0-d14a037d656f</t>
+        </is>
+      </c>
+      <c r="B34" t="n">
+        <v>100.67594</v>
+      </c>
+      <c r="C34" t="n">
+        <v>14.92159</v>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>309.92</v>
+      </c>
+      <c r="G34" t="n">
+        <v>2.07</v>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I34" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr"/>
+      <c r="O34" t="inlineStr"/>
+      <c r="P34" t="inlineStr"/>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>bc8dd465-ba99-476a-b67e-6c17e4674d62</t>
+        </is>
+      </c>
+      <c r="B35" t="n">
+        <v>100.676552</v>
+      </c>
+      <c r="C35" t="n">
+        <v>14.921223</v>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>309.92</v>
+      </c>
+      <c r="G35" t="n">
+        <v>2.087785</v>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I35" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr"/>
+      <c r="O35" t="inlineStr"/>
+      <c r="P35" t="inlineStr"/>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>2d170acb-0b4c-4cd9-8a38-4a347beb9d81</t>
+        </is>
+      </c>
+      <c r="B36" t="n">
+        <v>100.67928</v>
+      </c>
+      <c r="C36" t="n">
+        <v>16.00214</v>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>298.3</v>
+      </c>
+      <c r="G36" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I36" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>Wang Ngio Tai</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>Dong Charoen</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>Phichit</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr"/>
+      <c r="O36" t="inlineStr"/>
+      <c r="P36" t="inlineStr"/>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>7533d31d-d142-41c5-91fc-bb8e81015092</t>
+        </is>
+      </c>
+      <c r="B37" t="n">
+        <v>100.679901</v>
+      </c>
+      <c r="C37" t="n">
+        <v>16.001768</v>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>298.3</v>
+      </c>
+      <c r="G37" t="n">
+        <v>0.647398</v>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I37" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K37" t="inlineStr">
+        <is>
+          <t>Wang Ngio Tai</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>Dong Charoen</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>Phichit</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr"/>
+      <c r="O37" t="inlineStr"/>
+      <c r="P37" t="inlineStr"/>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>693d4931-ab25-41b7-a208-e52872a44ac9</t>
+        </is>
+      </c>
+      <c r="B38" t="n">
+        <v>100.68972</v>
+      </c>
+      <c r="C38" t="n">
+        <v>19.1401</v>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>315.42</v>
+      </c>
+      <c r="G38" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I38" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>Pa Kha</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr"/>
+      <c r="P38" t="inlineStr"/>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>a4bf5dff-9af3-485d-86b0-129338ac3707</t>
+        </is>
+      </c>
+      <c r="B39" t="n">
+        <v>100.69022</v>
+      </c>
+      <c r="C39" t="n">
+        <v>19.14401</v>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>307.52</v>
+      </c>
+      <c r="G39" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I39" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>Saen Thong</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O39" t="inlineStr"/>
+      <c r="P39" t="inlineStr"/>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>4df8689f-1d19-4044-a7a3-d0abdd1ff316</t>
+        </is>
+      </c>
+      <c r="B40" t="n">
+        <v>100.690758</v>
+      </c>
+      <c r="C40" t="n">
+        <v>19.140072</v>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F40" t="n">
+        <v>315.43</v>
+      </c>
+      <c r="G40" t="n">
+        <v>1.616316</v>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I40" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>Pa Kha</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O40" t="inlineStr"/>
+      <c r="P40" t="inlineStr"/>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>7a0cf616-1af0-48bc-9ba3-cd692c701890</t>
+        </is>
+      </c>
+      <c r="B41" t="n">
+        <v>100.691231</v>
+      </c>
+      <c r="C41" t="n">
+        <v>19.143976</v>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F41" t="n">
+        <v>307.52</v>
+      </c>
+      <c r="G41" t="n">
+        <v>1.616316</v>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I41" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K41" t="inlineStr">
+        <is>
+          <t>Saen Thong</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O41" t="inlineStr"/>
+      <c r="P41" t="inlineStr"/>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>9d36312d-a3e0-4b43-bade-74f01e8029cf</t>
+        </is>
+      </c>
+      <c r="B42" t="n">
+        <v>100.74078</v>
+      </c>
+      <c r="C42" t="n">
+        <v>14.82329</v>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F42" t="n">
+        <v>310.59</v>
+      </c>
+      <c r="G42" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I42" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr"/>
+      <c r="O42" t="inlineStr"/>
+      <c r="P42" t="inlineStr"/>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>d5fabb94-fd9e-4940-9d2d-ad8386b7eb41</t>
+        </is>
+      </c>
+      <c r="B43" t="n">
+        <v>100.741722</v>
+      </c>
+      <c r="C43" t="n">
+        <v>14.82326</v>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F43" t="n">
+        <v>310.59</v>
+      </c>
+      <c r="G43" t="n">
+        <v>1.054982</v>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I43" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr"/>
+      <c r="O43" t="inlineStr"/>
+      <c r="P43" t="inlineStr"/>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>d690d3c3-6405-4dae-a129-35b40045cacd</t>
+        </is>
+      </c>
+      <c r="B44" t="n">
+        <v>100.74524</v>
+      </c>
+      <c r="C44" t="n">
+        <v>14.82265</v>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F44" t="n">
+        <v>300.55</v>
+      </c>
+      <c r="G44" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I44" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr"/>
+      <c r="O44" t="inlineStr"/>
+      <c r="P44" t="inlineStr"/>
+      <c r="Q44" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>3f9e5bd4-58f2-481c-a292-74724237bf6a</t>
+        </is>
+      </c>
+      <c r="B45" t="n">
+        <v>100.74617</v>
+      </c>
+      <c r="C45" t="n">
+        <v>14.87023</v>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F45" t="n">
+        <v>302.13</v>
+      </c>
+      <c r="G45" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I45" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr"/>
+      <c r="O45" t="inlineStr"/>
+      <c r="P45" t="inlineStr"/>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>95baf0ea-1f9a-4d80-9dbf-03dae21a7e55</t>
+        </is>
+      </c>
+      <c r="B46" t="n">
+        <v>100.746201</v>
+      </c>
+      <c r="C46" t="n">
+        <v>14.822622</v>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F46" t="n">
+        <v>300.55</v>
+      </c>
+      <c r="G46" t="n">
+        <v>1.054982</v>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I46" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr"/>
+      <c r="O46" t="inlineStr"/>
+      <c r="P46" t="inlineStr"/>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>0ff08286-4baf-4b7e-b253-0b34123dafa8</t>
+        </is>
+      </c>
+      <c r="B47" t="n">
+        <v>100.746765</v>
+      </c>
+      <c r="C47" t="n">
+        <v>14.869905</v>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F47" t="n">
+        <v>302.14</v>
+      </c>
+      <c r="G47" t="n">
+        <v>0.625436</v>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I47" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K47" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr"/>
+      <c r="O47" t="inlineStr"/>
+      <c r="P47" t="inlineStr"/>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>c88e9bae-01ba-456a-811c-6f1d543ea60f</t>
+        </is>
+      </c>
+      <c r="B48" t="n">
+        <v>100.76472</v>
+      </c>
+      <c r="C48" t="n">
+        <v>14.57046</v>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F48" t="n">
+        <v>299.85</v>
+      </c>
+      <c r="G48" t="n">
+        <v>0.62</v>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I48" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
+        <is>
+          <t>Ban Khrua</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>Ban Mo</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr"/>
+      <c r="O48" t="inlineStr"/>
+      <c r="P48" t="inlineStr"/>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>715203fd-6946-45ce-97ad-df138c709680</t>
+        </is>
+      </c>
+      <c r="B49" t="n">
+        <v>100.765663</v>
+      </c>
+      <c r="C49" t="n">
+        <v>14.570469</v>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F49" t="n">
+        <v>299.85</v>
+      </c>
+      <c r="G49" t="n">
+        <v>0.616744</v>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I49" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J49" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K49" t="inlineStr">
+        <is>
+          <t>Ban Khrua</t>
+        </is>
+      </c>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>Ban Mo</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N49" t="inlineStr"/>
+      <c r="O49" t="inlineStr"/>
+      <c r="P49" t="inlineStr"/>
+      <c r="Q49" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>1a5f7e13-128d-4124-b872-ec13bfd4acde</t>
+        </is>
+      </c>
+      <c r="B50" t="n">
+        <v>100.78678</v>
+      </c>
+      <c r="C50" t="n">
+        <v>15.39534</v>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F50" t="n">
+        <v>338.43</v>
+      </c>
+      <c r="G50" t="n">
+        <v>4.39</v>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I50" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J50" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K50" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L50" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N50" t="inlineStr"/>
+      <c r="O50" t="inlineStr"/>
+      <c r="P50" t="inlineStr"/>
+      <c r="Q50" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>2c4c042c-6a5a-4be0-9e64-5db20ae47b27</t>
+        </is>
+      </c>
+      <c r="B51" t="n">
+        <v>100.78775</v>
+      </c>
+      <c r="C51" t="n">
+        <v>15.395385</v>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F51" t="n">
+        <v>338.43</v>
+      </c>
+      <c r="G51" t="n">
+        <v>4.389544</v>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I51" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J51" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K51" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N51" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O51" t="inlineStr"/>
+      <c r="P51" t="inlineStr"/>
+      <c r="Q51" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>f289a425-3d11-41f8-bcab-99f386d1ea28</t>
+        </is>
+      </c>
+      <c r="B52" t="n">
+        <v>100.78902</v>
+      </c>
+      <c r="C52" t="n">
+        <v>15.39336</v>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F52" t="n">
+        <v>317.34</v>
+      </c>
+      <c r="G52" t="n">
+        <v>1.67</v>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I52" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J52" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K52" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N52" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O52" t="inlineStr"/>
+      <c r="P52" t="inlineStr"/>
+      <c r="Q52" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>97f4e832-96d1-45d6-9eaa-02fbab55cfd4</t>
+        </is>
+      </c>
+      <c r="B53" t="n">
+        <v>100.78958</v>
+      </c>
+      <c r="C53" t="n">
+        <v>15.39706</v>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F53" t="n">
+        <v>338.05</v>
+      </c>
+      <c r="G53" t="n">
+        <v>4.36</v>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I53" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J53" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K53" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L53" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M53" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N53" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O53" t="inlineStr"/>
+      <c r="P53" t="inlineStr"/>
+      <c r="Q53" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>7d983fd5-2fdb-4977-a8cf-51362822d7e4</t>
+        </is>
+      </c>
+      <c r="B54" t="n">
+        <v>100.789619</v>
+      </c>
+      <c r="C54" t="n">
+        <v>15.392929</v>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F54" t="n">
+        <v>317.34</v>
+      </c>
+      <c r="G54" t="n">
+        <v>1.667607</v>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I54" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K54" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O54" t="inlineStr"/>
+      <c r="P54" t="inlineStr"/>
+      <c r="Q54" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>33e8c6cd-b464-44df-b7d6-4dcb2eb12134</t>
+        </is>
+      </c>
+      <c r="B55" t="n">
+        <v>100.790184</v>
+      </c>
+      <c r="C55" t="n">
+        <v>15.396626</v>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F55" t="n">
+        <v>338.05</v>
+      </c>
+      <c r="G55" t="n">
+        <v>4.369755</v>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I55" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K55" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O55" t="inlineStr"/>
+      <c r="P55" t="inlineStr"/>
+      <c r="Q55" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>89a1e49b-f437-47e6-9e35-2460f20e698a</t>
+        </is>
+      </c>
+      <c r="B56" t="n">
+        <v>100.79131</v>
+      </c>
+      <c r="C56" t="n">
+        <v>15.39471</v>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F56" t="n">
+        <v>297.16</v>
+      </c>
+      <c r="G56" t="n">
+        <v>4.39</v>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I56" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O56" t="inlineStr"/>
+      <c r="P56" t="inlineStr"/>
+      <c r="Q56" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>3126c93e-4fa7-4dba-85ae-5d7a4080d489</t>
+        </is>
+      </c>
+      <c r="B57" t="n">
+        <v>100.792274</v>
+      </c>
+      <c r="C57" t="n">
+        <v>15.394761</v>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F57" t="n">
+        <v>297.16</v>
+      </c>
+      <c r="G57" t="n">
+        <v>4.389544</v>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I57" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K57" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O57" t="inlineStr"/>
+      <c r="P57" t="inlineStr"/>
+      <c r="Q57" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>17bb96fc-2e3a-4ae0-aecd-22a727065364</t>
+        </is>
+      </c>
+      <c r="B58" t="n">
+        <v>100.80176</v>
+      </c>
+      <c r="C58" t="n">
+        <v>14.67321</v>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F58" t="n">
+        <v>322.74</v>
+      </c>
+      <c r="G58" t="n">
+        <v>3.14</v>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I58" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr"/>
+      <c r="O58" t="inlineStr"/>
+      <c r="P58" t="inlineStr"/>
+      <c r="Q58" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>54e176f5-09d5-41fb-a174-5af81f1b0300</t>
+        </is>
+      </c>
+      <c r="B59" t="n">
+        <v>100.802345</v>
+      </c>
+      <c r="C59" t="n">
+        <v>14.672858</v>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F59" t="n">
+        <v>322.74</v>
+      </c>
+      <c r="G59" t="n">
+        <v>3.135365</v>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I59" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J59" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K59" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr"/>
+      <c r="O59" t="inlineStr"/>
+      <c r="P59" t="inlineStr"/>
+      <c r="Q59" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>8468e15d-82a6-44e7-8262-7a68ae6e8f62</t>
+        </is>
+      </c>
+      <c r="B60" t="n">
+        <v>100.83854</v>
+      </c>
+      <c r="C60" t="n">
+        <v>14.15477</v>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F60" t="n">
+        <v>318.79</v>
+      </c>
+      <c r="G60" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I60" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K60" t="inlineStr">
+        <is>
+          <t>Bueng Ba</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>Nong Suea</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>Pathum Thani</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr"/>
+      <c r="O60" t="inlineStr"/>
+      <c r="P60" t="inlineStr"/>
+      <c r="Q60" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>5c231a25-631e-419f-90af-5ee2098fa0ac</t>
+        </is>
+      </c>
+      <c r="B61" t="n">
+        <v>100.839455</v>
+      </c>
+      <c r="C61" t="n">
+        <v>14.154752</v>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F61" t="n">
+        <v>318.79</v>
+      </c>
+      <c r="G61" t="n">
+        <v>1.70053</v>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I61" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K61" t="inlineStr">
+        <is>
+          <t>Bueng Ba</t>
+        </is>
+      </c>
+      <c r="L61" t="inlineStr">
+        <is>
+          <t>Nong Suea</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>Pathum Thani</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr"/>
+      <c r="O61" t="inlineStr"/>
+      <c r="P61" t="inlineStr"/>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>0479859f-faa2-4fe9-a4d5-cd38fd7808d9</t>
+        </is>
+      </c>
+      <c r="B62" t="n">
+        <v>100.86948</v>
+      </c>
+      <c r="C62" t="n">
+        <v>15.37799</v>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F62" t="n">
+        <v>298.95</v>
+      </c>
+      <c r="G62" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I62" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K62" t="inlineStr">
+        <is>
+          <t>Wang Thong</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O62" t="inlineStr"/>
+      <c r="P62" t="inlineStr"/>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>8332b361-2432-42fa-89f6-c933e8798ac0</t>
+        </is>
+      </c>
+      <c r="B63" t="n">
+        <v>100.870071</v>
+      </c>
+      <c r="C63" t="n">
+        <v>15.377566</v>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F63" t="n">
+        <v>298.95</v>
+      </c>
+      <c r="G63" t="n">
+        <v>0.63064</v>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I63" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K63" t="inlineStr">
+        <is>
+          <t>Wang Thong</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O63" t="inlineStr"/>
+      <c r="P63" t="inlineStr"/>
+      <c r="Q63" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>22cc4747-7c6c-4f6f-a4bf-c3c7c492a8da</t>
+        </is>
+      </c>
+      <c r="B64" t="n">
+        <v>100.8868</v>
+      </c>
+      <c r="C64" t="n">
+        <v>15.83499</v>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F64" t="n">
+        <v>302.97</v>
+      </c>
+      <c r="G64" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I64" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J64" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K64" t="inlineStr">
+        <is>
+          <t>Sap Mai Daeng</t>
+        </is>
+      </c>
+      <c r="L64" t="inlineStr">
+        <is>
+          <t>Bueng Sam Phan</t>
+        </is>
+      </c>
+      <c r="M64" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O64" t="inlineStr"/>
+      <c r="P64" t="inlineStr"/>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>05ae7b21-0bec-49bf-b45a-a906092e8156</t>
+        </is>
+      </c>
+      <c r="B65" t="n">
+        <v>100.887764</v>
+      </c>
+      <c r="C65" t="n">
+        <v>15.835015</v>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F65" t="n">
+        <v>302.97</v>
+      </c>
+      <c r="G65" t="n">
+        <v>0.633445</v>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I65" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K65" t="inlineStr">
+        <is>
+          <t>Sap Mai Daeng</t>
+        </is>
+      </c>
+      <c r="L65" t="inlineStr">
+        <is>
+          <t>Bueng Sam Phan</t>
+        </is>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O65" t="inlineStr"/>
+      <c r="P65" t="inlineStr"/>
+      <c r="Q65" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>6dce7356-a51e-4da2-a486-2529464930c7</t>
+        </is>
+      </c>
+      <c r="B66" t="n">
+        <v>100.89656</v>
+      </c>
+      <c r="C66" t="n">
+        <v>15.1396</v>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F66" t="n">
+        <v>297.34</v>
+      </c>
+      <c r="G66" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I66" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K66" t="inlineStr">
+        <is>
+          <t>Dong Marum</t>
+        </is>
+      </c>
+      <c r="L66" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M66" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O66" t="inlineStr"/>
+      <c r="P66" t="inlineStr"/>
+      <c r="Q66" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>373c8c25-794f-4160-9508-afa4cf9d5f49</t>
+        </is>
+      </c>
+      <c r="B67" t="n">
+        <v>100.89716</v>
+      </c>
+      <c r="C67" t="n">
+        <v>16.0224</v>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F67" t="n">
+        <v>321.17</v>
+      </c>
+      <c r="G67" t="n">
+        <v>2.69</v>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I67" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K67" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N67" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O67" t="inlineStr"/>
+      <c r="P67" t="inlineStr"/>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>08a4d7c8-76aa-4e33-b770-92d56e15e6cb</t>
+        </is>
+      </c>
+      <c r="B68" t="n">
+        <v>100.897194</v>
+      </c>
+      <c r="C68" t="n">
+        <v>15.139193</v>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F68" t="n">
+        <v>297.34</v>
+      </c>
+      <c r="G68" t="n">
+        <v>0.604704</v>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I68" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K68" t="inlineStr">
+        <is>
+          <t>Dong Marum</t>
+        </is>
+      </c>
+      <c r="L68" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M68" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N68" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O68" t="inlineStr"/>
+      <c r="P68" t="inlineStr"/>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>f9d2a8dc-df02-40c6-a724-72c6f84872a2</t>
+        </is>
+      </c>
+      <c r="B69" t="n">
+        <v>100.898148</v>
+      </c>
+      <c r="C69" t="n">
+        <v>16.022451</v>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F69" t="n">
+        <v>321.18</v>
+      </c>
+      <c r="G69" t="n">
+        <v>2.682795</v>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I69" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K69" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O69" t="inlineStr"/>
+      <c r="P69" t="inlineStr"/>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>523cde85-a719-4f21-87dc-6d2348eb4d1b</t>
+        </is>
+      </c>
+      <c r="B70" t="n">
+        <v>100.8986</v>
+      </c>
+      <c r="C70" t="n">
+        <v>16.02068</v>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F70" t="n">
+        <v>320.45</v>
+      </c>
+      <c r="G70" t="n">
+        <v>2.29</v>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I70" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K70" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O70" t="inlineStr"/>
+      <c r="P70" t="inlineStr"/>
+      <c r="Q70" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>83da9184-8b53-4804-a50f-07b9d7570c62</t>
+        </is>
+      </c>
+      <c r="B71" t="n">
+        <v>100.8992</v>
+      </c>
+      <c r="C71" t="n">
+        <v>16.020252</v>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F71" t="n">
+        <v>320.45</v>
+      </c>
+      <c r="G71" t="n">
+        <v>2.290359</v>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I71" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O71" t="inlineStr"/>
+      <c r="P71" t="inlineStr"/>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>83db2bed-c156-4832-a4e6-1ebb4fa4416d</t>
+        </is>
+      </c>
+      <c r="B72" t="n">
+        <v>100.91165</v>
+      </c>
+      <c r="C72" t="n">
+        <v>13.11465</v>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>300.68</v>
+      </c>
+      <c r="G72" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I72" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K72" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr"/>
+      <c r="O72" t="inlineStr"/>
+      <c r="P72" t="inlineStr"/>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>671f9dd4-028e-4b93-b1aa-c49a6a62aded</t>
+        </is>
+      </c>
+      <c r="B73" t="n">
+        <v>100.912224</v>
+      </c>
+      <c r="C73" t="n">
+        <v>13.114342</v>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F73" t="n">
+        <v>300.68</v>
+      </c>
+      <c r="G73" t="n">
+        <v>0.814993</v>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I73" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr"/>
+      <c r="O73" t="inlineStr"/>
+      <c r="P73" t="inlineStr"/>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>3935aec3-6bc4-4092-814c-1f1111431786</t>
+        </is>
+      </c>
+      <c r="B74" t="n">
+        <v>100.93307</v>
+      </c>
+      <c r="C74" t="n">
+        <v>15.2826</v>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F74" t="n">
+        <v>300.89</v>
+      </c>
+      <c r="G74" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I74" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K74" t="inlineStr">
+        <is>
+          <t>Niyom Chai</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>Sa Bot</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O74" t="inlineStr"/>
+      <c r="P74" t="inlineStr"/>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>bb36804d-c35d-471a-890f-fd95a25d6978</t>
+        </is>
+      </c>
+      <c r="B75" t="n">
+        <v>100.933655</v>
+      </c>
+      <c r="C75" t="n">
+        <v>15.282275</v>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F75" t="n">
+        <v>300.89</v>
+      </c>
+      <c r="G75" t="n">
+        <v>1.238973</v>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I75" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K75" t="inlineStr">
+        <is>
+          <t>Niyom Chai</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Sa Bot</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O75" t="inlineStr"/>
+      <c r="P75" t="inlineStr"/>
+      <c r="Q75" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>858c7131-3293-4f2b-845a-fa8a3b3970b3</t>
+        </is>
+      </c>
+      <c r="B76" t="n">
+        <v>100.95946</v>
+      </c>
+      <c r="C76" t="n">
+        <v>15.59059</v>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F76" t="n">
+        <v>301.77</v>
+      </c>
+      <c r="G76" t="n">
+        <v>1.13</v>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I76" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K76" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O76" t="inlineStr"/>
+      <c r="P76" t="inlineStr"/>
+      <c r="Q76" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>319afc5c-1328-4a7f-ba0e-2abd2346a630</t>
+        </is>
+      </c>
+      <c r="B77" t="n">
+        <v>100.96001</v>
+      </c>
+      <c r="C77" t="n">
+        <v>15.59427</v>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F77" t="n">
+        <v>309.07</v>
+      </c>
+      <c r="G77" t="n">
+        <v>1.13</v>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I77" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K77" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O77" t="inlineStr"/>
+      <c r="P77" t="inlineStr"/>
+      <c r="Q77" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>cd23546c-aa12-4f0f-9b92-f86fa9fd09a5</t>
+        </is>
+      </c>
+      <c r="B78" t="n">
+        <v>100.960411</v>
+      </c>
+      <c r="C78" t="n">
+        <v>15.590634</v>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F78" t="n">
+        <v>301.77</v>
+      </c>
+      <c r="G78" t="n">
+        <v>1.129287</v>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I78" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N78" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O78" t="inlineStr"/>
+      <c r="P78" t="inlineStr"/>
+      <c r="Q78" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>aa056bd3-bb69-475a-a7ec-cb39258c0259</t>
+        </is>
+      </c>
+      <c r="B79" t="n">
+        <v>100.960968</v>
+      </c>
+      <c r="C79" t="n">
+        <v>15.594309</v>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F79" t="n">
+        <v>309.07</v>
+      </c>
+      <c r="G79" t="n">
+        <v>1.129287</v>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I79" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K79" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N79" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O79" t="inlineStr"/>
+      <c r="P79" t="inlineStr"/>
+      <c r="Q79" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>72f149c9-aacd-4f44-94f6-890c115addd6</t>
+        </is>
+      </c>
+      <c r="B80" t="n">
+        <v>100.96119</v>
+      </c>
+      <c r="C80" t="n">
+        <v>15.59168</v>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F80" t="n">
+        <v>318.75</v>
+      </c>
+      <c r="G80" t="n">
+        <v>2.06</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I80" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K80" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N80" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O80" t="inlineStr"/>
+      <c r="P80" t="inlineStr"/>
+      <c r="Q80" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>1dfb59de-bc42-4c38-84a9-b13d6c53deb9</t>
+        </is>
+      </c>
+      <c r="B81" t="n">
+        <v>100.961777</v>
+      </c>
+      <c r="C81" t="n">
+        <v>15.591242</v>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F81" t="n">
+        <v>318.75</v>
+      </c>
+      <c r="G81" t="n">
+        <v>2.052575</v>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I81" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K81" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr"/>
+      <c r="P81" t="inlineStr"/>
+      <c r="Q81" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>0e341ebb-7e38-421e-89dd-55a6c5e013b5</t>
+        </is>
+      </c>
+      <c r="B82" t="n">
+        <v>101.02587</v>
+      </c>
+      <c r="C82" t="n">
+        <v>15.13215</v>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F82" t="n">
+        <v>303.27</v>
+      </c>
+      <c r="G82" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I82" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K82" t="inlineStr">
+        <is>
+          <t>Huai Hin</t>
+        </is>
+      </c>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr"/>
+      <c r="P82" t="inlineStr"/>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>ffad69bb-ff3e-4e66-94be-3bbda44fd70a</t>
+        </is>
+      </c>
+      <c r="B83" t="n">
+        <v>101.026443</v>
+      </c>
+      <c r="C83" t="n">
+        <v>15.131738</v>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F83" t="n">
+        <v>303.27</v>
+      </c>
+      <c r="G83" t="n">
+        <v>0.958046</v>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I83" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>Huai Hin</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr"/>
+      <c r="P83" t="inlineStr"/>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>7cd33d4c-8b7b-48e1-8505-3be9a0a05bc1</t>
+        </is>
+      </c>
+      <c r="B84" t="n">
+        <v>101.03651</v>
+      </c>
+      <c r="C84" t="n">
+        <v>14.73637</v>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F84" t="n">
+        <v>298.46</v>
+      </c>
+      <c r="G84" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I84" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K84" t="inlineStr">
+        <is>
+          <t>Hin Son</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr"/>
+      <c r="O84" t="inlineStr"/>
+      <c r="P84" t="inlineStr"/>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>f66813be-4757-4bde-ae0c-5480e1372d66</t>
+        </is>
+      </c>
+      <c r="B85" t="n">
+        <v>101.037437</v>
+      </c>
+      <c r="C85" t="n">
+        <v>14.736391</v>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F85" t="n">
+        <v>298.46</v>
+      </c>
+      <c r="G85" t="n">
+        <v>0.636784</v>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I85" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>Hin Son</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr"/>
+      <c r="O85" t="inlineStr"/>
+      <c r="P85" t="inlineStr"/>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>e1add6c7-4a75-4df4-bdb6-b7423bfab56a</t>
+        </is>
+      </c>
+      <c r="B86" t="n">
+        <v>101.03803</v>
+      </c>
+      <c r="C86" t="n">
+        <v>14.64703</v>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>314.42</v>
+      </c>
+      <c r="G86" t="n">
+        <v>2.81</v>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I86" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr"/>
+      <c r="O86" t="inlineStr"/>
+      <c r="P86" t="inlineStr"/>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>9bbdccf9-11f5-4db4-a758-0261ad99ac1f</t>
+        </is>
+      </c>
+      <c r="B87" t="n">
+        <v>101.03862</v>
+      </c>
+      <c r="C87" t="n">
+        <v>14.646667</v>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F87" t="n">
+        <v>314.42</v>
+      </c>
+      <c r="G87" t="n">
+        <v>2.802128</v>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I87" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K87" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr"/>
+      <c r="O87" t="inlineStr"/>
+      <c r="P87" t="inlineStr"/>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>afe411a1-d2f5-4da1-919b-515130b33a8f</t>
+        </is>
+      </c>
+      <c r="B88" t="n">
+        <v>101.03912</v>
+      </c>
+      <c r="C88" t="n">
+        <v>14.53142</v>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F88" t="n">
+        <v>312.02</v>
+      </c>
+      <c r="G88" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I88" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr"/>
+      <c r="P88" t="inlineStr"/>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>9a08e3a9-acf5-4958-8092-98ed46caea40</t>
+        </is>
+      </c>
+      <c r="B89" t="n">
+        <v>101.040039</v>
+      </c>
+      <c r="C89" t="n">
+        <v>14.531432</v>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F89" t="n">
+        <v>312.02</v>
+      </c>
+      <c r="G89" t="n">
+        <v>1.379735</v>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I89" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K89" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr"/>
+      <c r="P89" t="inlineStr"/>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>c050f468-fed1-4ba0-8ebf-5930e10d9724</t>
+        </is>
+      </c>
+      <c r="B90" t="n">
+        <v>101.06451</v>
+      </c>
+      <c r="C90" t="n">
+        <v>13.07914</v>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>334.69</v>
+      </c>
+      <c r="G90" t="n">
+        <v>7.79</v>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I90" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K90" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr"/>
+      <c r="O90" t="inlineStr"/>
+      <c r="P90" t="inlineStr"/>
+      <c r="Q90" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>1e076aab-f152-4916-b7c4-06cf8cb81cb0</t>
+        </is>
+      </c>
+      <c r="B91" t="n">
+        <v>101.06506</v>
+      </c>
+      <c r="C91" t="n">
+        <v>13.0827</v>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F91" t="n">
+        <v>303.07</v>
+      </c>
+      <c r="G91" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I91" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K91" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr"/>
+      <c r="O91" t="inlineStr"/>
+      <c r="P91" t="inlineStr"/>
+      <c r="Q91" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>17594b8a-a4b9-4ca8-a5ae-ac90e948ff71</t>
+        </is>
+      </c>
+      <c r="B92" t="n">
+        <v>101.065392</v>
+      </c>
+      <c r="C92" t="n">
+        <v>13.079088</v>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F92" t="n">
+        <v>334.69</v>
+      </c>
+      <c r="G92" t="n">
+        <v>7.862698</v>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I92" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K92" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N92" t="inlineStr"/>
+      <c r="O92" t="inlineStr"/>
+      <c r="P92" t="inlineStr"/>
+      <c r="Q92" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>f18419d0-0577-4cc3-887c-4f19639ca8c7</t>
+        </is>
+      </c>
+      <c r="B93" t="n">
+        <v>101.065964</v>
+      </c>
+      <c r="C93" t="n">
+        <v>13.082638</v>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F93" t="n">
+        <v>303.07</v>
+      </c>
+      <c r="G93" t="n">
+        <v>0.768854</v>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I93" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K93" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N93" t="inlineStr"/>
+      <c r="O93" t="inlineStr"/>
+      <c r="P93" t="inlineStr"/>
+      <c r="Q93" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>7dca9dcc-af1c-4310-b0f7-5db45107e118</t>
+        </is>
+      </c>
+      <c r="B94" t="n">
+        <v>101.06864</v>
+      </c>
+      <c r="C94" t="n">
+        <v>13.07853</v>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>328.03</v>
+      </c>
+      <c r="G94" t="n">
+        <v>3.18</v>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I94" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K94" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr"/>
+      <c r="O94" t="inlineStr"/>
+      <c r="P94" t="inlineStr"/>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>2b2b7812-a20e-4c8e-a9af-f06470d17a2d</t>
+        </is>
+      </c>
+      <c r="B95" t="n">
+        <v>101.0692</v>
+      </c>
+      <c r="C95" t="n">
+        <v>13.08208</v>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F95" t="n">
+        <v>299.94</v>
+      </c>
+      <c r="G95" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I95" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr"/>
+      <c r="O95" t="inlineStr"/>
+      <c r="P95" t="inlineStr"/>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>c8a8716a-1ade-43d9-979e-622517329c1d</t>
+        </is>
+      </c>
+      <c r="B96" t="n">
+        <v>101.069527</v>
+      </c>
+      <c r="C96" t="n">
+        <v>13.078473</v>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F96" t="n">
+        <v>328.03</v>
+      </c>
+      <c r="G96" t="n">
+        <v>3.175492</v>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I96" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K96" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr"/>
+      <c r="O96" t="inlineStr"/>
+      <c r="P96" t="inlineStr"/>
+      <c r="Q96" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>9a612c1c-a8f9-409e-9996-b91c9f0ec902</t>
+        </is>
+      </c>
+      <c r="B97" t="n">
+        <v>101.070091</v>
+      </c>
+      <c r="C97" t="n">
+        <v>13.082022</v>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F97" t="n">
+        <v>299.94</v>
+      </c>
+      <c r="G97" t="n">
+        <v>0.305973</v>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I97" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J97" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K97" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr"/>
+      <c r="O97" t="inlineStr"/>
+      <c r="P97" t="inlineStr"/>
+      <c r="Q97" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>226a3bb4-4e93-49b7-99f8-279e0b17b4d0</t>
+        </is>
+      </c>
+      <c r="B98" t="n">
+        <v>101.07545</v>
+      </c>
+      <c r="C98" t="n">
+        <v>14.63059</v>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F98" t="n">
+        <v>306.85</v>
+      </c>
+      <c r="G98" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I98" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J98" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K98" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O98" t="inlineStr"/>
+      <c r="P98" t="inlineStr"/>
+      <c r="Q98" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>eb7044ea-d9b3-41b3-be00-d23bf578a09d</t>
+        </is>
+      </c>
+      <c r="B99" t="n">
+        <v>101.07602</v>
+      </c>
+      <c r="C99" t="n">
+        <v>14.6342</v>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F99" t="n">
+        <v>312.84</v>
+      </c>
+      <c r="G99" t="n">
+        <v>1.18</v>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I99" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K99" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N99" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O99" t="inlineStr"/>
+      <c r="P99" t="inlineStr"/>
+      <c r="Q99" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>4755f7e6-511f-4dd9-b43d-2b0085f05479</t>
+        </is>
+      </c>
+      <c r="B100" t="n">
+        <v>101.076027</v>
+      </c>
+      <c r="C100" t="n">
+        <v>14.630244</v>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F100" t="n">
+        <v>306.85</v>
+      </c>
+      <c r="G100" t="n">
+        <v>1.331703</v>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I100" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J100" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K100" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O100" t="inlineStr"/>
+      <c r="P100" t="inlineStr"/>
+      <c r="Q100" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>e2abc887-b0c4-4135-a58e-69bc23b90940</t>
+        </is>
+      </c>
+      <c r="B101" t="n">
+        <v>101.076599</v>
+      </c>
+      <c r="C101" t="n">
+        <v>14.633853</v>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>312.84</v>
+      </c>
+      <c r="G101" t="n">
+        <v>1.187963</v>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I101" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K101" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N101" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O101" t="inlineStr"/>
+      <c r="P101" t="inlineStr"/>
+      <c r="Q101" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>c1cfc338-a301-4981-94d1-47527cc5762b</t>
+        </is>
+      </c>
+      <c r="B102" t="n">
+        <v>101.09727</v>
+      </c>
+      <c r="C102" t="n">
+        <v>14.63116</v>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>302.59</v>
+      </c>
+      <c r="G102" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I102" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr"/>
+      <c r="O102" t="inlineStr"/>
+      <c r="P102" t="inlineStr"/>
+      <c r="Q102" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>7c543331-f1ee-4602-8f84-761a495d27fb</t>
+        </is>
+      </c>
+      <c r="B103" t="n">
+        <v>101.097855</v>
+      </c>
+      <c r="C103" t="n">
+        <v>14.630814</v>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F103" t="n">
+        <v>302.59</v>
+      </c>
+      <c r="G103" t="n">
+        <v>0.480658</v>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I103" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J103" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N103" t="inlineStr"/>
+      <c r="O103" t="inlineStr"/>
+      <c r="P103" t="inlineStr"/>
+      <c r="Q103" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>e911f7ac-9917-4e31-a752-784d84fb57d8</t>
+        </is>
+      </c>
+      <c r="B104" t="n">
+        <v>101.12566</v>
+      </c>
+      <c r="C104" t="n">
+        <v>15.74622</v>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F104" t="n">
+        <v>308.63</v>
+      </c>
+      <c r="G104" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I104" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J104" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>Bueng Krachap</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr"/>
+      <c r="O104" t="inlineStr"/>
+      <c r="P104" t="inlineStr"/>
+      <c r="Q104" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>4a0a5e01-6169-43f3-beb9-c1e53e136421</t>
+        </is>
+      </c>
+      <c r="B105" t="n">
+        <v>101.126244</v>
+      </c>
+      <c r="C105" t="n">
+        <v>15.745827</v>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F105" t="n">
+        <v>308.63</v>
+      </c>
+      <c r="G105" t="n">
+        <v>1.202259</v>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I105" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J105" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>Bueng Krachap</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr"/>
+      <c r="O105" t="inlineStr"/>
+      <c r="P105" t="inlineStr"/>
+      <c r="Q105" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>9055c3f6-76f9-4786-be9b-8a55313e4962</t>
+        </is>
+      </c>
+      <c r="B106" t="n">
+        <v>101.16077</v>
+      </c>
+      <c r="C106" t="n">
+        <v>13.28441</v>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F106" t="n">
+        <v>296.36</v>
+      </c>
+      <c r="G106" t="n">
+        <v>0.62</v>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I106" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J106" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>Nong Chak</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>Ban Bueng</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr"/>
+      <c r="O106" t="inlineStr"/>
+      <c r="P106" t="inlineStr"/>
+      <c r="Q106" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>d8616d2d-3395-4fde-8e1e-3307013db75f</t>
+        </is>
+      </c>
+      <c r="B107" t="n">
+        <v>101.161644</v>
+      </c>
+      <c r="C107" t="n">
+        <v>13.284351</v>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F107" t="n">
+        <v>296.36</v>
+      </c>
+      <c r="G107" t="n">
+        <v>0.567007</v>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I107" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J107" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>Nong Chak</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>Ban Bueng</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr"/>
+      <c r="O107" t="inlineStr"/>
+      <c r="P107" t="inlineStr"/>
+      <c r="Q107" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>ebcfd24c-8242-41db-93b8-1f6e7a1c6a89</t>
+        </is>
+      </c>
+      <c r="B108" t="n">
+        <v>101.16875</v>
+      </c>
+      <c r="C108" t="n">
+        <v>15.30871</v>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F108" t="n">
+        <v>302.5</v>
+      </c>
+      <c r="G108" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I108" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J108" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr"/>
+      <c r="O108" t="inlineStr"/>
+      <c r="P108" t="inlineStr"/>
+      <c r="Q108" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>4b476835-b7a2-4039-aa79-d15fc7d44234</t>
+        </is>
+      </c>
+      <c r="B109" t="n">
+        <v>101.169281</v>
+      </c>
+      <c r="C109" t="n">
+        <v>15.308324</v>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F109" t="n">
+        <v>302.5</v>
+      </c>
+      <c r="G109" t="n">
+        <v>1.523908</v>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I109" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J109" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr"/>
+      <c r="O109" t="inlineStr"/>
+      <c r="P109" t="inlineStr"/>
+      <c r="Q109" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>163932ee-f7b1-442e-ad74-ee5fa6c6c887</t>
+        </is>
+      </c>
+      <c r="B110" t="n">
+        <v>101.1729</v>
+      </c>
+      <c r="C110" t="n">
+        <v>15.30811</v>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F110" t="n">
+        <v>313.67</v>
+      </c>
+      <c r="G110" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I110" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr"/>
+      <c r="O110" t="inlineStr"/>
+      <c r="P110" t="inlineStr"/>
+      <c r="Q110" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>f46220fa-4e38-4c70-88f6-bacab5da1e84</t>
+        </is>
+      </c>
+      <c r="B111" t="n">
+        <v>101.173416</v>
+      </c>
+      <c r="C111" t="n">
+        <v>15.30773</v>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F111" t="n">
+        <v>313.67</v>
+      </c>
+      <c r="G111" t="n">
+        <v>1.403198</v>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I111" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>Nikhom Lam Narai</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N111" t="inlineStr"/>
+      <c r="O111" t="inlineStr"/>
+      <c r="P111" t="inlineStr"/>
+      <c r="Q111" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>0211f225-e012-460d-8f05-245c29271f06</t>
+        </is>
+      </c>
+      <c r="B112" t="n">
+        <v>101.39064</v>
+      </c>
+      <c r="C112" t="n">
+        <v>15.15748</v>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F112" t="n">
+        <v>298.15</v>
+      </c>
+      <c r="G112" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I112" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J112" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>Nong Ri</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>Lam Sonthi</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr"/>
+      <c r="O112" t="inlineStr"/>
+      <c r="P112" t="inlineStr"/>
+      <c r="Q112" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>36481d1a-521d-46c3-aba0-0010d3abc1ce</t>
+        </is>
+      </c>
+      <c r="B113" t="n">
+        <v>101.391541</v>
+      </c>
+      <c r="C113" t="n">
+        <v>15.15746</v>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F113" t="n">
+        <v>298.15</v>
+      </c>
+      <c r="G113" t="n">
+        <v>0.48521</v>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I113" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J113" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>Nong Ri</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>Lam Sonthi</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr"/>
+      <c r="O113" t="inlineStr"/>
+      <c r="P113" t="inlineStr"/>
+      <c r="Q113" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>dc0ea397-748e-4657-89cb-142e34bf1fb5</t>
+        </is>
+      </c>
+      <c r="B114" t="n">
+        <v>101.41703</v>
+      </c>
+      <c r="C114" t="n">
+        <v>13.29329</v>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F114" t="n">
+        <v>298.61</v>
+      </c>
+      <c r="G114" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I114" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J114" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>Wat Suwan</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr"/>
+      <c r="O114" t="inlineStr"/>
+      <c r="P114" t="inlineStr"/>
+      <c r="Q114" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>f2a7a8a7-459f-4701-a0bb-a5781f592996</t>
+        </is>
+      </c>
+      <c r="B115" t="n">
+        <v>101.41757</v>
+      </c>
+      <c r="C115" t="n">
+        <v>13.2968</v>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F115" t="n">
+        <v>297.39</v>
+      </c>
+      <c r="G115" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I115" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J115" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K115" t="inlineStr">
+        <is>
+          <t>Wat Suwan</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr"/>
+      <c r="O115" t="inlineStr"/>
+      <c r="P115" t="inlineStr"/>
+      <c r="Q115" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>bbc60cb6-5ce7-47cc-a450-36442684d7d8</t>
+        </is>
+      </c>
+      <c r="B116" t="n">
+        <v>101.417595</v>
+      </c>
+      <c r="C116" t="n">
+        <v>13.292948</v>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F116" t="n">
+        <v>298.61</v>
+      </c>
+      <c r="G116" t="n">
+        <v>0.840039</v>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I116" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J116" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K116" t="inlineStr">
+        <is>
+          <t>Wat Suwan</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N116" t="inlineStr"/>
+      <c r="O116" t="inlineStr"/>
+      <c r="P116" t="inlineStr"/>
+      <c r="Q116" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>52582b4d-8e13-47cc-8de0-e1e022e8d94e</t>
+        </is>
+      </c>
+      <c r="B117" t="n">
+        <v>101.418129</v>
+      </c>
+      <c r="C117" t="n">
+        <v>13.296454</v>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F117" t="n">
+        <v>297.39</v>
+      </c>
+      <c r="G117" t="n">
+        <v>0.303661</v>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I117" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J117" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K117" t="inlineStr">
+        <is>
+          <t>Wat Suwan</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr"/>
+      <c r="O117" t="inlineStr"/>
+      <c r="P117" t="inlineStr"/>
+      <c r="Q117" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>78a9040e-c271-4776-9883-9d36d1eba3cc</t>
+        </is>
+      </c>
+      <c r="B118" t="n">
+        <v>101.44336</v>
+      </c>
+      <c r="C118" t="n">
+        <v>13.27866</v>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F118" t="n">
+        <v>312.05</v>
+      </c>
+      <c r="G118" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I118" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J118" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N118" t="inlineStr"/>
+      <c r="O118" t="inlineStr"/>
+      <c r="P118" t="inlineStr"/>
+      <c r="Q118" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>3d35d3b5-dff4-451b-99bc-604415030ab3</t>
+        </is>
+      </c>
+      <c r="B119" t="n">
+        <v>101.443916</v>
+      </c>
+      <c r="C119" t="n">
+        <v>13.27833</v>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F119" t="n">
+        <v>312.05</v>
+      </c>
+      <c r="G119" t="n">
+        <v>1.077208</v>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I119" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J119" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K119" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N119" t="inlineStr"/>
+      <c r="O119" t="inlineStr"/>
+      <c r="P119" t="inlineStr"/>
+      <c r="Q119" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>14d89e82-8fd0-46a0-a5c0-ac72d85b3ba5</t>
+        </is>
+      </c>
+      <c r="B120" t="n">
+        <v>101.44736</v>
+      </c>
+      <c r="C120" t="n">
+        <v>13.27808</v>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F120" t="n">
+        <v>302.83</v>
+      </c>
+      <c r="G120" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I120" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J120" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K120" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N120" t="inlineStr">
+        <is>
+          <t>ป่าคลองตะเคียน</t>
+        </is>
+      </c>
+      <c r="O120" t="inlineStr"/>
+      <c r="P120" t="inlineStr"/>
+      <c r="Q120" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>ca9027b3-477a-4deb-91a9-3cf6989de1da</t>
+        </is>
+      </c>
+      <c r="B121" t="n">
+        <v>101.447914</v>
+      </c>
+      <c r="C121" t="n">
+        <v>13.277743</v>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F121" t="n">
+        <v>302.83</v>
+      </c>
+      <c r="G121" t="n">
+        <v>1.077208</v>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I121" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J121" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K121" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N121" t="inlineStr">
+        <is>
+          <t>ป่าคลองตะเคียน</t>
+        </is>
+      </c>
+      <c r="O121" t="inlineStr"/>
+      <c r="P121" t="inlineStr"/>
+      <c r="Q121" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>134edc95-21a6-4561-9963-6d9401327197</t>
+        </is>
+      </c>
+      <c r="B122" t="n">
+        <v>101.48891</v>
+      </c>
+      <c r="C122" t="n">
+        <v>16.1743</v>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F122" t="n">
+        <v>298.14</v>
+      </c>
+      <c r="G122" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I122" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J122" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K122" t="inlineStr">
+        <is>
+          <t>Wang Chomphu</t>
+        </is>
+      </c>
+      <c r="L122" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M122" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N122" t="inlineStr"/>
+      <c r="O122" t="inlineStr"/>
+      <c r="P122" t="inlineStr"/>
+      <c r="Q122" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>cf0e9070-0bbb-48e3-882a-f3e9d1e71196</t>
+        </is>
+      </c>
+      <c r="B123" t="n">
+        <v>101.48983</v>
+      </c>
+      <c r="C123" t="n">
+        <v>16.174335</v>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F123" t="n">
+        <v>298.14</v>
+      </c>
+      <c r="G123" t="n">
+        <v>0.240119</v>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I123" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J123" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K123" t="inlineStr">
+        <is>
+          <t>Wang Chomphu</t>
+        </is>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M123" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr"/>
+      <c r="O123" t="inlineStr"/>
+      <c r="P123" t="inlineStr"/>
+      <c r="Q123" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>ecb869d2-1a4d-4eed-b603-69cef8b3e967</t>
+        </is>
+      </c>
+      <c r="B124" t="n">
+        <v>101.50304</v>
+      </c>
+      <c r="C124" t="n">
+        <v>15.32055</v>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F124" t="n">
+        <v>299.63</v>
+      </c>
+      <c r="G124" t="n">
+        <v>1.32</v>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I124" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J124" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K124" t="inlineStr">
+        <is>
+          <t>Samnak Takhro</t>
+        </is>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>Thepharak</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N124" t="inlineStr"/>
+      <c r="O124" t="inlineStr"/>
+      <c r="P124" t="inlineStr"/>
+      <c r="Q124" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>2f0e0c40-1813-4385-aacc-5c139bd619a3</t>
+        </is>
+      </c>
+      <c r="B125" t="n">
+        <v>101.503937</v>
+      </c>
+      <c r="C125" t="n">
+        <v>15.320572</v>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F125" t="n">
+        <v>299.63</v>
+      </c>
+      <c r="G125" t="n">
+        <v>1.32528</v>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I125" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J125" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K125" t="inlineStr">
+        <is>
+          <t>Samnak Takhro</t>
+        </is>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>Thepharak</t>
+        </is>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr"/>
+      <c r="O125" t="inlineStr"/>
+      <c r="P125" t="inlineStr"/>
+      <c r="Q125" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>c2d0ef8b-1279-428b-baf9-0a5b4ccaa37f</t>
+        </is>
+      </c>
+      <c r="B126" t="n">
+        <v>101.52705</v>
+      </c>
+      <c r="C126" t="n">
+        <v>16.03392</v>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F126" t="n">
+        <v>301.56</v>
+      </c>
+      <c r="G126" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I126" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J126" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K126" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M126" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N126" t="inlineStr"/>
+      <c r="O126" t="inlineStr"/>
+      <c r="P126" t="inlineStr"/>
+      <c r="Q126" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>e0b04663-0870-4a74-afbf-12546b5f061b</t>
+        </is>
+      </c>
+      <c r="B127" t="n">
+        <v>101.527962</v>
+      </c>
+      <c r="C127" t="n">
+        <v>16.033871</v>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F127" t="n">
+        <v>301.56</v>
+      </c>
+      <c r="G127" t="n">
+        <v>0.447803</v>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I127" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J127" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K127" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr"/>
+      <c r="O127" t="inlineStr"/>
+      <c r="P127" t="inlineStr"/>
+      <c r="Q127" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>fc034d07-3950-4a2b-9913-fc240295050c</t>
+        </is>
+      </c>
+      <c r="B128" t="n">
+        <v>101.54398</v>
+      </c>
+      <c r="C128" t="n">
+        <v>15.15337</v>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F128" t="n">
+        <v>299.96</v>
+      </c>
+      <c r="G128" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I128" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J128" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K128" t="inlineStr">
+        <is>
+          <t>Huai Bong</t>
+        </is>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N128" t="inlineStr"/>
+      <c r="O128" t="inlineStr"/>
+      <c r="P128" t="inlineStr"/>
+      <c r="Q128" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>5e8c8543-dca7-419d-aa74-f1b9d740d61f</t>
+        </is>
+      </c>
+      <c r="B129" t="n">
+        <v>101.544876</v>
+      </c>
+      <c r="C129" t="n">
+        <v>15.153338</v>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F129" t="n">
+        <v>299.96</v>
+      </c>
+      <c r="G129" t="n">
+        <v>1.043679</v>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I129" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J129" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>Huai Bong</t>
+        </is>
+      </c>
+      <c r="L129" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr"/>
+      <c r="O129" t="inlineStr"/>
+      <c r="P129" t="inlineStr"/>
+      <c r="Q129" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>3a3a14d0-723d-41a4-b331-7bff3fcda1c7</t>
+        </is>
+      </c>
+      <c r="B130" t="n">
+        <v>101.55972</v>
+      </c>
+      <c r="C130" t="n">
+        <v>14.08198</v>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F130" t="n">
+        <v>303.66</v>
+      </c>
+      <c r="G130" t="n">
+        <v>0.43</v>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I130" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J130" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K130" t="inlineStr">
+        <is>
+          <t>Kham Tanot</t>
+        </is>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>Prachantakham</t>
+        </is>
+      </c>
+      <c r="M130" t="inlineStr">
+        <is>
+          <t>Prachin Buri</t>
+        </is>
+      </c>
+      <c r="N130" t="inlineStr"/>
+      <c r="O130" t="inlineStr"/>
+      <c r="P130" t="inlineStr"/>
+      <c r="Q130" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>7393b126-e871-4ac1-b7ed-24fa07876c1c</t>
+        </is>
+      </c>
+      <c r="B131" t="n">
+        <v>101.560593</v>
+      </c>
+      <c r="C131" t="n">
+        <v>14.081934</v>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F131" t="n">
+        <v>303.66</v>
+      </c>
+      <c r="G131" t="n">
+        <v>0.443096</v>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I131" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J131" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K131" t="inlineStr">
+        <is>
+          <t>Kham Tanot</t>
+        </is>
+      </c>
+      <c r="L131" t="inlineStr">
+        <is>
+          <t>Prachantakham</t>
+        </is>
+      </c>
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>Prachin Buri</t>
+        </is>
+      </c>
+      <c r="N131" t="inlineStr"/>
+      <c r="O131" t="inlineStr"/>
+      <c r="P131" t="inlineStr"/>
+      <c r="Q131" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>66d76abd-9e89-4d47-8027-fac844b96fd9</t>
+        </is>
+      </c>
+      <c r="B132" t="n">
+        <v>101.56676</v>
+      </c>
+      <c r="C132" t="n">
+        <v>16.22932</v>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F132" t="n">
+        <v>311.34</v>
+      </c>
+      <c r="G132" t="n">
+        <v>1.34</v>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I132" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J132" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K132" t="inlineStr">
+        <is>
+          <t>Nang Daet</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M132" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N132" t="inlineStr"/>
+      <c r="O132" t="inlineStr"/>
+      <c r="P132" t="inlineStr"/>
+      <c r="Q132" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>5e840144-8f52-4145-bfca-f29f47c30b9f</t>
+        </is>
+      </c>
+      <c r="B133" t="n">
+        <v>101.567673</v>
+      </c>
+      <c r="C133" t="n">
+        <v>16.229277</v>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F133" t="n">
+        <v>311.34</v>
+      </c>
+      <c r="G133" t="n">
+        <v>1.34613</v>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I133" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J133" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K133" t="inlineStr">
+        <is>
+          <t>Nang Daet</t>
+        </is>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M133" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N133" t="inlineStr"/>
+      <c r="O133" t="inlineStr"/>
+      <c r="P133" t="inlineStr"/>
+      <c r="Q133" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>784ef92b-be71-456c-9994-ed636c722488</t>
+        </is>
+      </c>
+      <c r="B134" t="n">
+        <v>101.59704</v>
+      </c>
+      <c r="C134" t="n">
+        <v>15.49877</v>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F134" t="n">
+        <v>316.52</v>
+      </c>
+      <c r="G134" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I134" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J134" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K134" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M134" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N134" t="inlineStr"/>
+      <c r="O134" t="inlineStr"/>
+      <c r="P134" t="inlineStr"/>
+      <c r="Q134" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>f8f6e3ef-7b81-43f6-95b5-8f8dff63c4a5</t>
+        </is>
+      </c>
+      <c r="B135" t="n">
+        <v>101.597603</v>
+      </c>
+      <c r="C135" t="n">
+        <v>15.498346</v>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F135" t="n">
+        <v>316.52</v>
+      </c>
+      <c r="G135" t="n">
+        <v>1.954612</v>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I135" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J135" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K135" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr"/>
+      <c r="O135" t="inlineStr"/>
+      <c r="P135" t="inlineStr"/>
+      <c r="Q135" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>8235c8f9-4999-48a6-b2f7-9a87568a82df</t>
+        </is>
+      </c>
+      <c r="B136" t="n">
+        <v>101.60003</v>
+      </c>
+      <c r="C136" t="n">
+        <v>15.49694</v>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F136" t="n">
+        <v>300.65</v>
+      </c>
+      <c r="G136" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I136" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J136" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K136" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M136" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N136" t="inlineStr"/>
+      <c r="O136" t="inlineStr"/>
+      <c r="P136" t="inlineStr"/>
+      <c r="Q136" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>5c02aa13-0015-46b6-b4c0-59834c34581a</t>
+        </is>
+      </c>
+      <c r="B137" t="n">
+        <v>101.600914</v>
+      </c>
+      <c r="C137" t="n">
+        <v>15.49699</v>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F137" t="n">
+        <v>300.65</v>
+      </c>
+      <c r="G137" t="n">
+        <v>1.271494</v>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I137" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J137" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K137" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M137" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N137" t="inlineStr"/>
+      <c r="O137" t="inlineStr"/>
+      <c r="P137" t="inlineStr"/>
+      <c r="Q137" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>cbbea04b-7dac-4cd6-ad47-28a960a4355e</t>
+        </is>
+      </c>
+      <c r="B138" t="n">
+        <v>101.66799</v>
+      </c>
+      <c r="C138" t="n">
+        <v>15.2679</v>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F138" t="n">
+        <v>299.99</v>
+      </c>
+      <c r="G138" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I138" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J138" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>Phan Chana</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O138" t="inlineStr"/>
+      <c r="P138" t="inlineStr"/>
+      <c r="Q138" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>e9e4fde5-be1f-4f51-b750-bee5639ce638</t>
+        </is>
+      </c>
+      <c r="B139" t="n">
+        <v>101.668884</v>
+      </c>
+      <c r="C139" t="n">
+        <v>15.267961</v>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F139" t="n">
+        <v>300</v>
+      </c>
+      <c r="G139" t="n">
+        <v>0.453292</v>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I139" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J139" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>Phan Chana</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M139" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N139" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O139" t="inlineStr"/>
+      <c r="P139" t="inlineStr"/>
+      <c r="Q139" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>43f0c361-17d6-4dba-ad64-4a9c688ebe9e</t>
+        </is>
+      </c>
+      <c r="B140" t="n">
+        <v>101.69806</v>
+      </c>
+      <c r="C140" t="n">
+        <v>16.00171</v>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F140" t="n">
+        <v>299.77</v>
+      </c>
+      <c r="G140" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I140" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J140" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K140" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M140" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N140" t="inlineStr"/>
+      <c r="O140" t="inlineStr"/>
+      <c r="P140" t="inlineStr"/>
+      <c r="Q140" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>310f968c-0537-4b3b-b08a-a96ae293b000</t>
+        </is>
+      </c>
+      <c r="B141" t="n">
+        <v>101.698959</v>
+      </c>
+      <c r="C141" t="n">
+        <v>16.001661</v>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F141" t="n">
+        <v>299.76</v>
+      </c>
+      <c r="G141" t="n">
+        <v>0.464674</v>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I141" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J141" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K141" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M141" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N141" t="inlineStr"/>
+      <c r="O141" t="inlineStr"/>
+      <c r="P141" t="inlineStr"/>
+      <c r="Q141" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>06598959-ead9-48ba-b89e-918a0c5f32f3</t>
+        </is>
+      </c>
+      <c r="B142" t="n">
+        <v>101.74755</v>
+      </c>
+      <c r="C142" t="n">
+        <v>16.05542</v>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F142" t="n">
+        <v>323.09</v>
+      </c>
+      <c r="G142" t="n">
+        <v>1.98</v>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I142" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J142" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K142" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M142" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N142" t="inlineStr"/>
+      <c r="O142" t="inlineStr"/>
+      <c r="P142" t="inlineStr"/>
+      <c r="Q142" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>729edb4f-88ab-4999-b94e-3deb1f9d241c</t>
+        </is>
+      </c>
+      <c r="B143" t="n">
+        <v>101.748123</v>
+      </c>
+      <c r="C143" t="n">
+        <v>16.055071</v>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F143" t="n">
+        <v>323.09</v>
+      </c>
+      <c r="G143" t="n">
+        <v>1.971203</v>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I143" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J143" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K143" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr"/>
+      <c r="O143" t="inlineStr"/>
+      <c r="P143" t="inlineStr"/>
+      <c r="Q143" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>a2b1bd19-8b4d-470e-b5ac-6b25c0e0521f</t>
+        </is>
+      </c>
+      <c r="B144" t="n">
+        <v>101.76819</v>
+      </c>
+      <c r="C144" t="n">
+        <v>16.11656</v>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F144" t="n">
+        <v>308.23</v>
+      </c>
+      <c r="G144" t="n">
+        <v>2.06</v>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I144" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J144" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N144" t="inlineStr"/>
+      <c r="O144" t="inlineStr"/>
+      <c r="P144" t="inlineStr"/>
+      <c r="Q144" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>3ee2ce4d-c255-44c2-ad72-f68ac6b72efd</t>
+        </is>
+      </c>
+      <c r="B145" t="n">
+        <v>101.769081</v>
+      </c>
+      <c r="C145" t="n">
+        <v>16.116621</v>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F145" t="n">
+        <v>308.23</v>
+      </c>
+      <c r="G145" t="n">
+        <v>2.01719</v>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I145" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J145" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K145" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr"/>
+      <c r="O145" t="inlineStr"/>
+      <c r="P145" t="inlineStr"/>
+      <c r="Q145" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>cb22f2f9-63c4-4be3-8518-3061ae6d9c9c</t>
+        </is>
+      </c>
+      <c r="B146" t="n">
+        <v>101.76947</v>
+      </c>
+      <c r="C146" t="n">
+        <v>16.11398</v>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F146" t="n">
+        <v>338.23</v>
+      </c>
+      <c r="G146" t="n">
+        <v>5.34</v>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I146" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J146" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K146" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr"/>
+      <c r="O146" t="inlineStr"/>
+      <c r="P146" t="inlineStr"/>
+      <c r="Q146" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>f5d016e7-7b21-414a-867e-abb8aa08af80</t>
+        </is>
+      </c>
+      <c r="B147" t="n">
+        <v>101.770035</v>
+      </c>
+      <c r="C147" t="n">
+        <v>16.113558</v>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F147" t="n">
+        <v>338.23</v>
+      </c>
+      <c r="G147" t="n">
+        <v>5.340861</v>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I147" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J147" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K147" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L147" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N147" t="inlineStr"/>
+      <c r="O147" t="inlineStr"/>
+      <c r="P147" t="inlineStr"/>
+      <c r="Q147" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>13eca340-eb3f-4cc3-a2cc-c4b69376fba6</t>
+        </is>
+      </c>
+      <c r="B148" t="n">
+        <v>101.77235</v>
+      </c>
+      <c r="C148" t="n">
+        <v>16.11597</v>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F148" t="n">
+        <v>328.11</v>
+      </c>
+      <c r="G148" t="n">
+        <v>2.06</v>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I148" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J148" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K148" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L148" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N148" t="inlineStr"/>
+      <c r="O148" t="inlineStr"/>
+      <c r="P148" t="inlineStr"/>
+      <c r="Q148" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>784178b9-3868-4cdd-8f07-188d5e7b0d1a</t>
+        </is>
+      </c>
+      <c r="B149" t="n">
+        <v>101.773247</v>
+      </c>
+      <c r="C149" t="n">
+        <v>16.116034</v>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F149" t="n">
+        <v>328.11</v>
+      </c>
+      <c r="G149" t="n">
+        <v>2.01719</v>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I149" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J149" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K149" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L149" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N149" t="inlineStr"/>
+      <c r="O149" t="inlineStr"/>
+      <c r="P149" t="inlineStr"/>
+      <c r="Q149" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>ad8d4bf2-b5d4-4bf4-b2e7-1bfa0558ab3c</t>
+        </is>
+      </c>
+      <c r="B150" t="n">
+        <v>101.9336</v>
+      </c>
+      <c r="C150" t="n">
+        <v>12.71112</v>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F150" t="n">
+        <v>314.32</v>
+      </c>
+      <c r="G150" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I150" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J150" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>Wang Tanot</t>
+        </is>
+      </c>
+      <c r="L150" t="inlineStr">
+        <is>
+          <t>Na Yai Am</t>
+        </is>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>Chanthaburi</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr"/>
+      <c r="O150" t="inlineStr"/>
+      <c r="P150" t="inlineStr"/>
+      <c r="Q150" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>40f09b9b-7b97-4697-a483-b82a43d5c79b</t>
+        </is>
+      </c>
+      <c r="B151" t="n">
+        <v>101.934425</v>
+      </c>
+      <c r="C151" t="n">
+        <v>12.711104</v>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F151" t="n">
+        <v>314.32</v>
+      </c>
+      <c r="G151" t="n">
+        <v>0.974227</v>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I151" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J151" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K151" t="inlineStr">
+        <is>
+          <t>Wang Tanot</t>
+        </is>
+      </c>
+      <c r="L151" t="inlineStr">
+        <is>
+          <t>Na Yai Am</t>
+        </is>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>Chanthaburi</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr"/>
+      <c r="O151" t="inlineStr"/>
+      <c r="P151" t="inlineStr"/>
+      <c r="Q151" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>182536ed-04b5-4e52-b344-f776caf2fd60</t>
+        </is>
+      </c>
+      <c r="B152" t="n">
+        <v>102.02368</v>
+      </c>
+      <c r="C152" t="n">
+        <v>16.63425</v>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F152" t="n">
+        <v>297.79</v>
+      </c>
+      <c r="G152" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I152" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J152" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K152" t="inlineStr">
+        <is>
+          <t>Nong Khiat</t>
+        </is>
+      </c>
+      <c r="L152" t="inlineStr">
+        <is>
+          <t>Chum Phae</t>
+        </is>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr"/>
+      <c r="O152" t="inlineStr"/>
+      <c r="P152" t="inlineStr"/>
+      <c r="Q152" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>eca55cff-21e6-4b72-a4a6-ebd7980d9506</t>
+        </is>
+      </c>
+      <c r="B153" t="n">
+        <v>102.024246</v>
+      </c>
+      <c r="C153" t="n">
+        <v>16.633928</v>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F153" t="n">
+        <v>297.78</v>
+      </c>
+      <c r="G153" t="n">
+        <v>0.420668</v>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I153" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J153" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K153" t="inlineStr">
+        <is>
+          <t>Nong Khiat</t>
+        </is>
+      </c>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>Chum Phae</t>
+        </is>
+      </c>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N153" t="inlineStr"/>
+      <c r="O153" t="inlineStr"/>
+      <c r="P153" t="inlineStr"/>
+      <c r="Q153" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>3da9e1b9-488c-4bd8-a6fa-78873141f62f</t>
+        </is>
+      </c>
+      <c r="B154" t="n">
+        <v>102.07757</v>
+      </c>
+      <c r="C154" t="n">
+        <v>17.30279</v>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F154" t="n">
+        <v>295.32</v>
+      </c>
+      <c r="G154" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I154" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J154" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>Na Lao</t>
+        </is>
+      </c>
+      <c r="L154" t="inlineStr">
+        <is>
+          <t>Na Wang</t>
+        </is>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr"/>
+      <c r="O154" t="inlineStr"/>
+      <c r="P154" t="inlineStr"/>
+      <c r="Q154" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>fc5bd43e-5782-4f2d-b575-96cd1116a602</t>
+        </is>
+      </c>
+      <c r="B155" t="n">
+        <v>102.07814</v>
+      </c>
+      <c r="C155" t="n">
+        <v>17.302441</v>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F155" t="n">
+        <v>295.32</v>
+      </c>
+      <c r="G155" t="n">
+        <v>0.453803</v>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I155" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J155" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K155" t="inlineStr">
+        <is>
+          <t>Na Lao</t>
+        </is>
+      </c>
+      <c r="L155" t="inlineStr">
+        <is>
+          <t>Na Wang</t>
+        </is>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr"/>
+      <c r="O155" t="inlineStr"/>
+      <c r="P155" t="inlineStr"/>
+      <c r="Q155" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>b58e3170-9afa-44fe-ac79-6a32fc28d11f</t>
+        </is>
+      </c>
+      <c r="B156" t="n">
+        <v>102.0873</v>
+      </c>
+      <c r="C156" t="n">
+        <v>16.38022</v>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F156" t="n">
+        <v>298.81</v>
+      </c>
+      <c r="G156" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I156" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J156" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K156" t="inlineStr">
+        <is>
+          <t>Nong Tum</t>
+        </is>
+      </c>
+      <c r="L156" t="inlineStr">
+        <is>
+          <t>Phu Khiao</t>
+        </is>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr"/>
+      <c r="O156" t="inlineStr"/>
+      <c r="P156" t="inlineStr"/>
+      <c r="Q156" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>a6fc4236-3b70-4460-b2d2-9f461c62c9d2</t>
+        </is>
+      </c>
+      <c r="B157" t="n">
+        <v>102.088173</v>
+      </c>
+      <c r="C157" t="n">
+        <v>16.380178</v>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F157" t="n">
+        <v>298.81</v>
+      </c>
+      <c r="G157" t="n">
+        <v>0.6230290000000001</v>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I157" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J157" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K157" t="inlineStr">
+        <is>
+          <t>Nong Tum</t>
+        </is>
+      </c>
+      <c r="L157" t="inlineStr">
+        <is>
+          <t>Phu Khiao</t>
+        </is>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr"/>
+      <c r="O157" t="inlineStr"/>
+      <c r="P157" t="inlineStr"/>
+      <c r="Q157" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>56912422-1222-46bc-b34d-788d83cbd1ad</t>
+        </is>
+      </c>
+      <c r="B158" t="n">
+        <v>102.13314</v>
+      </c>
+      <c r="C158" t="n">
+        <v>15.62813</v>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F158" t="n">
+        <v>312.76</v>
+      </c>
+      <c r="G158" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I158" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J158" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr">
+        <is>
+          <t>ป่าโคกหลวง</t>
+        </is>
+      </c>
+      <c r="O158" t="inlineStr"/>
+      <c r="P158" t="inlineStr"/>
+      <c r="Q158" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>24a933d8-fc7d-4728-9ee4-3903ebfce68a</t>
+        </is>
+      </c>
+      <c r="B159" t="n">
+        <v>102.13369</v>
+      </c>
+      <c r="C159" t="n">
+        <v>15.627713</v>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F159" t="n">
+        <v>312.76</v>
+      </c>
+      <c r="G159" t="n">
+        <v>1.502754</v>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I159" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J159" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K159" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="L159" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>ป่าโคกหลวง</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr"/>
+      <c r="P159" t="inlineStr"/>
+      <c r="Q159" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>1c247a84-794f-4b6a-a708-fb8c56dddbdd</t>
+        </is>
+      </c>
+      <c r="B160" t="n">
+        <v>102.13479</v>
+      </c>
+      <c r="C160" t="n">
+        <v>17.22621</v>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F160" t="n">
+        <v>313.18</v>
+      </c>
+      <c r="G160" t="n">
+        <v>1.72</v>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I160" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J160" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K160" t="inlineStr">
+        <is>
+          <t>Uthai Sawan</t>
+        </is>
+      </c>
+      <c r="L160" t="inlineStr">
+        <is>
+          <t>Na Klang</t>
+        </is>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O160" t="inlineStr"/>
+      <c r="P160" t="inlineStr"/>
+      <c r="Q160" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>233d07b7-1a0e-4477-9eb0-bf09ca744e3c</t>
+        </is>
+      </c>
+      <c r="B161" t="n">
+        <v>102.135674</v>
+      </c>
+      <c r="C161" t="n">
+        <v>17.226175</v>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F161" t="n">
+        <v>313.18</v>
+      </c>
+      <c r="G161" t="n">
+        <v>1.723228</v>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I161" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J161" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K161" t="inlineStr">
+        <is>
+          <t>Uthai Sawan</t>
+        </is>
+      </c>
+      <c r="L161" t="inlineStr">
+        <is>
+          <t>Na Klang</t>
+        </is>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O161" t="inlineStr"/>
+      <c r="P161" t="inlineStr"/>
+      <c r="Q161" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>70d872c9-b29c-4938-826e-92e79f5b82d0</t>
+        </is>
+      </c>
+      <c r="B162" t="n">
+        <v>102.15876</v>
+      </c>
+      <c r="C162" t="n">
+        <v>17.16501</v>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F162" t="n">
+        <v>295.23</v>
+      </c>
+      <c r="G162" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I162" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J162" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K162" t="inlineStr">
+        <is>
+          <t>Non Muang</t>
+        </is>
+      </c>
+      <c r="L162" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O162" t="inlineStr"/>
+      <c r="P162" t="inlineStr"/>
+      <c r="Q162" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>ca99aef3-6b56-4e67-bb64-7fff98c43a62</t>
+        </is>
+      </c>
+      <c r="B163" t="n">
+        <v>102.159653</v>
+      </c>
+      <c r="C163" t="n">
+        <v>17.165039</v>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F163" t="n">
+        <v>295.23</v>
+      </c>
+      <c r="G163" t="n">
+        <v>0.397151</v>
+      </c>
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I163" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J163" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>Non Muang</t>
+        </is>
+      </c>
+      <c r="L163" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr"/>
+      <c r="P163" t="inlineStr"/>
+      <c r="Q163" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>0829d489-383d-4a85-8c7b-7012be303ed8</t>
+        </is>
+      </c>
+      <c r="B164" t="n">
+        <v>102.16684</v>
+      </c>
+      <c r="C164" t="n">
+        <v>17.62806</v>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F164" t="n">
+        <v>296.81</v>
+      </c>
+      <c r="G164" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I164" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J164" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>Dong Mafai</t>
+        </is>
+      </c>
+      <c r="L164" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O164" t="inlineStr"/>
+      <c r="P164" t="inlineStr"/>
+      <c r="Q164" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>b86017e2-6010-4cb1-ac86-e4a7fd58f1fa</t>
+        </is>
+      </c>
+      <c r="B165" t="n">
+        <v>102.16774</v>
+      </c>
+      <c r="C165" t="n">
+        <v>17.628056</v>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F165" t="n">
+        <v>296.81</v>
+      </c>
+      <c r="G165" t="n">
+        <v>0.308635</v>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I165" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J165" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>Dong Mafai</t>
+        </is>
+      </c>
+      <c r="L165" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr"/>
+      <c r="P165" t="inlineStr"/>
+      <c r="Q165" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>5455956f-42a5-4747-93a7-697f4912037e</t>
+        </is>
+      </c>
+      <c r="B166" t="n">
+        <v>102.21515</v>
+      </c>
+      <c r="C166" t="n">
+        <v>17.585</v>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F166" t="n">
+        <v>302.15</v>
+      </c>
+      <c r="G166" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I166" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J166" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>Ban Khok</t>
+        </is>
+      </c>
+      <c r="L166" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O166" t="inlineStr"/>
+      <c r="P166" t="inlineStr"/>
+      <c r="Q166" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>72f9579e-0f35-4b11-a638-3fccfc1dc06d</t>
+        </is>
+      </c>
+      <c r="B167" t="n">
+        <v>102.216042</v>
+      </c>
+      <c r="C167" t="n">
+        <v>17.585032</v>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F167" t="n">
+        <v>302.15</v>
+      </c>
+      <c r="G167" t="n">
+        <v>0.590449</v>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I167" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J167" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>Ban Khok</t>
+        </is>
+      </c>
+      <c r="L167" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr"/>
+      <c r="P167" t="inlineStr"/>
+      <c r="Q167" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>57ca06aa-4f83-4df9-b9b1-4cc61fa550e2</t>
+        </is>
+      </c>
+      <c r="B168" t="n">
+        <v>102.2434</v>
+      </c>
+      <c r="C168" t="n">
+        <v>13.50479</v>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F168" t="n">
+        <v>321.83</v>
+      </c>
+      <c r="G168" t="n">
+        <v>1.78</v>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I168" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J168" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L168" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr"/>
+      <c r="P168" t="inlineStr"/>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>cc58e295-7dee-4754-b6da-e7b6a2617714</t>
+        </is>
+      </c>
+      <c r="B169" t="n">
+        <v>102.244225</v>
+      </c>
+      <c r="C169" t="n">
+        <v>13.504808</v>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F169" t="n">
+        <v>321.83</v>
+      </c>
+      <c r="G169" t="n">
+        <v>1.779132</v>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I169" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J169" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L169" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N169" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O169" t="inlineStr"/>
+      <c r="P169" t="inlineStr"/>
+      <c r="Q169" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>7b75e2a7-d8a3-41b6-9946-d4b200a5421a</t>
+        </is>
+      </c>
+      <c r="B170" t="n">
+        <v>102.24897</v>
+      </c>
+      <c r="C170" t="n">
+        <v>18.02603</v>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F170" t="n">
+        <v>296.17</v>
+      </c>
+      <c r="G170" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I170" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J170" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>Kaeng Kai</t>
+        </is>
+      </c>
+      <c r="L170" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N170" t="inlineStr"/>
+      <c r="O170" t="inlineStr"/>
+      <c r="P170" t="inlineStr"/>
+      <c r="Q170" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>deee45c6-85c0-4a44-81fa-4152d8f5f69e</t>
+        </is>
+      </c>
+      <c r="B171" t="n">
+        <v>102.24987</v>
+      </c>
+      <c r="C171" t="n">
+        <v>18.026047</v>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F171" t="n">
+        <v>296.17</v>
+      </c>
+      <c r="G171" t="n">
+        <v>0.454743</v>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I171" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J171" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>Kaeng Kai</t>
+        </is>
+      </c>
+      <c r="L171" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N171" t="inlineStr"/>
+      <c r="O171" t="inlineStr"/>
+      <c r="P171" t="inlineStr"/>
+      <c r="Q171" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>5ff56cd8-04d3-4840-875d-882b312df4af</t>
+        </is>
+      </c>
+      <c r="B172" t="n">
+        <v>102.25576</v>
+      </c>
+      <c r="C172" t="n">
+        <v>13.50991</v>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F172" t="n">
+        <v>300.64</v>
+      </c>
+      <c r="G172" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I172" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J172" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L172" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N172" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O172" t="inlineStr"/>
+      <c r="P172" t="inlineStr"/>
+      <c r="Q172" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>257982b8-fb10-4673-9a9d-0d2a296b3cb8</t>
+        </is>
+      </c>
+      <c r="B173" t="n">
+        <v>102.256577</v>
+      </c>
+      <c r="C173" t="n">
+        <v>13.509915</v>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F173" t="n">
+        <v>300.65</v>
+      </c>
+      <c r="G173" t="n">
+        <v>0.527223</v>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I173" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J173" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L173" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O173" t="inlineStr"/>
+      <c r="P173" t="inlineStr"/>
+      <c r="Q173" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>d0505bd0-6a41-4e45-9217-bdf08aa40632</t>
+        </is>
+      </c>
+      <c r="B174" t="n">
+        <v>102.25703</v>
+      </c>
+      <c r="C174" t="n">
+        <v>17.99592</v>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F174" t="n">
+        <v>296.7</v>
+      </c>
+      <c r="G174" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I174" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J174" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N174" t="inlineStr"/>
+      <c r="O174" t="inlineStr"/>
+      <c r="P174" t="inlineStr"/>
+      <c r="Q174" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>8619f26e-7a6f-4336-aab8-aa905b77b201</t>
+        </is>
+      </c>
+      <c r="B175" t="n">
+        <v>102.2576</v>
+      </c>
+      <c r="C175" t="n">
+        <v>17.99946</v>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F175" t="n">
+        <v>296.75</v>
+      </c>
+      <c r="G175" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I175" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J175" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N175" t="inlineStr"/>
+      <c r="O175" t="inlineStr"/>
+      <c r="P175" t="inlineStr"/>
+      <c r="Q175" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>1d694c5a-e7c7-491d-a4b2-231654e8e9f6</t>
+        </is>
+      </c>
+      <c r="B176" t="n">
+        <v>102.257935</v>
+      </c>
+      <c r="C176" t="n">
+        <v>17.995972</v>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F176" t="n">
+        <v>296.7</v>
+      </c>
+      <c r="G176" t="n">
+        <v>0.405224</v>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I176" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N176" t="inlineStr"/>
+      <c r="O176" t="inlineStr"/>
+      <c r="P176" t="inlineStr"/>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>637ce720-41dc-4df6-8adf-7da362c94a17</t>
+        </is>
+      </c>
+      <c r="B177" t="n">
+        <v>102.258499</v>
+      </c>
+      <c r="C177" t="n">
+        <v>17.999508</v>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F177" t="n">
+        <v>296.75</v>
+      </c>
+      <c r="G177" t="n">
+        <v>0.405224</v>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I177" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N177" t="inlineStr"/>
+      <c r="O177" t="inlineStr"/>
+      <c r="P177" t="inlineStr"/>
+      <c r="Q177" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>ff9e7e45-a973-49c7-90b2-fcaf46277fef</t>
+        </is>
+      </c>
+      <c r="B178" t="n">
+        <v>102.26211</v>
+      </c>
+      <c r="C178" t="n">
+        <v>15.01888</v>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F178" t="n">
+        <v>298.29</v>
+      </c>
+      <c r="G178" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I178" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>Tha Chang</t>
+        </is>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>Chaloem Phra Kiat</t>
+        </is>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N178" t="inlineStr"/>
+      <c r="O178" t="inlineStr"/>
+      <c r="P178" t="inlineStr"/>
+      <c r="Q178" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>91afbe32-d542-4d1e-8e96-eae164599553</t>
+        </is>
+      </c>
+      <c r="B179" t="n">
+        <v>102.262955</v>
+      </c>
+      <c r="C179" t="n">
+        <v>15.018885</v>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F179" t="n">
+        <v>298.29</v>
+      </c>
+      <c r="G179" t="n">
+        <v>1.333898</v>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I179" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J179" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>Tha Chang</t>
+        </is>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>Chaloem Phra Kiat</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr"/>
+      <c r="O179" t="inlineStr"/>
+      <c r="P179" t="inlineStr"/>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>b3c531d3-b6fd-4658-9b08-ba3432e2611d</t>
+        </is>
+      </c>
+      <c r="B180" t="n">
+        <v>102.30576</v>
+      </c>
+      <c r="C180" t="n">
+        <v>18.0288</v>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F180" t="n">
+        <v>301.54</v>
+      </c>
+      <c r="G180" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I180" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J180" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L180" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N180" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O180" t="inlineStr"/>
+      <c r="P180" t="inlineStr"/>
+      <c r="Q180" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>8c481555-9383-4cf6-b7f4-49077501c128</t>
+        </is>
+      </c>
+      <c r="B181" t="n">
+        <v>102.306633</v>
+      </c>
+      <c r="C181" t="n">
+        <v>18.028803</v>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F181" t="n">
+        <v>301.54</v>
+      </c>
+      <c r="G181" t="n">
+        <v>0.369218</v>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I181" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J181" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L181" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N181" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O181" t="inlineStr"/>
+      <c r="P181" t="inlineStr"/>
+      <c r="Q181" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>32bb92ae-be03-4cc8-88f0-8988ddfb16d1</t>
+        </is>
+      </c>
+      <c r="B182" t="n">
+        <v>102.30946</v>
+      </c>
+      <c r="C182" t="n">
+        <v>17.50701</v>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F182" t="n">
+        <v>306.46</v>
+      </c>
+      <c r="G182" t="n">
+        <v>1.13</v>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I182" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J182" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K182" t="inlineStr">
+        <is>
+          <t>Na Dan</t>
+        </is>
+      </c>
+      <c r="L182" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O182" t="inlineStr"/>
+      <c r="P182" t="inlineStr"/>
+      <c r="Q182" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>9db5e81f-7a26-487d-938f-1d715d2c456d</t>
+        </is>
+      </c>
+      <c r="B183" t="n">
+        <v>102.310036</v>
+      </c>
+      <c r="C183" t="n">
+        <v>17.506636</v>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F183" t="n">
+        <v>306.46</v>
+      </c>
+      <c r="G183" t="n">
+        <v>1.138081</v>
+      </c>
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I183" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J183" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K183" t="inlineStr">
+        <is>
+          <t>Na Dan</t>
+        </is>
+      </c>
+      <c r="L183" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr"/>
+      <c r="P183" t="inlineStr"/>
+      <c r="Q183" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>63554218-f01d-4835-8bb1-d6ef44716b81</t>
+        </is>
+      </c>
+      <c r="B184" t="n">
+        <v>102.34394</v>
+      </c>
+      <c r="C184" t="n">
+        <v>16.97608</v>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F184" t="n">
+        <v>295.1</v>
+      </c>
+      <c r="G184" t="n">
+        <v>0.82</v>
+      </c>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I184" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J184" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K184" t="inlineStr">
+        <is>
+          <t>Pa Mai Ngam</t>
+        </is>
+      </c>
+      <c r="L184" t="inlineStr">
+        <is>
+          <t>Mueang Nongbua Lamphu</t>
+        </is>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N184" t="inlineStr"/>
+      <c r="O184" t="inlineStr"/>
+      <c r="P184" t="inlineStr"/>
+      <c r="Q184" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>7871ece8-6ea0-40d3-8a53-8a413a0709f2</t>
+        </is>
+      </c>
+      <c r="B185" t="n">
+        <v>102.344803</v>
+      </c>
+      <c r="C185" t="n">
+        <v>16.976053</v>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F185" t="n">
+        <v>295.1</v>
+      </c>
+      <c r="G185" t="n">
+        <v>0.809056</v>
+      </c>
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I185" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J185" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K185" t="inlineStr">
+        <is>
+          <t>Pa Mai Ngam</t>
+        </is>
+      </c>
+      <c r="L185" t="inlineStr">
+        <is>
+          <t>Mueang Nongbua Lamphu</t>
+        </is>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N185" t="inlineStr"/>
+      <c r="O185" t="inlineStr"/>
+      <c r="P185" t="inlineStr"/>
+      <c r="Q185" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>1107abbb-2f67-4045-84f8-fec0f21ac08a</t>
+        </is>
+      </c>
+      <c r="B186" t="n">
+        <v>102.48392</v>
+      </c>
+      <c r="C186" t="n">
+        <v>15.08363</v>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F186" t="n">
+        <v>303.75</v>
+      </c>
+      <c r="G186" t="n">
+        <v>0.95</v>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I186" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J186" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>Lung Pradu</t>
+        </is>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>Huai Thalaeng</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>ป่าพิมาย</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr"/>
+      <c r="P186" t="inlineStr"/>
+      <c r="Q186" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>71f486d5-6443-416a-aac8-13ae1b77cb9c</t>
+        </is>
+      </c>
+      <c r="B187" t="n">
+        <v>102.56628</v>
+      </c>
+      <c r="C187" t="n">
+        <v>14.40872</v>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F187" t="n">
+        <v>297.28</v>
+      </c>
+      <c r="G187" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I187" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J187" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>Khok Mamuang</t>
+        </is>
+      </c>
+      <c r="L187" t="inlineStr">
+        <is>
+          <t>Pakham</t>
+        </is>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr"/>
+      <c r="O187" t="inlineStr"/>
+      <c r="P187" t="inlineStr"/>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>3348dfc0-6104-46e7-b1a6-35cca0274415</t>
+        </is>
+      </c>
+      <c r="B188" t="n">
+        <v>102.566803</v>
+      </c>
+      <c r="C188" t="n">
+        <v>14.408393</v>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F188" t="n">
+        <v>297.28</v>
+      </c>
+      <c r="G188" t="n">
+        <v>0.369337</v>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I188" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J188" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>Khok Mamuang</t>
+        </is>
+      </c>
+      <c r="L188" t="inlineStr">
+        <is>
+          <t>Pakham</t>
+        </is>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N188" t="inlineStr">
+        <is>
+          <t>ป่าดงใหญ่</t>
+        </is>
+      </c>
+      <c r="O188" t="inlineStr"/>
+      <c r="P188" t="inlineStr"/>
+      <c r="Q188" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>2b9a5c7f-cd4d-4fa6-b179-b2c90770c957</t>
+        </is>
+      </c>
+      <c r="B189" t="n">
+        <v>102.79351</v>
+      </c>
+      <c r="C189" t="n">
+        <v>17.11887</v>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F189" t="n">
+        <v>317.94</v>
+      </c>
+      <c r="G189" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I189" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J189" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K189" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L189" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O189" t="inlineStr"/>
+      <c r="P189" t="inlineStr"/>
+      <c r="Q189" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>b8806edd-1d8a-49ef-bd03-44597f7701fe</t>
+        </is>
+      </c>
+      <c r="B190" t="n">
+        <v>102.794357</v>
+      </c>
+      <c r="C190" t="n">
+        <v>17.118855</v>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F190" t="n">
+        <v>317.94</v>
+      </c>
+      <c r="G190" t="n">
+        <v>1.525139</v>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I190" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J190" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K190" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L190" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O190" t="inlineStr"/>
+      <c r="P190" t="inlineStr"/>
+      <c r="Q190" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>996782b5-f649-46ba-9e55-6e7b4d0a4fb2</t>
+        </is>
+      </c>
+      <c r="B191" t="n">
+        <v>103.02243</v>
+      </c>
+      <c r="C191" t="n">
+        <v>16.73622</v>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F191" t="n">
+        <v>314.53</v>
+      </c>
+      <c r="G191" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I191" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J191" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K191" t="inlineStr">
+        <is>
+          <t>Nong No</t>
+        </is>
+      </c>
+      <c r="L191" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M191" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N191" t="inlineStr"/>
+      <c r="O191" t="inlineStr"/>
+      <c r="P191" t="inlineStr"/>
+      <c r="Q191" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>10f20100-241c-44f9-bb14-e834de758123</t>
+        </is>
+      </c>
+      <c r="B192" t="n">
+        <v>103.022964</v>
+      </c>
+      <c r="C192" t="n">
+        <v>16.73587</v>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F192" t="n">
+        <v>314.52</v>
+      </c>
+      <c r="G192" t="n">
+        <v>1.302709</v>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I192" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J192" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K192" t="inlineStr">
+        <is>
+          <t>Nong No</t>
+        </is>
+      </c>
+      <c r="L192" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M192" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N192" t="inlineStr"/>
+      <c r="O192" t="inlineStr"/>
+      <c r="P192" t="inlineStr"/>
+      <c r="Q192" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>9af50e4c-7de9-4b8d-9084-649b0cfae50a</t>
+        </is>
+      </c>
+      <c r="B193" t="n">
+        <v>103.03424</v>
+      </c>
+      <c r="C193" t="n">
+        <v>16.66446</v>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F193" t="n">
+        <v>297.74</v>
+      </c>
+      <c r="G193" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I193" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J193" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K193" t="inlineStr">
+        <is>
+          <t>Huai Chot</t>
+        </is>
+      </c>
+      <c r="L193" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N193" t="inlineStr"/>
+      <c r="O193" t="inlineStr"/>
+      <c r="P193" t="inlineStr"/>
+      <c r="Q193" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>d9d81afd-90f4-47ba-9b44-8138710fec56</t>
+        </is>
+      </c>
+      <c r="B194" t="n">
+        <v>103.035072</v>
+      </c>
+      <c r="C194" t="n">
+        <v>16.664436</v>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F194" t="n">
+        <v>297.74</v>
+      </c>
+      <c r="G194" t="n">
+        <v>0.306794</v>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I194" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J194" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K194" t="inlineStr">
+        <is>
+          <t>Huai Chot</t>
+        </is>
+      </c>
+      <c r="L194" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N194" t="inlineStr"/>
+      <c r="O194" t="inlineStr"/>
+      <c r="P194" t="inlineStr"/>
+      <c r="Q194" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>a2581f1b-e9ae-4db2-a55b-d81a894a8b1a</t>
+        </is>
+      </c>
+      <c r="B195" t="n">
+        <v>103.08147</v>
+      </c>
+      <c r="C195" t="n">
+        <v>16.79354</v>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F195" t="n">
+        <v>301.63</v>
+      </c>
+      <c r="G195" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I195" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J195" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K195" t="inlineStr">
+        <is>
+          <t>Hua Na Kham</t>
+        </is>
+      </c>
+      <c r="L195" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N195" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O195" t="inlineStr"/>
+      <c r="P195" t="inlineStr"/>
+      <c r="Q195" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>61fe7a82-4d58-4643-9b4d-4d75ccde95bb</t>
+        </is>
+      </c>
+      <c r="B196" t="n">
+        <v>103.082298</v>
+      </c>
+      <c r="C196" t="n">
+        <v>16.7936</v>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F196" t="n">
+        <v>301.63</v>
+      </c>
+      <c r="G196" t="n">
+        <v>0.527355</v>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I196" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J196" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>Hua Na Kham</t>
+        </is>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N196" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O196" t="inlineStr"/>
+      <c r="P196" t="inlineStr"/>
+      <c r="Q196" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>267ac7af-3d26-4c81-84e7-764b7a31d9cd</t>
+        </is>
+      </c>
+      <c r="B197" t="n">
+        <v>103.17064</v>
+      </c>
+      <c r="C197" t="n">
+        <v>15.14995</v>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F197" t="n">
+        <v>303.15</v>
+      </c>
+      <c r="G197" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="H197" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I197" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J197" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K197" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N197" t="inlineStr"/>
+      <c r="O197" t="inlineStr"/>
+      <c r="P197" t="inlineStr"/>
+      <c r="Q197" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>577ae669-e9e9-4b4c-a589-92aa7ea533f7</t>
+        </is>
+      </c>
+      <c r="B198" t="n">
+        <v>103.171432</v>
+      </c>
+      <c r="C198" t="n">
+        <v>15.149909</v>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F198" t="n">
+        <v>303.15</v>
+      </c>
+      <c r="G198" t="n">
+        <v>0.709723</v>
+      </c>
+      <c r="H198" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I198" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J198" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K198" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M198" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N198" t="inlineStr"/>
+      <c r="O198" t="inlineStr"/>
+      <c r="P198" t="inlineStr"/>
+      <c r="Q198" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>764df3d7-f092-4fd4-a2b8-cb6c5c981c05</t>
+        </is>
+      </c>
+      <c r="B199" t="n">
+        <v>103.26969</v>
+      </c>
+      <c r="C199" t="n">
+        <v>16.81057</v>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F199" t="n">
+        <v>303.47</v>
+      </c>
+      <c r="G199" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="H199" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I199" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J199" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K199" t="inlineStr">
+        <is>
+          <t>Na Tan</t>
+        </is>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M199" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N199" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O199" t="inlineStr"/>
+      <c r="P199" t="inlineStr"/>
+      <c r="Q199" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>71bf3658-02d0-4196-993f-db3dc291103a</t>
+        </is>
+      </c>
+      <c r="B200" t="n">
+        <v>103.270515</v>
+      </c>
+      <c r="C200" t="n">
+        <v>16.810585</v>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F200" t="n">
+        <v>303.47</v>
+      </c>
+      <c r="G200" t="n">
+        <v>0.433982</v>
+      </c>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I200" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J200" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K200" t="inlineStr">
+        <is>
+          <t>Na Tan</t>
+        </is>
+      </c>
+      <c r="L200" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N200" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O200" t="inlineStr"/>
+      <c r="P200" t="inlineStr"/>
+      <c r="Q200" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>4a7a64c8-9190-4671-9926-17c419b86936</t>
+        </is>
+      </c>
+      <c r="B201" t="n">
+        <v>103.27669</v>
+      </c>
+      <c r="C201" t="n">
+        <v>15.13362</v>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F201" t="n">
+        <v>313.15</v>
+      </c>
+      <c r="G201" t="n">
+        <v>1.13</v>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I201" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J201" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K201" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M201" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N201" t="inlineStr"/>
+      <c r="O201" t="inlineStr"/>
+      <c r="P201" t="inlineStr"/>
+      <c r="Q201" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>0021a74e-edec-4e4c-88bd-eeefa4a1e332</t>
+        </is>
+      </c>
+      <c r="B202" t="n">
+        <v>103.277481</v>
+      </c>
+      <c r="C202" t="n">
+        <v>15.133587</v>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F202" t="n">
+        <v>313.15</v>
+      </c>
+      <c r="G202" t="n">
+        <v>1.138668</v>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I202" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J202" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K202" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M202" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N202" t="inlineStr"/>
+      <c r="O202" t="inlineStr"/>
+      <c r="P202" t="inlineStr"/>
+      <c r="Q202" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>5892a0b2-9b62-4050-8728-8c0fc936bc96</t>
+        </is>
+      </c>
+      <c r="B203" t="n">
+        <v>103.30777</v>
+      </c>
+      <c r="C203" t="n">
+        <v>17.00735</v>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F203" t="n">
+        <v>300.63</v>
+      </c>
+      <c r="G203" t="n">
+        <v>0.74</v>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I203" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J203" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K203" t="inlineStr">
+        <is>
+          <t>Nong Nok Khian</t>
+        </is>
+      </c>
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>Si That</t>
+        </is>
+      </c>
+      <c r="M203" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N203" t="inlineStr"/>
+      <c r="O203" t="inlineStr"/>
+      <c r="P203" t="inlineStr"/>
+      <c r="Q203" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>bc792eec-4da8-46bc-8989-6bcd9819dbd5</t>
+        </is>
+      </c>
+      <c r="B204" t="n">
+        <v>103.308594</v>
+      </c>
+      <c r="C204" t="n">
+        <v>17.007385</v>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F204" t="n">
+        <v>300.64</v>
+      </c>
+      <c r="G204" t="n">
+        <v>0.743019</v>
+      </c>
+      <c r="H204" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I204" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J204" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K204" t="inlineStr">
+        <is>
+          <t>Nong Nok Khian</t>
+        </is>
+      </c>
+      <c r="L204" t="inlineStr">
+        <is>
+          <t>Si That</t>
+        </is>
+      </c>
+      <c r="M204" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N204" t="inlineStr"/>
+      <c r="O204" t="inlineStr"/>
+      <c r="P204" t="inlineStr"/>
+      <c r="Q204" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>826e77c4-995e-427c-880d-1494a5c9401b</t>
+        </is>
+      </c>
+      <c r="B205" t="n">
+        <v>103.36115</v>
+      </c>
+      <c r="C205" t="n">
+        <v>16.70956</v>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F205" t="n">
+        <v>316.54</v>
+      </c>
+      <c r="G205" t="n">
+        <v>1.57</v>
+      </c>
+      <c r="H205" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I205" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J205" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K205" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="L205" t="inlineStr">
+        <is>
+          <t>Nong Kung Si</t>
+        </is>
+      </c>
+      <c r="M205" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N205" t="inlineStr"/>
+      <c r="O205" t="inlineStr"/>
+      <c r="P205" t="inlineStr"/>
+      <c r="Q205" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>169fc4ce-5dd6-4aa0-9918-d5ca201d3fbd</t>
+        </is>
+      </c>
+      <c r="B206" t="n">
+        <v>103.361679</v>
+      </c>
+      <c r="C206" t="n">
+        <v>16.709194</v>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F206" t="n">
+        <v>316.54</v>
+      </c>
+      <c r="G206" t="n">
+        <v>1.585288</v>
+      </c>
+      <c r="H206" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I206" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J206" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K206" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="L206" t="inlineStr">
+        <is>
+          <t>Nong Kung Si</t>
+        </is>
+      </c>
+      <c r="M206" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N206" t="inlineStr"/>
+      <c r="O206" t="inlineStr"/>
+      <c r="P206" t="inlineStr"/>
+      <c r="Q206" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>78ed397f-c514-48eb-9ad5-503f076874db</t>
+        </is>
+      </c>
+      <c r="B207" t="n">
+        <v>103.3952</v>
+      </c>
+      <c r="C207" t="n">
+        <v>16.35215</v>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F207" t="n">
+        <v>301.89</v>
+      </c>
+      <c r="G207" t="n">
+        <v>0.63</v>
+      </c>
+      <c r="H207" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I207" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J207" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K207" t="inlineStr">
+        <is>
+          <t>Nong I Thao</t>
+        </is>
+      </c>
+      <c r="L207" t="inlineStr">
+        <is>
+          <t>Yang Talat</t>
+        </is>
+      </c>
+      <c r="M207" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N207" t="inlineStr"/>
+      <c r="O207" t="inlineStr"/>
+      <c r="P207" t="inlineStr"/>
+      <c r="Q207" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>f7f12753-e0be-4d37-84b8-d9975b0def6f</t>
+        </is>
+      </c>
+      <c r="B208" t="n">
+        <v>103.396004</v>
+      </c>
+      <c r="C208" t="n">
+        <v>16.352182</v>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F208" t="n">
+        <v>301.89</v>
+      </c>
+      <c r="G208" t="n">
+        <v>0.623347</v>
+      </c>
+      <c r="H208" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I208" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J208" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K208" t="inlineStr">
+        <is>
+          <t>Nong I Thao</t>
+        </is>
+      </c>
+      <c r="L208" t="inlineStr">
+        <is>
+          <t>Yang Talat</t>
+        </is>
+      </c>
+      <c r="M208" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N208" t="inlineStr"/>
+      <c r="O208" t="inlineStr"/>
+      <c r="P208" t="inlineStr"/>
+      <c r="Q208" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>7f6a2dbd-30d1-41de-b09c-4b6a3bfc2162</t>
+        </is>
+      </c>
+      <c r="B209" t="n">
+        <v>103.71995</v>
+      </c>
+      <c r="C209" t="n">
+        <v>17.46228</v>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F209" t="n">
+        <v>297.67</v>
+      </c>
+      <c r="G209" t="n">
+        <v>0.5600000000000001</v>
+      </c>
+      <c r="H209" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I209" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J209" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K209" t="inlineStr">
+        <is>
+          <t>Duea Si Khan Chai</t>
+        </is>
+      </c>
+      <c r="L209" t="inlineStr">
+        <is>
+          <t>Wanon Niwat</t>
+        </is>
+      </c>
+      <c r="M209" t="inlineStr">
+        <is>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N209" t="inlineStr"/>
+      <c r="O209" t="inlineStr"/>
+      <c r="P209" t="inlineStr"/>
+      <c r="Q209" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>53806a5d-9c9e-41a4-9afe-8e766d7e8468</t>
+        </is>
+      </c>
+      <c r="B210" t="n">
+        <v>103.720482</v>
+      </c>
+      <c r="C210" t="n">
+        <v>17.461979</v>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F210" t="n">
+        <v>297.67</v>
+      </c>
+      <c r="G210" t="n">
+        <v>0.559894</v>
+      </c>
+      <c r="H210" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I210" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J210" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K210" t="inlineStr">
+        <is>
+          <t>Duea Si Khan Chai</t>
+        </is>
+      </c>
+      <c r="L210" t="inlineStr">
+        <is>
+          <t>Wanon Niwat</t>
+        </is>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N210" t="inlineStr"/>
+      <c r="O210" t="inlineStr"/>
+      <c r="P210" t="inlineStr"/>
+      <c r="Q210" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>400093e7-6888-4b24-99f2-f4fb2ed03f04</t>
+        </is>
+      </c>
+      <c r="B211" t="n">
+        <v>103.82156</v>
+      </c>
+      <c r="C211" t="n">
+        <v>16.7781</v>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F211" t="n">
+        <v>298.99</v>
+      </c>
+      <c r="G211" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I211" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J211" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K211" t="inlineStr">
+        <is>
+          <t>Pha Sawoei</t>
+        </is>
+      </c>
+      <c r="L211" t="inlineStr">
+        <is>
+          <t>Somdet</t>
+        </is>
+      </c>
+      <c r="M211" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N211" t="inlineStr"/>
+      <c r="O211" t="inlineStr"/>
+      <c r="P211" t="inlineStr"/>
+      <c r="Q211" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>1a74142a-5c0f-4a23-a4c3-dca27d118e8a</t>
+        </is>
+      </c>
+      <c r="B212" t="n">
+        <v>103.82235</v>
+      </c>
+      <c r="C212" t="n">
+        <v>16.778069</v>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F212" t="n">
+        <v>298.99</v>
+      </c>
+      <c r="G212" t="n">
+        <v>0.640436</v>
+      </c>
+      <c r="H212" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I212" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J212" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K212" t="inlineStr">
+        <is>
+          <t>Pha Sawoei</t>
+        </is>
+      </c>
+      <c r="L212" t="inlineStr">
+        <is>
+          <t>Somdet</t>
+        </is>
+      </c>
+      <c r="M212" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N212" t="inlineStr"/>
+      <c r="O212" t="inlineStr"/>
+      <c r="P212" t="inlineStr"/>
+      <c r="Q212" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>60789311-318d-4b03-8494-834cbe2ece24</t>
+        </is>
+      </c>
+      <c r="B213" t="n">
+        <v>103.97601</v>
+      </c>
+      <c r="C213" t="n">
+        <v>18.24592</v>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F213" t="n">
+        <v>304.52</v>
+      </c>
+      <c r="G213" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="H213" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I213" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J213" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K213" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="L213" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="M213" t="inlineStr">
+        <is>
+          <t>Bueng Kan</t>
+        </is>
+      </c>
+      <c r="N213" t="inlineStr"/>
+      <c r="O213" t="inlineStr"/>
+      <c r="P213" t="inlineStr"/>
+      <c r="Q213" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>83f7ff44-9090-4ac8-a8f7-498fc075850a</t>
+        </is>
+      </c>
+      <c r="B214" t="n">
+        <v>103.97677</v>
+      </c>
+      <c r="C214" t="n">
+        <v>16.81486</v>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F214" t="n">
+        <v>299.28</v>
+      </c>
+      <c r="G214" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="H214" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I214" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J214" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K214" t="inlineStr">
+        <is>
+          <t>Bo Kaeo</t>
+        </is>
+      </c>
+      <c r="L214" t="inlineStr">
+        <is>
+          <t>Na Khu</t>
+        </is>
+      </c>
+      <c r="M214" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N214" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O214" t="inlineStr"/>
+      <c r="P214" t="inlineStr"/>
+      <c r="Q214" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>2a768e8f-700f-4095-9f2e-d28260141d7d</t>
+        </is>
+      </c>
+      <c r="B215" t="n">
+        <v>103.976814</v>
+      </c>
+      <c r="C215" t="n">
+        <v>18.245913</v>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F215" t="n">
+        <v>304.52</v>
+      </c>
+      <c r="G215" t="n">
+        <v>1.193134</v>
+      </c>
+      <c r="H215" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:40:00</t>
+        </is>
+      </c>
+      <c r="I215" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J215" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K215" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="L215" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="M215" t="inlineStr">
+        <is>
+          <t>Bueng Kan</t>
+        </is>
+      </c>
+      <c r="N215" t="inlineStr"/>
+      <c r="O215" t="inlineStr"/>
+      <c r="P215" t="inlineStr"/>
+      <c r="Q215" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>9b4c7d7b-a58e-416f-964f-6f2d29bc6119</t>
+        </is>
+      </c>
+      <c r="B216" t="n">
+        <v>103.97728</v>
+      </c>
+      <c r="C216" t="n">
+        <v>16.814518</v>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F216" t="n">
+        <v>299.28</v>
+      </c>
+      <c r="G216" t="n">
+        <v>0.717892</v>
+      </c>
+      <c r="H216" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I216" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J216" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K216" t="inlineStr">
+        <is>
+          <t>Bo Kaeo</t>
+        </is>
+      </c>
+      <c r="L216" t="inlineStr">
+        <is>
+          <t>Na Khu</t>
+        </is>
+      </c>
+      <c r="M216" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N216" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O216" t="inlineStr"/>
+      <c r="P216" t="inlineStr"/>
+      <c r="Q216" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>e48897f6-5ffb-44e8-9dc5-5d2a91163638</t>
+        </is>
+      </c>
+      <c r="B217" t="n">
+        <v>103.99574</v>
+      </c>
+      <c r="C217" t="n">
+        <v>16.38568</v>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F217" t="n">
+        <v>297.79</v>
+      </c>
+      <c r="G217" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="H217" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I217" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J217" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K217" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L217" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M217" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N217" t="inlineStr"/>
+      <c r="O217" t="inlineStr"/>
+      <c r="P217" t="inlineStr"/>
+      <c r="Q217" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>ade74146-bcf0-4ee3-90f4-a4e4d47e7f62</t>
+        </is>
+      </c>
+      <c r="B218" t="n">
+        <v>103.996254</v>
+      </c>
+      <c r="C218" t="n">
+        <v>16.385328</v>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F218" t="n">
+        <v>297.79</v>
+      </c>
+      <c r="G218" t="n">
+        <v>0.374498</v>
+      </c>
+      <c r="H218" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I218" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J218" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K218" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L218" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M218" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N218" t="inlineStr"/>
+      <c r="O218" t="inlineStr"/>
+      <c r="P218" t="inlineStr"/>
+      <c r="Q218" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>79d24693-a51e-4344-acba-2370da604ed0</t>
+        </is>
+      </c>
+      <c r="B219" t="n">
+        <v>104.05629</v>
+      </c>
+      <c r="C219" t="n">
+        <v>16.77871</v>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F219" t="n">
+        <v>297.01</v>
+      </c>
+      <c r="G219" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I219" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J219" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K219" t="inlineStr">
+        <is>
+          <t>Na Khu</t>
+        </is>
+      </c>
+      <c r="L219" t="inlineStr">
+        <is>
+          <t>Na Khu</t>
+        </is>
+      </c>
+      <c r="M219" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N219" t="inlineStr"/>
+      <c r="O219" t="inlineStr"/>
+      <c r="P219" t="inlineStr"/>
+      <c r="Q219" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>524293a0-22f9-4437-89b8-aaf7199110b5</t>
+        </is>
+      </c>
+      <c r="B220" t="n">
+        <v>104.056801</v>
+      </c>
+      <c r="C220" t="n">
+        <v>16.778397</v>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F220" t="n">
+        <v>297.01</v>
+      </c>
+      <c r="G220" t="n">
+        <v>0.32595</v>
+      </c>
+      <c r="H220" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I220" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J220" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K220" t="inlineStr">
+        <is>
+          <t>Na Khu</t>
+        </is>
+      </c>
+      <c r="L220" t="inlineStr">
+        <is>
+          <t>Na Khu</t>
+        </is>
+      </c>
+      <c r="M220" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N220" t="inlineStr"/>
+      <c r="O220" t="inlineStr"/>
+      <c r="P220" t="inlineStr"/>
+      <c r="Q220" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>86357d11-4e3e-4938-a58f-9d76024ab630</t>
+        </is>
+      </c>
+      <c r="B221" t="n">
+        <v>104.06691</v>
+      </c>
+      <c r="C221" t="n">
+        <v>16.30024</v>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F221" t="n">
+        <v>297.62</v>
+      </c>
+      <c r="G221" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="H221" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I221" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J221" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K221" t="inlineStr">
+        <is>
+          <t>Kok Pho</t>
+        </is>
+      </c>
+      <c r="L221" t="inlineStr">
+        <is>
+          <t>Nong Phok</t>
+        </is>
+      </c>
+      <c r="M221" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N221" t="inlineStr"/>
+      <c r="O221" t="inlineStr"/>
+      <c r="P221" t="inlineStr"/>
+      <c r="Q221" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>fa864060-634b-4b3b-a428-3636ccf84cda</t>
+        </is>
+      </c>
+      <c r="B222" t="n">
+        <v>104.067688</v>
+      </c>
+      <c r="C222" t="n">
+        <v>16.300226</v>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F222" t="n">
+        <v>297.62</v>
+      </c>
+      <c r="G222" t="n">
+        <v>0.371398</v>
+      </c>
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I222" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J222" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K222" t="inlineStr">
+        <is>
+          <t>Kok Pho</t>
+        </is>
+      </c>
+      <c r="L222" t="inlineStr">
+        <is>
+          <t>Nong Phok</t>
+        </is>
+      </c>
+      <c r="M222" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N222" t="inlineStr"/>
+      <c r="O222" t="inlineStr"/>
+      <c r="P222" t="inlineStr"/>
+      <c r="Q222" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>ec08f8ab-7df8-47a1-8f35-964c2adf903f</t>
+        </is>
+      </c>
+      <c r="B223" t="n">
+        <v>104.3164</v>
+      </c>
+      <c r="C223" t="n">
+        <v>16.57956</v>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F223" t="n">
+        <v>296.32</v>
+      </c>
+      <c r="G223" t="n">
+        <v>0.68</v>
+      </c>
+      <c r="H223" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I223" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J223" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K223" t="inlineStr">
+        <is>
+          <t>Kham Cha-I</t>
+        </is>
+      </c>
+      <c r="L223" t="inlineStr">
+        <is>
+          <t>Khamcha-i</t>
+        </is>
+      </c>
+      <c r="M223" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N223" t="inlineStr">
+        <is>
+          <t>ป่าดงภูสีฐาน</t>
+        </is>
+      </c>
+      <c r="O223" t="inlineStr"/>
+      <c r="P223" t="inlineStr"/>
+      <c r="Q223" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>7fdda021-4891-4f15-a09f-ece19f609b52</t>
+        </is>
+      </c>
+      <c r="B224" t="n">
+        <v>104.316902</v>
+      </c>
+      <c r="C224" t="n">
+        <v>16.579187</v>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F224" t="n">
+        <v>296.32</v>
+      </c>
+      <c r="G224" t="n">
+        <v>0.676306</v>
+      </c>
+      <c r="H224" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I224" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J224" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K224" t="inlineStr">
+        <is>
+          <t>Kham Cha-I</t>
+        </is>
+      </c>
+      <c r="L224" t="inlineStr">
+        <is>
+          <t>Khamcha-i</t>
+        </is>
+      </c>
+      <c r="M224" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N224" t="inlineStr">
+        <is>
+          <t>ป่าดงภูสีฐาน</t>
+        </is>
+      </c>
+      <c r="O224" t="inlineStr"/>
+      <c r="P224" t="inlineStr"/>
+      <c r="Q224" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>dbd956ab-6469-414b-bbc3-9e00c79a58c2</t>
+        </is>
+      </c>
+      <c r="B225" t="n">
+        <v>104.35838</v>
+      </c>
+      <c r="C225" t="n">
+        <v>16.1697</v>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F225" t="n">
+        <v>295.22</v>
+      </c>
+      <c r="G225" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="H225" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I225" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J225" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K225" t="inlineStr">
+        <is>
+          <t>Si Kaeo</t>
+        </is>
+      </c>
+      <c r="L225" t="inlineStr">
+        <is>
+          <t>Loeng Nok Tha</t>
+        </is>
+      </c>
+      <c r="M225" t="inlineStr">
+        <is>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N225" t="inlineStr"/>
+      <c r="O225" t="inlineStr"/>
+      <c r="P225" t="inlineStr"/>
+      <c r="Q225" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>3547c000-4e41-4389-821f-435f06b5fe4c</t>
+        </is>
+      </c>
+      <c r="B226" t="n">
+        <v>104.359161</v>
+      </c>
+      <c r="C226" t="n">
+        <v>16.169786</v>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F226" t="n">
+        <v>295.22</v>
+      </c>
+      <c r="G226" t="n">
+        <v>0.345016</v>
+      </c>
+      <c r="H226" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I226" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J226" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K226" t="inlineStr">
+        <is>
+          <t>Si Kaeo</t>
+        </is>
+      </c>
+      <c r="L226" t="inlineStr">
+        <is>
+          <t>Loeng Nok Tha</t>
+        </is>
+      </c>
+      <c r="M226" t="inlineStr">
+        <is>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N226" t="inlineStr"/>
+      <c r="O226" t="inlineStr"/>
+      <c r="P226" t="inlineStr"/>
+      <c r="Q226" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>39707125-3772-4ccc-8367-cdf2bbb4fee1</t>
+        </is>
+      </c>
+      <c r="B227" t="n">
+        <v>104.52366</v>
+      </c>
+      <c r="C227" t="n">
+        <v>16.76382</v>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F227" t="n">
+        <v>296.32</v>
+      </c>
+      <c r="G227" t="n">
+        <v>0.48</v>
+      </c>
+      <c r="H227" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I227" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J227" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K227" t="inlineStr">
+        <is>
+          <t>Nong Khaen</t>
+        </is>
+      </c>
+      <c r="L227" t="inlineStr">
+        <is>
+          <t>Dong Luang</t>
+        </is>
+      </c>
+      <c r="M227" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N227" t="inlineStr"/>
+      <c r="O227" t="inlineStr"/>
+      <c r="P227" t="inlineStr"/>
+      <c r="Q227" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>36774aeb-9da3-4fc5-b728-45ed4749160b</t>
+        </is>
+      </c>
+      <c r="B228" t="n">
+        <v>104.524162</v>
+      </c>
+      <c r="C228" t="n">
+        <v>16.763453</v>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F228" t="n">
+        <v>296.32</v>
+      </c>
+      <c r="G228" t="n">
+        <v>0.473265</v>
+      </c>
+      <c r="H228" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I228" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J228" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K228" t="inlineStr">
+        <is>
+          <t>Nong Khaen</t>
+        </is>
+      </c>
+      <c r="L228" t="inlineStr">
+        <is>
+          <t>Dong Luang</t>
+        </is>
+      </c>
+      <c r="M228" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N228" t="inlineStr"/>
+      <c r="O228" t="inlineStr"/>
+      <c r="P228" t="inlineStr"/>
+      <c r="Q228" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>f318ee3d-aef5-4747-8138-3ce1231c0bcc</t>
+        </is>
+      </c>
+      <c r="B229" t="n">
+        <v>104.55534</v>
+      </c>
+      <c r="C229" t="n">
+        <v>16.57885</v>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F229" t="n">
+        <v>342.9</v>
+      </c>
+      <c r="G229" t="n">
+        <v>3.59</v>
+      </c>
+      <c r="H229" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I229" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J229" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K229" t="inlineStr">
+        <is>
+          <t>Kut Khae</t>
+        </is>
+      </c>
+      <c r="L229" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M229" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N229" t="inlineStr"/>
+      <c r="O229" t="inlineStr"/>
+      <c r="P229" t="inlineStr"/>
+      <c r="Q229" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>e454b391-688d-4ce5-9d08-bdd3323d209d</t>
+        </is>
+      </c>
+      <c r="B230" t="n">
+        <v>104.556107</v>
+      </c>
+      <c r="C230" t="n">
+        <v>16.57893</v>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F230" t="n">
+        <v>342.9</v>
+      </c>
+      <c r="G230" t="n">
+        <v>3.592645</v>
+      </c>
+      <c r="H230" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I230" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J230" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K230" t="inlineStr">
+        <is>
+          <t>Kut Khae</t>
+        </is>
+      </c>
+      <c r="L230" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M230" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N230" t="inlineStr"/>
+      <c r="O230" t="inlineStr"/>
+      <c r="P230" t="inlineStr"/>
+      <c r="Q230" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>0b96c473-6a06-4e47-b3d3-6e073d248aca</t>
+        </is>
+      </c>
+      <c r="B231" t="n">
+        <v>104.60442</v>
+      </c>
+      <c r="C231" t="n">
+        <v>16.49698</v>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F231" t="n">
+        <v>297.48</v>
+      </c>
+      <c r="G231" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="H231" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I231" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J231" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K231" t="inlineStr">
+        <is>
+          <t>Kham A Huan</t>
+        </is>
+      </c>
+      <c r="L231" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M231" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N231" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O231" t="inlineStr"/>
+      <c r="P231" t="inlineStr"/>
+      <c r="Q231" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>214c2164-7fdb-4a97-b02c-ae0c7217e8b5</t>
+        </is>
+      </c>
+      <c r="B232" t="n">
+        <v>104.604919</v>
+      </c>
+      <c r="C232" t="n">
+        <v>16.496649</v>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F232" t="n">
+        <v>297.48</v>
+      </c>
+      <c r="G232" t="n">
+        <v>0.201408</v>
+      </c>
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I232" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J232" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K232" t="inlineStr">
+        <is>
+          <t>Kham A Huan</t>
+        </is>
+      </c>
+      <c r="L232" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M232" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N232" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O232" t="inlineStr"/>
+      <c r="P232" t="inlineStr"/>
+      <c r="Q232" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>20119260-4f03-4e12-a142-d7098b11a559</t>
+        </is>
+      </c>
+      <c r="B233" t="n">
+        <v>104.62952</v>
+      </c>
+      <c r="C233" t="n">
+        <v>16.69281</v>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F233" t="n">
+        <v>305.8</v>
+      </c>
+      <c r="G233" t="n">
+        <v>0.5600000000000001</v>
+      </c>
+      <c r="H233" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I233" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J233" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K233" t="inlineStr">
+        <is>
+          <t>Kham Pa Lai</t>
+        </is>
+      </c>
+      <c r="L233" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M233" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N233" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O233" t="inlineStr"/>
+      <c r="P233" t="inlineStr"/>
+      <c r="Q233" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>45b5602f-ca9c-43c2-979a-7c7458c038ba</t>
+        </is>
+      </c>
+      <c r="B234" t="n">
+        <v>104.630035</v>
+      </c>
+      <c r="C234" t="n">
+        <v>16.692499</v>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F234" t="n">
+        <v>305.8</v>
+      </c>
+      <c r="G234" t="n">
+        <v>0.561214</v>
+      </c>
+      <c r="H234" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I234" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J234" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K234" t="inlineStr">
+        <is>
+          <t>Kham Pa Lai</t>
+        </is>
+      </c>
+      <c r="L234" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M234" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N234" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O234" t="inlineStr"/>
+      <c r="P234" t="inlineStr"/>
+      <c r="Q234" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>260ae4f6-b5e5-4758-a347-12b514a58ab7</t>
+        </is>
+      </c>
+      <c r="B235" t="n">
+        <v>104.63009</v>
+      </c>
+      <c r="C235" t="n">
+        <v>16.69612</v>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F235" t="n">
+        <v>300.88</v>
+      </c>
+      <c r="G235" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="H235" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I235" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J235" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K235" t="inlineStr">
+        <is>
+          <t>Kham Pa Lai</t>
+        </is>
+      </c>
+      <c r="L235" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M235" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N235" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O235" t="inlineStr"/>
+      <c r="P235" t="inlineStr"/>
+      <c r="Q235" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>870c02d3-4b87-4746-848b-4329773afaf5</t>
+        </is>
+      </c>
+      <c r="B236" t="n">
+        <v>104.630592</v>
+      </c>
+      <c r="C236" t="n">
+        <v>16.695805</v>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F236" t="n">
+        <v>300.88</v>
+      </c>
+      <c r="G236" t="n">
+        <v>0.302774</v>
+      </c>
+      <c r="H236" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I236" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J236" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K236" t="inlineStr">
+        <is>
+          <t>Kham Pa Lai</t>
+        </is>
+      </c>
+      <c r="L236" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M236" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N236" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O236" t="inlineStr"/>
+      <c r="P236" t="inlineStr"/>
+      <c r="Q236" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>5d3d7187-e7be-4ad0-b913-82335708d871</t>
+        </is>
+      </c>
+      <c r="B237" t="n">
+        <v>104.83582</v>
+      </c>
+      <c r="C237" t="n">
+        <v>16.3246</v>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F237" t="n">
+        <v>297.23</v>
+      </c>
+      <c r="G237" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="H237" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I237" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J237" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K237" t="inlineStr">
+        <is>
+          <t>Lao Mi</t>
+        </is>
+      </c>
+      <c r="L237" t="inlineStr">
+        <is>
+          <t>Don Tan</t>
+        </is>
+      </c>
+      <c r="M237" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N237" t="inlineStr"/>
+      <c r="O237" t="inlineStr"/>
+      <c r="P237" t="inlineStr"/>
+      <c r="Q237" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>2498199e-ac41-4abb-807c-7dc02ffac4a3</t>
+        </is>
+      </c>
+      <c r="B238" t="n">
+        <v>104.836594</v>
+      </c>
+      <c r="C238" t="n">
+        <v>16.324686</v>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F238" t="n">
+        <v>297.23</v>
+      </c>
+      <c r="G238" t="n">
+        <v>0.52758</v>
+      </c>
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I238" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J238" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K238" t="inlineStr">
+        <is>
+          <t>Lao Mi</t>
+        </is>
+      </c>
+      <c r="L238" t="inlineStr">
+        <is>
+          <t>Don Tan</t>
+        </is>
+      </c>
+      <c r="M238" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N238" t="inlineStr"/>
+      <c r="O238" t="inlineStr"/>
+      <c r="P238" t="inlineStr"/>
+      <c r="Q238" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>50fbcd92-0eec-455c-a290-7d376f308d9f</t>
+        </is>
+      </c>
+      <c r="B239" t="n">
+        <v>104.93631</v>
+      </c>
+      <c r="C239" t="n">
+        <v>16.17689</v>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F239" t="n">
+        <v>328.28</v>
+      </c>
+      <c r="G239" t="n">
+        <v>2.25</v>
+      </c>
+      <c r="H239" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I239" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J239" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K239" t="inlineStr">
+        <is>
+          <t>Kham Khuean Kaeo</t>
+        </is>
+      </c>
+      <c r="L239" t="inlineStr">
+        <is>
+          <t>Chanuman</t>
+        </is>
+      </c>
+      <c r="M239" t="inlineStr">
+        <is>
+          <t>Amnat Charoen</t>
+        </is>
+      </c>
+      <c r="N239" t="inlineStr"/>
+      <c r="O239" t="inlineStr"/>
+      <c r="P239" t="inlineStr"/>
+      <c r="Q239" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>b8fff35a-a022-4d78-b58f-44b324e57074</t>
+        </is>
+      </c>
+      <c r="B240" t="n">
+        <v>104.93668</v>
+      </c>
+      <c r="C240" t="n">
+        <v>16.18</v>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F240" t="n">
+        <v>316.28</v>
+      </c>
+      <c r="G240" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="H240" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I240" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J240" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K240" t="inlineStr">
+        <is>
+          <t>Kham Khuean Kaeo</t>
+        </is>
+      </c>
+      <c r="L240" t="inlineStr">
+        <is>
+          <t>Chanuman</t>
+        </is>
+      </c>
+      <c r="M240" t="inlineStr">
+        <is>
+          <t>Amnat Charoen</t>
+        </is>
+      </c>
+      <c r="N240" t="inlineStr"/>
+      <c r="O240" t="inlineStr"/>
+      <c r="P240" t="inlineStr"/>
+      <c r="Q240" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>8077ea7e-ab4a-446b-9796-8b29e25d48c0</t>
+        </is>
+      </c>
+      <c r="B241" t="n">
+        <v>104.937073</v>
+      </c>
+      <c r="C241" t="n">
+        <v>16.176886</v>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F241" t="n">
+        <v>328.28</v>
+      </c>
+      <c r="G241" t="n">
+        <v>2.238373</v>
+      </c>
+      <c r="H241" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I241" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J241" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K241" t="inlineStr">
+        <is>
+          <t>Kham Khuean Kaeo</t>
+        </is>
+      </c>
+      <c r="L241" t="inlineStr">
+        <is>
+          <t>Chanuman</t>
+        </is>
+      </c>
+      <c r="M241" t="inlineStr">
+        <is>
+          <t>Amnat Charoen</t>
+        </is>
+      </c>
+      <c r="N241" t="inlineStr"/>
+      <c r="O241" t="inlineStr"/>
+      <c r="P241" t="inlineStr"/>
+      <c r="Q241" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>ded1a4af-c7d6-446b-89af-d9a047a9cc67</t>
+        </is>
+      </c>
+      <c r="B242" t="n">
+        <v>104.937187</v>
+      </c>
+      <c r="C242" t="n">
+        <v>16.179724</v>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F242" t="n">
+        <v>316.28</v>
+      </c>
+      <c r="G242" t="n">
+        <v>0.974254</v>
+      </c>
+      <c r="H242" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I242" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J242" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K242" t="inlineStr">
+        <is>
+          <t>Kham Khuean Kaeo</t>
+        </is>
+      </c>
+      <c r="L242" t="inlineStr">
+        <is>
+          <t>Chanuman</t>
+        </is>
+      </c>
+      <c r="M242" t="inlineStr">
+        <is>
+          <t>Amnat Charoen</t>
+        </is>
+      </c>
+      <c r="N242" t="inlineStr"/>
+      <c r="O242" t="inlineStr"/>
+      <c r="P242" t="inlineStr"/>
+      <c r="Q242" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>4882ff5a-a9f3-4dea-86d0-aabb3466c9ed</t>
+        </is>
+      </c>
+      <c r="B243" t="n">
+        <v>105.07515</v>
+      </c>
+      <c r="C243" t="n">
+        <v>14.81966</v>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F243" t="n">
+        <v>339.37</v>
+      </c>
+      <c r="G243" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="H243" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:42:00</t>
+        </is>
+      </c>
+      <c r="I243" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J243" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:15:28.574852+00:00</t>
+        </is>
+      </c>
+      <c r="K243" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L243" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M243" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N243" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O243" t="inlineStr"/>
+      <c r="P243" t="inlineStr"/>
+      <c r="Q243" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>78ba4bc4-14e5-4174-9991-3e361c49dc5a</t>
+        </is>
+      </c>
+      <c r="B244" t="n">
+        <v>105.075912</v>
+      </c>
+      <c r="C244" t="n">
+        <v>14.819702</v>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>SNPP</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F244" t="n">
+        <v>339.37</v>
+      </c>
+      <c r="G244" t="n">
+        <v>6.494133</v>
+      </c>
+      <c r="H244" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:41:00</t>
+        </is>
+      </c>
+      <c r="I244" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J244" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:11:04.401398+00:00</t>
+        </is>
+      </c>
+      <c r="K244" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L244" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M244" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N244" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O244" t="inlineStr"/>
+      <c r="P244" t="inlineStr"/>
+      <c r="Q244" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:Q203"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>unique_id</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>lon</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>lat</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>satellite_name</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>confidence</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>bright_i4</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>frp</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>full_date</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>date</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>created_at</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>subdistricts</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>districts</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>provinces</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>reserved_forests</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>protected_areas</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>forests_14_zone</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>coordinate_zone</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>9da599e8-c385-4a20-a3bd-2d272c3f59e9</t>
+        </is>
+      </c>
+      <c r="B2" t="n">
+        <v>98.09187</v>
+      </c>
+      <c r="C2" t="n">
+        <v>17.58695</v>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F2" t="n">
+        <v>296.6</v>
+      </c>
+      <c r="G2" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I2" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Mae Wa Luang</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Tha Song Yang</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ป่าท่าสองยาง</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr"/>
+      <c r="P2" t="inlineStr"/>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>5245386f-7f55-41d6-956e-091e0b917fd0</t>
+        </is>
+      </c>
+      <c r="B3" t="n">
+        <v>98.0924</v>
+      </c>
+      <c r="C3" t="n">
+        <v>17.587273</v>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F3" t="n">
+        <v>296.6</v>
+      </c>
+      <c r="G3" t="n">
+        <v>0.341391</v>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I3" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Mae Wa Luang</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Tha Song Yang</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>ป่าท่าสองยาง</t>
+        </is>
+      </c>
+      <c r="O3" t="inlineStr"/>
+      <c r="P3" t="inlineStr"/>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>b01662fc-cf18-416f-a8ac-8752c9a14706</t>
+        </is>
+      </c>
+      <c r="B4" t="n">
+        <v>98.16895</v>
+      </c>
+      <c r="C4" t="n">
+        <v>15.12403</v>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F4" t="n">
+        <v>310.39</v>
+      </c>
+      <c r="G4" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I4" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr"/>
+      <c r="L4" t="inlineStr"/>
+      <c r="M4" t="inlineStr"/>
+      <c r="N4" t="inlineStr"/>
+      <c r="O4" t="inlineStr"/>
+      <c r="P4" t="inlineStr"/>
+      <c r="Q4" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>9d515c0d-305d-4f3b-832c-802de427342a</t>
+        </is>
+      </c>
+      <c r="B5" t="n">
+        <v>98.30889999999999</v>
+      </c>
+      <c r="C5" t="n">
+        <v>19.62586</v>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F5" t="n">
+        <v>326.54</v>
+      </c>
+      <c r="G5" t="n">
+        <v>2.98</v>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I5" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Tham Lot</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Pang Mapha</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O5" t="inlineStr"/>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
+      <c r="Q5" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>2b2ae4e0-e083-493b-ab11-d08f1af36218</t>
+        </is>
+      </c>
+      <c r="B6" t="n">
+        <v>98.30931099999999</v>
+      </c>
+      <c r="C6" t="n">
+        <v>19.626108</v>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F6" t="n">
+        <v>326.54</v>
+      </c>
+      <c r="G6" t="n">
+        <v>2.985227</v>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I6" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Tham Lot</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Pang Mapha</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O6" t="inlineStr"/>
+      <c r="P6" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
+      <c r="Q6" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>b3b173a6-408c-46aa-9719-1f9e8420df89</t>
+        </is>
+      </c>
+      <c r="B7" t="n">
+        <v>98.3989</v>
+      </c>
+      <c r="C7" t="n">
+        <v>18.66733</v>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F7" t="n">
+        <v>310.67</v>
+      </c>
+      <c r="G7" t="n">
+        <v>1.31</v>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I7" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Mae Na Chon</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Mae Chaem</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>Chiang Mai</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>ป่าแม่แจ่ม</t>
+        </is>
+      </c>
+      <c r="O7" t="inlineStr"/>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
+      <c r="Q7" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>cda9fe60-08c8-465d-9956-83e5597b9dfe</t>
+        </is>
+      </c>
+      <c r="B8" t="n">
+        <v>98.39943700000001</v>
+      </c>
+      <c r="C8" t="n">
+        <v>18.667648</v>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F8" t="n">
+        <v>310.68</v>
+      </c>
+      <c r="G8" t="n">
+        <v>1.30155</v>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I8" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Mae Na Chon</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Mae Chaem</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>Chiang Mai</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>ป่าแม่แจ่ม</t>
+        </is>
+      </c>
+      <c r="O8" t="inlineStr"/>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
+      <c r="Q8" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>1bee25cf-8546-4d12-8b72-187e685fd0b3</t>
+        </is>
+      </c>
+      <c r="B9" t="n">
+        <v>98.50051000000001</v>
+      </c>
+      <c r="C9" t="n">
+        <v>16.92789</v>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F9" t="n">
+        <v>303.42</v>
+      </c>
+      <c r="G9" t="n">
+        <v>0.54</v>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I9" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr"/>
+      <c r="O9" t="inlineStr"/>
+      <c r="P9" t="inlineStr"/>
+      <c r="Q9" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>95a3af6c-a799-4bca-8f02-14a8407c5045</t>
+        </is>
+      </c>
+      <c r="B10" t="n">
+        <v>98.50103799999999</v>
+      </c>
+      <c r="C10" t="n">
+        <v>16.928209</v>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F10" t="n">
+        <v>303.42</v>
+      </c>
+      <c r="G10" t="n">
+        <v>0.5355839999999999</v>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I10" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr"/>
+      <c r="O10" t="inlineStr"/>
+      <c r="P10" t="inlineStr"/>
+      <c r="Q10" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>2afa4788-4232-43e9-b801-91bffa6b6f97</t>
+        </is>
+      </c>
+      <c r="B11" t="n">
+        <v>98.81968000000001</v>
+      </c>
+      <c r="C11" t="n">
+        <v>8.268649999999999</v>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F11" t="n">
+        <v>305.65</v>
+      </c>
+      <c r="G11" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I11" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Khao Khram</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Mueang Krabi</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>Krabi</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr"/>
+      <c r="O11" t="inlineStr"/>
+      <c r="P11" t="inlineStr"/>
+      <c r="Q11" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>8969fb67-eac5-4970-b70d-36defd5749b3</t>
+        </is>
+      </c>
+      <c r="B12" t="n">
+        <v>98.820122</v>
+      </c>
+      <c r="C12" t="n">
+        <v>8.268879999999999</v>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F12" t="n">
+        <v>305.65</v>
+      </c>
+      <c r="G12" t="n">
+        <v>0.863123</v>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I12" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Khao Khram</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Mueang Krabi</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>Krabi</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr"/>
+      <c r="O12" t="inlineStr"/>
+      <c r="P12" t="inlineStr"/>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>a023de23-c466-4f44-8298-5fe71cf7d8cf</t>
+        </is>
+      </c>
+      <c r="B13" t="n">
+        <v>99.06595</v>
+      </c>
+      <c r="C13" t="n">
+        <v>14.14602</v>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F13" t="n">
+        <v>299.91</v>
+      </c>
+      <c r="G13" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I13" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>Wang Krachae</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>Sai Yok</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr"/>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>กลุ่มป่ารอบเขื่อนศรีนครินทร์</t>
+        </is>
+      </c>
+      <c r="Q13" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>72483bf3-25dc-4ba7-b771-d170a5531e15</t>
+        </is>
+      </c>
+      <c r="B14" t="n">
+        <v>99.066498</v>
+      </c>
+      <c r="C14" t="n">
+        <v>14.146334</v>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F14" t="n">
+        <v>299.91</v>
+      </c>
+      <c r="G14" t="n">
+        <v>0.352947</v>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I14" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>Wang Krachae</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>Sai Yok</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+        </is>
+      </c>
+      <c r="O14" t="inlineStr"/>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>กลุ่มป่ารอบเขื่อนศรีนครินทร์</t>
+        </is>
+      </c>
+      <c r="Q14" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>5df28762-8e5c-4e7b-9e02-e1fc2c193fc4</t>
+        </is>
+      </c>
+      <c r="B15" t="n">
+        <v>99.49372</v>
+      </c>
+      <c r="C15" t="n">
+        <v>14.39535</v>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>314.5</v>
+      </c>
+      <c r="G15" t="n">
+        <v>1.64</v>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I15" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Chong Dan</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Bo Phloi</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr"/>
+      <c r="O15" t="inlineStr"/>
+      <c r="P15" t="inlineStr"/>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>21424c83-6738-40cf-9a56-f775bf8e43d8</t>
+        </is>
+      </c>
+      <c r="B16" t="n">
+        <v>99.494148</v>
+      </c>
+      <c r="C16" t="n">
+        <v>14.39558</v>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>314.51</v>
+      </c>
+      <c r="G16" t="n">
+        <v>1.630167</v>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I16" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Chong Dan</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Bo Phloi</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr"/>
+      <c r="P16" t="inlineStr"/>
+      <c r="Q16" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>e57c78bf-1248-40b6-adf2-fe70caa6648e</t>
+        </is>
+      </c>
+      <c r="B17" t="n">
+        <v>99.53659</v>
+      </c>
+      <c r="C17" t="n">
+        <v>14.15171</v>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>332.7</v>
+      </c>
+      <c r="G17" t="n">
+        <v>4.21</v>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I17" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>Nong Kum</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Bo Phloi</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr"/>
+      <c r="O17" t="inlineStr"/>
+      <c r="P17" t="inlineStr"/>
+      <c r="Q17" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>ecda7b40-fa6a-488b-b7fa-437bfc68bbc3</t>
+        </is>
+      </c>
+      <c r="B18" t="n">
+        <v>99.537148</v>
+      </c>
+      <c r="C18" t="n">
+        <v>14.15202</v>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F18" t="n">
+        <v>332.71</v>
+      </c>
+      <c r="G18" t="n">
+        <v>4.202531</v>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I18" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>Nong Kum</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Bo Phloi</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr"/>
+      <c r="O18" t="inlineStr"/>
+      <c r="P18" t="inlineStr"/>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>f524a4e9-3402-4082-be79-67b27d85c560</t>
+        </is>
+      </c>
+      <c r="B19" t="n">
+        <v>99.55235</v>
+      </c>
+      <c r="C19" t="n">
+        <v>15.47863</v>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>329.78</v>
+      </c>
+      <c r="G19" t="n">
+        <v>3.12</v>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I19" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>Lan Sak</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>Lan Sak</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr"/>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="inlineStr"/>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>d0446fb7-312b-4c7e-8892-45a9ba807d02</t>
+        </is>
+      </c>
+      <c r="B20" t="n">
+        <v>99.55278</v>
+      </c>
+      <c r="C20" t="n">
+        <v>15.478868</v>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>329.78</v>
+      </c>
+      <c r="G20" t="n">
+        <v>3.118769</v>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I20" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K20" t="inlineStr">
+        <is>
+          <t>Lan Sak</t>
+        </is>
+      </c>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>Lan Sak</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr"/>
+      <c r="O20" t="inlineStr"/>
+      <c r="P20" t="inlineStr"/>
+      <c r="Q20" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>a6d5e612-24a3-499d-a893-89b9a8208cac</t>
+        </is>
+      </c>
+      <c r="B21" t="n">
+        <v>99.57845</v>
+      </c>
+      <c r="C21" t="n">
+        <v>14.39863</v>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>297.94</v>
+      </c>
+      <c r="G21" t="n">
+        <v>0.36</v>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I21" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>ป่าเขาช่องอินทรีด้านตะวันออก</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr"/>
+      <c r="P21" t="inlineStr"/>
+      <c r="Q21" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>6499df8e-07c9-4512-a714-f5cd2365b188</t>
+        </is>
+      </c>
+      <c r="B22" t="n">
+        <v>99.57888800000001</v>
+      </c>
+      <c r="C22" t="n">
+        <v>14.39886</v>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>297.94</v>
+      </c>
+      <c r="G22" t="n">
+        <v>0.356939</v>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I22" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>ป่าเขาช่องอินทรีด้านตะวันออก</t>
+        </is>
+      </c>
+      <c r="O22" t="inlineStr"/>
+      <c r="P22" t="inlineStr"/>
+      <c r="Q22" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>d6109c2f-ed79-42fc-8bf2-8fe0094f3b27</t>
+        </is>
+      </c>
+      <c r="B23" t="n">
+        <v>99.62667999999999</v>
+      </c>
+      <c r="C23" t="n">
+        <v>13.76838</v>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F23" t="n">
+        <v>299.38</v>
+      </c>
+      <c r="G23" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I23" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr"/>
+      <c r="O23" t="inlineStr"/>
+      <c r="P23" t="inlineStr"/>
+      <c r="Q23" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>4aa6fc2c-11d1-4d1a-849f-03feee1f0350</t>
+        </is>
+      </c>
+      <c r="B24" t="n">
+        <v>99.62711299999999</v>
+      </c>
+      <c r="C24" t="n">
+        <v>13.768614</v>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F24" t="n">
+        <v>299.38</v>
+      </c>
+      <c r="G24" t="n">
+        <v>0.400909</v>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I24" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr"/>
+      <c r="O24" t="inlineStr"/>
+      <c r="P24" t="inlineStr"/>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>b62daec4-4019-4b7d-b428-d35371278472</t>
+        </is>
+      </c>
+      <c r="B25" t="n">
+        <v>99.69416</v>
+      </c>
+      <c r="C25" t="n">
+        <v>13.47251</v>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F25" t="n">
+        <v>298.65</v>
+      </c>
+      <c r="G25" t="n">
+        <v>0.49</v>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I25" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>Ang Hin</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>Pak Tho</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr"/>
+      <c r="O25" t="inlineStr"/>
+      <c r="P25" t="inlineStr"/>
+      <c r="Q25" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>b1c15f46-1d43-4a76-85db-15a1a67bbd76</t>
+        </is>
+      </c>
+      <c r="B26" t="n">
+        <v>99.69474</v>
+      </c>
+      <c r="C26" t="n">
+        <v>13.472811</v>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F26" t="n">
+        <v>298.66</v>
+      </c>
+      <c r="G26" t="n">
+        <v>0.497279</v>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I26" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J26" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K26" t="inlineStr">
+        <is>
+          <t>Ang Hin</t>
+        </is>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>Pak Tho</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr"/>
+      <c r="O26" t="inlineStr"/>
+      <c r="P26" t="inlineStr"/>
+      <c r="Q26" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>6b3e018f-952f-43f5-869b-a60e0b449bed</t>
+        </is>
+      </c>
+      <c r="B27" t="n">
+        <v>99.71978</v>
+      </c>
+      <c r="C27" t="n">
+        <v>14.98237</v>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F27" t="n">
+        <v>314.37</v>
+      </c>
+      <c r="G27" t="n">
+        <v>1.61</v>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I27" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr"/>
+      <c r="O27" t="inlineStr"/>
+      <c r="P27" t="inlineStr"/>
+      <c r="Q27" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>f2b6a56a-f6b0-48fd-ac2d-05a04003c1b1</t>
+        </is>
+      </c>
+      <c r="B28" t="n">
+        <v>99.72034499999999</v>
+      </c>
+      <c r="C28" t="n">
+        <v>14.98268</v>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F28" t="n">
+        <v>314.37</v>
+      </c>
+      <c r="G28" t="n">
+        <v>1.611937</v>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I28" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr"/>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="inlineStr"/>
+      <c r="Q28" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>f4c2a46e-9316-4013-ad0b-d9bf8425d976</t>
+        </is>
+      </c>
+      <c r="B29" t="n">
+        <v>99.72045</v>
+      </c>
+      <c r="C29" t="n">
+        <v>14.98574</v>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F29" t="n">
+        <v>309.89</v>
+      </c>
+      <c r="G29" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I29" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
+      <c r="O29" t="inlineStr"/>
+      <c r="P29" t="inlineStr"/>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>6a63de58-2c72-44a7-88ad-11b05d5a3ae6</t>
+        </is>
+      </c>
+      <c r="B30" t="n">
+        <v>99.721024</v>
+      </c>
+      <c r="C30" t="n">
+        <v>14.986047</v>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F30" t="n">
+        <v>309.9</v>
+      </c>
+      <c r="G30" t="n">
+        <v>1.621355</v>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I30" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J30" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K30" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr"/>
+      <c r="O30" t="inlineStr"/>
+      <c r="P30" t="inlineStr"/>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>d0ce068d-38ec-4f39-8627-b29886d6b202</t>
+        </is>
+      </c>
+      <c r="B31" t="n">
+        <v>99.72108</v>
+      </c>
+      <c r="C31" t="n">
+        <v>14.98911</v>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F31" t="n">
+        <v>324.72</v>
+      </c>
+      <c r="G31" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I31" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr"/>
+      <c r="O31" t="inlineStr"/>
+      <c r="P31" t="inlineStr"/>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>c8a0fa38-3025-4f42-a31b-885e3828ca29</t>
+        </is>
+      </c>
+      <c r="B32" t="n">
+        <v>99.721642</v>
+      </c>
+      <c r="C32" t="n">
+        <v>14.989421</v>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F32" t="n">
+        <v>324.72</v>
+      </c>
+      <c r="G32" t="n">
+        <v>1.621355</v>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I32" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr"/>
+      <c r="O32" t="inlineStr"/>
+      <c r="P32" t="inlineStr"/>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>83bec411-2d17-429f-aca0-3156ac510cdf</t>
+        </is>
+      </c>
+      <c r="B33" t="n">
+        <v>99.82391</v>
+      </c>
+      <c r="C33" t="n">
+        <v>14.06233</v>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F33" t="n">
+        <v>300.35</v>
+      </c>
+      <c r="G33" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I33" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>Nong Krathum</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>Kamphaeng Saen</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>Nakhon Pathom</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr"/>
+      <c r="O33" t="inlineStr"/>
+      <c r="P33" t="inlineStr"/>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>327b4792-ae9c-4190-ac32-a3eefc502eb7</t>
+        </is>
+      </c>
+      <c r="B34" t="n">
+        <v>99.824471</v>
+      </c>
+      <c r="C34" t="n">
+        <v>14.06264</v>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>300.35</v>
+      </c>
+      <c r="G34" t="n">
+        <v>0.454805</v>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I34" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>Nong Krathum</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>Kamphaeng Saen</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>Nakhon Pathom</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr"/>
+      <c r="O34" t="inlineStr"/>
+      <c r="P34" t="inlineStr"/>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>0ab9009e-93f0-43f2-b024-19d043b430db</t>
+        </is>
+      </c>
+      <c r="B35" t="n">
+        <v>99.86897999999999</v>
+      </c>
+      <c r="C35" t="n">
+        <v>14.56106</v>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>319.53</v>
+      </c>
+      <c r="G35" t="n">
+        <v>1.59</v>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I35" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr"/>
+      <c r="O35" t="inlineStr"/>
+      <c r="P35" t="inlineStr"/>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>d62d574d-3e53-4825-8728-448f4bbb88c7</t>
+        </is>
+      </c>
+      <c r="B36" t="n">
+        <v>99.869423</v>
+      </c>
+      <c r="C36" t="n">
+        <v>14.561296</v>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>319.53</v>
+      </c>
+      <c r="G36" t="n">
+        <v>1.591682</v>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I36" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr"/>
+      <c r="O36" t="inlineStr"/>
+      <c r="P36" t="inlineStr"/>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>b72a5f6f-dd9a-4063-a086-9429609d2668</t>
+        </is>
+      </c>
+      <c r="B37" t="n">
+        <v>99.88755</v>
+      </c>
+      <c r="C37" t="n">
+        <v>12.73388</v>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>302.36</v>
+      </c>
+      <c r="G37" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I37" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K37" t="inlineStr">
+        <is>
+          <t>Sam Phraya</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>Cha-am</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr">
+        <is>
+          <t>ป่าชะอำและป่าบ้านโรง</t>
+        </is>
+      </c>
+      <c r="O37" t="inlineStr"/>
+      <c r="P37" t="inlineStr"/>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>b72fe7c3-0734-4205-9f99-80addaadd050</t>
+        </is>
+      </c>
+      <c r="B38" t="n">
+        <v>99.88809999999999</v>
+      </c>
+      <c r="C38" t="n">
+        <v>12.734186</v>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>302.36</v>
+      </c>
+      <c r="G38" t="n">
+        <v>0.344987</v>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I38" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>Sam Phraya</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>Cha-am</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>ป่าชะอำและป่าบ้านโรง</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr"/>
+      <c r="P38" t="inlineStr"/>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>9fc17809-8803-47a9-a52f-c07adc627588</t>
+        </is>
+      </c>
+      <c r="B39" t="n">
+        <v>99.91502</v>
+      </c>
+      <c r="C39" t="n">
+        <v>14.22983</v>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>305.26</v>
+      </c>
+      <c r="G39" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I39" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>Sa Phang Lan</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr"/>
+      <c r="O39" t="inlineStr"/>
+      <c r="P39" t="inlineStr"/>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>6f86de7e-06ec-4532-b181-fe2d401511dc</t>
+        </is>
+      </c>
+      <c r="B40" t="n">
+        <v>99.915588</v>
+      </c>
+      <c r="C40" t="n">
+        <v>14.230136</v>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F40" t="n">
+        <v>305.26</v>
+      </c>
+      <c r="G40" t="n">
+        <v>0.784477</v>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I40" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>Sa Phang Lan</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr"/>
+      <c r="O40" t="inlineStr"/>
+      <c r="P40" t="inlineStr"/>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>eaaea94c-69a8-4226-9cd2-08f780dde3af</t>
+        </is>
+      </c>
+      <c r="B41" t="n">
+        <v>100.28903</v>
+      </c>
+      <c r="C41" t="n">
+        <v>15.57322</v>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F41" t="n">
+        <v>304.8</v>
+      </c>
+      <c r="G41" t="n">
+        <v>1.14</v>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I41" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K41" t="inlineStr">
+        <is>
+          <t>Khao Kala</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>Phayuha Khiri</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>Nakhon Sawan</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr"/>
+      <c r="O41" t="inlineStr"/>
+      <c r="P41" t="inlineStr"/>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>ae1ca541-376a-45f1-a2b3-52184a402e18</t>
+        </is>
+      </c>
+      <c r="B42" t="n">
+        <v>100.28949</v>
+      </c>
+      <c r="C42" t="n">
+        <v>15.573448</v>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F42" t="n">
+        <v>304.8</v>
+      </c>
+      <c r="G42" t="n">
+        <v>1.158402</v>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I42" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>Khao Kala</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Phayuha Khiri</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>Nakhon Sawan</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr"/>
+      <c r="O42" t="inlineStr"/>
+      <c r="P42" t="inlineStr"/>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>6abdc54a-1436-490f-bad7-6b6db4a7159e</t>
+        </is>
+      </c>
+      <c r="B43" t="n">
+        <v>100.29027</v>
+      </c>
+      <c r="C43" t="n">
+        <v>17.77078</v>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F43" t="n">
+        <v>300.4</v>
+      </c>
+      <c r="G43" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I43" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Nam Man</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr"/>
+      <c r="O43" t="inlineStr"/>
+      <c r="P43" t="inlineStr"/>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>21e66a51-80d6-4b4e-b002-89ff0aa35379</t>
+        </is>
+      </c>
+      <c r="B44" t="n">
+        <v>100.29071</v>
+      </c>
+      <c r="C44" t="n">
+        <v>17.771009</v>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F44" t="n">
+        <v>300.41</v>
+      </c>
+      <c r="G44" t="n">
+        <v>0.362931</v>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I44" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>Nam Man</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr"/>
+      <c r="O44" t="inlineStr"/>
+      <c r="P44" t="inlineStr"/>
+      <c r="Q44" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>8c898b5b-a044-4b35-bdc9-9cb0448a85cc</t>
+        </is>
+      </c>
+      <c r="B45" t="n">
+        <v>100.67428</v>
+      </c>
+      <c r="C45" t="n">
+        <v>14.92178</v>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F45" t="n">
+        <v>305.54</v>
+      </c>
+      <c r="G45" t="n">
+        <v>1.22</v>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I45" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr"/>
+      <c r="O45" t="inlineStr"/>
+      <c r="P45" t="inlineStr"/>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>0394da06-4133-48e9-978c-223ece5e71de</t>
+        </is>
+      </c>
+      <c r="B46" t="n">
+        <v>100.674736</v>
+      </c>
+      <c r="C46" t="n">
+        <v>14.922</v>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F46" t="n">
+        <v>305.54</v>
+      </c>
+      <c r="G46" t="n">
+        <v>1.342621</v>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I46" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr"/>
+      <c r="O46" t="inlineStr"/>
+      <c r="P46" t="inlineStr"/>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>532536ff-3602-46c5-88df-7d9ae38f5c5c</t>
+        </is>
+      </c>
+      <c r="B47" t="n">
+        <v>100.67672</v>
+      </c>
+      <c r="C47" t="n">
+        <v>16.0004</v>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F47" t="n">
+        <v>323.88</v>
+      </c>
+      <c r="G47" t="n">
+        <v>2.55</v>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I47" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K47" t="inlineStr">
+        <is>
+          <t>Thung Thong</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>Nakhon Sawan</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr"/>
+      <c r="O47" t="inlineStr"/>
+      <c r="P47" t="inlineStr"/>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>b102ea15-cff1-4e26-8153-46c460610cf1</t>
+        </is>
+      </c>
+      <c r="B48" t="n">
+        <v>100.677185</v>
+      </c>
+      <c r="C48" t="n">
+        <v>16.000624</v>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F48" t="n">
+        <v>323.88</v>
+      </c>
+      <c r="G48" t="n">
+        <v>2.555789</v>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I48" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
+        <is>
+          <t>Thung Thong</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>Nakhon Sawan</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr"/>
+      <c r="O48" t="inlineStr"/>
+      <c r="P48" t="inlineStr"/>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>2cd0c604-cbbf-433a-809d-d3e324daadb1</t>
+        </is>
+      </c>
+      <c r="B49" t="n">
+        <v>100.67735</v>
+      </c>
+      <c r="C49" t="n">
+        <v>16.00386</v>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F49" t="n">
+        <v>315.83</v>
+      </c>
+      <c r="G49" t="n">
+        <v>1.24</v>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I49" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J49" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K49" t="inlineStr">
+        <is>
+          <t>Wang Ngio Tai</t>
+        </is>
+      </c>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>Dong Charoen</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr">
+        <is>
+          <t>Phichit</t>
+        </is>
+      </c>
+      <c r="N49" t="inlineStr"/>
+      <c r="O49" t="inlineStr"/>
+      <c r="P49" t="inlineStr"/>
+      <c r="Q49" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>259853db-c67a-49aa-8086-739b9e956db8</t>
+        </is>
+      </c>
+      <c r="B50" t="n">
+        <v>100.677818</v>
+      </c>
+      <c r="C50" t="n">
+        <v>16.004082</v>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F50" t="n">
+        <v>315.84</v>
+      </c>
+      <c r="G50" t="n">
+        <v>1.236262</v>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I50" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J50" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K50" t="inlineStr">
+        <is>
+          <t>Wang Ngio Tai</t>
+        </is>
+      </c>
+      <c r="L50" t="inlineStr">
+        <is>
+          <t>Dong Charoen</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>Phichit</t>
+        </is>
+      </c>
+      <c r="N50" t="inlineStr"/>
+      <c r="O50" t="inlineStr"/>
+      <c r="P50" t="inlineStr"/>
+      <c r="Q50" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>e6a29890-d9b6-41e0-98ea-e4c7ce427c93</t>
+        </is>
+      </c>
+      <c r="B51" t="n">
+        <v>100.67826</v>
+      </c>
+      <c r="C51" t="n">
+        <v>14.9211</v>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F51" t="n">
+        <v>307.04</v>
+      </c>
+      <c r="G51" t="n">
+        <v>1.22</v>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I51" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J51" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K51" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N51" t="inlineStr"/>
+      <c r="O51" t="inlineStr"/>
+      <c r="P51" t="inlineStr"/>
+      <c r="Q51" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>72afdafd-dd61-4af7-8ffe-239315d07171</t>
+        </is>
+      </c>
+      <c r="B52" t="n">
+        <v>100.678688</v>
+      </c>
+      <c r="C52" t="n">
+        <v>14.921332</v>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F52" t="n">
+        <v>307.04</v>
+      </c>
+      <c r="G52" t="n">
+        <v>1.342621</v>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I52" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J52" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K52" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N52" t="inlineStr"/>
+      <c r="O52" t="inlineStr"/>
+      <c r="P52" t="inlineStr"/>
+      <c r="Q52" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>4f562516-71d0-4e93-ae7c-3b68df53e911</t>
+        </is>
+      </c>
+      <c r="B53" t="n">
+        <v>100.68861</v>
+      </c>
+      <c r="C53" t="n">
+        <v>19.14212</v>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F53" t="n">
+        <v>314.74</v>
+      </c>
+      <c r="G53" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I53" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J53" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K53" t="inlineStr">
+        <is>
+          <t>Saen Thong</t>
+        </is>
+      </c>
+      <c r="L53" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M53" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N53" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O53" t="inlineStr"/>
+      <c r="P53" t="inlineStr"/>
+      <c r="Q53" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>e11ca87b-5e84-457e-826b-a9d50fa2dcca</t>
+        </is>
+      </c>
+      <c r="B54" t="n">
+        <v>100.689194</v>
+      </c>
+      <c r="C54" t="n">
+        <v>19.142422</v>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F54" t="n">
+        <v>314.74</v>
+      </c>
+      <c r="G54" t="n">
+        <v>1.498415</v>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I54" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K54" t="inlineStr">
+        <is>
+          <t>Saen Thong</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O54" t="inlineStr"/>
+      <c r="P54" t="inlineStr"/>
+      <c r="Q54" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>78a3bdd7-f081-4e8e-b072-249008bf9696</t>
+        </is>
+      </c>
+      <c r="B55" t="n">
+        <v>100.69248</v>
+      </c>
+      <c r="C55" t="n">
+        <v>19.14147</v>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F55" t="n">
+        <v>307.28</v>
+      </c>
+      <c r="G55" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I55" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K55" t="inlineStr">
+        <is>
+          <t>Saen Thong</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O55" t="inlineStr"/>
+      <c r="P55" t="inlineStr"/>
+      <c r="Q55" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>31aa95fd-bc1a-4aa9-9d90-6b8096c860ee</t>
+        </is>
+      </c>
+      <c r="B56" t="n">
+        <v>100.693062</v>
+      </c>
+      <c r="C56" t="n">
+        <v>19.141771</v>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F56" t="n">
+        <v>307.28</v>
+      </c>
+      <c r="G56" t="n">
+        <v>1.330818</v>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I56" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>Saen Thong</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Tha Wang Pha</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>ป่าน้ำยาว และป่าน้ำสวด</t>
+        </is>
+      </c>
+      <c r="O56" t="inlineStr"/>
+      <c r="P56" t="inlineStr"/>
+      <c r="Q56" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>838adf05-61b0-4f35-941f-6dc348ebb3dd</t>
+        </is>
+      </c>
+      <c r="B57" t="n">
+        <v>100.7097</v>
+      </c>
+      <c r="C57" t="n">
+        <v>14.94529</v>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F57" t="n">
+        <v>301.05</v>
+      </c>
+      <c r="G57" t="n">
+        <v>0.62</v>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I57" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K57" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr"/>
+      <c r="O57" t="inlineStr"/>
+      <c r="P57" t="inlineStr"/>
+      <c r="Q57" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>c844c4fb-f551-45bf-a7e7-c6ae6d24ab78</t>
+        </is>
+      </c>
+      <c r="B58" t="n">
+        <v>100.710281</v>
+      </c>
+      <c r="C58" t="n">
+        <v>14.945588</v>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F58" t="n">
+        <v>301.05</v>
+      </c>
+      <c r="G58" t="n">
+        <v>0.620983</v>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I58" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>Khao Phra Ngam</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr"/>
+      <c r="O58" t="inlineStr"/>
+      <c r="P58" t="inlineStr"/>
+      <c r="Q58" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>915d5359-55cb-4c31-831d-05e56a15acbe</t>
+        </is>
+      </c>
+      <c r="B59" t="n">
+        <v>100.73678</v>
+      </c>
+      <c r="C59" t="n">
+        <v>14.82388</v>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F59" t="n">
+        <v>300.94</v>
+      </c>
+      <c r="G59" t="n">
+        <v>0.98</v>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I59" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J59" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K59" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr"/>
+      <c r="O59" t="inlineStr"/>
+      <c r="P59" t="inlineStr"/>
+      <c r="Q59" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>63cf3866-d17d-4dad-854f-1f653a81b09d</t>
+        </is>
+      </c>
+      <c r="B60" t="n">
+        <v>100.737358</v>
+      </c>
+      <c r="C60" t="n">
+        <v>14.824178</v>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F60" t="n">
+        <v>300.94</v>
+      </c>
+      <c r="G60" t="n">
+        <v>0.977427</v>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I60" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K60" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr"/>
+      <c r="O60" t="inlineStr"/>
+      <c r="P60" t="inlineStr"/>
+      <c r="Q60" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>60c50889-459b-418d-9e7e-4c0089168e5f</t>
+        </is>
+      </c>
+      <c r="B61" t="n">
+        <v>100.7409</v>
+      </c>
+      <c r="C61" t="n">
+        <v>14.82319</v>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F61" t="n">
+        <v>310.77</v>
+      </c>
+      <c r="G61" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I61" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K61" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L61" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr"/>
+      <c r="O61" t="inlineStr"/>
+      <c r="P61" t="inlineStr"/>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>0d136a11-c002-4752-af26-3c5d0bad0ee3</t>
+        </is>
+      </c>
+      <c r="B62" t="n">
+        <v>100.741501</v>
+      </c>
+      <c r="C62" t="n">
+        <v>14.823484</v>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F62" t="n">
+        <v>310.77</v>
+      </c>
+      <c r="G62" t="n">
+        <v>2.36576</v>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I62" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K62" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr"/>
+      <c r="O62" t="inlineStr"/>
+      <c r="P62" t="inlineStr"/>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>d6d6a329-afb4-4b96-8d8f-b67f271f8978</t>
+        </is>
+      </c>
+      <c r="B63" t="n">
+        <v>100.74261</v>
+      </c>
+      <c r="C63" t="n">
+        <v>14.80842</v>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F63" t="n">
+        <v>299.04</v>
+      </c>
+      <c r="G63" t="n">
+        <v>0.27</v>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I63" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K63" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr"/>
+      <c r="O63" t="inlineStr"/>
+      <c r="P63" t="inlineStr"/>
+      <c r="Q63" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>0129886b-7d33-4e1b-8f5a-d1d54f72a091</t>
+        </is>
+      </c>
+      <c r="B64" t="n">
+        <v>100.74321</v>
+      </c>
+      <c r="C64" t="n">
+        <v>14.808722</v>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F64" t="n">
+        <v>299.04</v>
+      </c>
+      <c r="G64" t="n">
+        <v>0.259854</v>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I64" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J64" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K64" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L64" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M64" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr"/>
+      <c r="O64" t="inlineStr"/>
+      <c r="P64" t="inlineStr"/>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>c761a595-7b56-49d1-8274-162eb332cb57</t>
+        </is>
+      </c>
+      <c r="B65" t="n">
+        <v>100.74471</v>
+      </c>
+      <c r="C65" t="n">
+        <v>14.87371</v>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F65" t="n">
+        <v>300.23</v>
+      </c>
+      <c r="G65" t="n">
+        <v>0.61</v>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I65" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K65" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L65" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr"/>
+      <c r="O65" t="inlineStr"/>
+      <c r="P65" t="inlineStr"/>
+      <c r="Q65" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>f2bc5870-a771-423b-8b65-74c2a1b5c934</t>
+        </is>
+      </c>
+      <c r="B66" t="n">
+        <v>100.745201</v>
+      </c>
+      <c r="C66" t="n">
+        <v>14.873932</v>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F66" t="n">
+        <v>300.24</v>
+      </c>
+      <c r="G66" t="n">
+        <v>0.616314</v>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I66" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K66" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L66" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M66" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr"/>
+      <c r="O66" t="inlineStr"/>
+      <c r="P66" t="inlineStr"/>
+      <c r="Q66" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>1c045166-f286-44a1-83dd-17aed4a3e1f3</t>
+        </is>
+      </c>
+      <c r="B67" t="n">
+        <v>100.76489</v>
+      </c>
+      <c r="C67" t="n">
+        <v>14.56862</v>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F67" t="n">
+        <v>305.97</v>
+      </c>
+      <c r="G67" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I67" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K67" t="inlineStr">
+        <is>
+          <t>Ban Khrua</t>
+        </is>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>Ban Mo</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N67" t="inlineStr"/>
+      <c r="O67" t="inlineStr"/>
+      <c r="P67" t="inlineStr"/>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>aa5197f8-809e-4c99-9786-fd6e6737eed7</t>
+        </is>
+      </c>
+      <c r="B68" t="n">
+        <v>100.765518</v>
+      </c>
+      <c r="C68" t="n">
+        <v>14.568913</v>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F68" t="n">
+        <v>305.97</v>
+      </c>
+      <c r="G68" t="n">
+        <v>1.258742</v>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I68" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K68" t="inlineStr">
+        <is>
+          <t>Ban Khrua</t>
+        </is>
+      </c>
+      <c r="L68" t="inlineStr">
+        <is>
+          <t>Ban Mo</t>
+        </is>
+      </c>
+      <c r="M68" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N68" t="inlineStr"/>
+      <c r="O68" t="inlineStr"/>
+      <c r="P68" t="inlineStr"/>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>48b1ca15-4b02-49ba-b01b-4569a8ccecea</t>
+        </is>
+      </c>
+      <c r="B69" t="n">
+        <v>100.78683</v>
+      </c>
+      <c r="C69" t="n">
+        <v>15.39708</v>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F69" t="n">
+        <v>326.02</v>
+      </c>
+      <c r="G69" t="n">
+        <v>2.71</v>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I69" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K69" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O69" t="inlineStr"/>
+      <c r="P69" t="inlineStr"/>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>e5e9d8c1-56bc-4d5c-b069-36736fe56beb</t>
+        </is>
+      </c>
+      <c r="B70" t="n">
+        <v>100.787445</v>
+      </c>
+      <c r="C70" t="n">
+        <v>15.397372</v>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F70" t="n">
+        <v>326.02</v>
+      </c>
+      <c r="G70" t="n">
+        <v>2.717952</v>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I70" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K70" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O70" t="inlineStr"/>
+      <c r="P70" t="inlineStr"/>
+      <c r="Q70" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>75d6644a-3de7-4444-bc69-7234c5fb2c3c</t>
+        </is>
+      </c>
+      <c r="B71" t="n">
+        <v>100.79981</v>
+      </c>
+      <c r="C71" t="n">
+        <v>14.67539</v>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F71" t="n">
+        <v>304.56</v>
+      </c>
+      <c r="G71" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I71" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr"/>
+      <c r="O71" t="inlineStr"/>
+      <c r="P71" t="inlineStr"/>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>e60e737b-7f0a-42c0-81c1-ed01f87d8b35</t>
+        </is>
+      </c>
+      <c r="B72" t="n">
+        <v>100.800293</v>
+      </c>
+      <c r="C72" t="n">
+        <v>14.675608</v>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>304.56</v>
+      </c>
+      <c r="G72" t="n">
+        <v>0.877692</v>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I72" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K72" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr"/>
+      <c r="O72" t="inlineStr"/>
+      <c r="P72" t="inlineStr"/>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>873d4e85-72bb-4dce-9620-fd48aba3e0ae</t>
+        </is>
+      </c>
+      <c r="B73" t="n">
+        <v>100.80381</v>
+      </c>
+      <c r="C73" t="n">
+        <v>14.67471</v>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F73" t="n">
+        <v>301.6</v>
+      </c>
+      <c r="G73" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I73" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr"/>
+      <c r="O73" t="inlineStr"/>
+      <c r="P73" t="inlineStr"/>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>cb7d830b-9255-4fd2-8349-3860111c608b</t>
+        </is>
+      </c>
+      <c r="B74" t="n">
+        <v>100.804283</v>
+      </c>
+      <c r="C74" t="n">
+        <v>14.67493</v>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F74" t="n">
+        <v>301.6</v>
+      </c>
+      <c r="G74" t="n">
+        <v>0.877692</v>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I74" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K74" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr"/>
+      <c r="O74" t="inlineStr"/>
+      <c r="P74" t="inlineStr"/>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>a2f4d2a2-4efa-456d-9ded-af1e6e13747a</t>
+        </is>
+      </c>
+      <c r="B75" t="n">
+        <v>100.83766</v>
+      </c>
+      <c r="C75" t="n">
+        <v>14.98125</v>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F75" t="n">
+        <v>304.4</v>
+      </c>
+      <c r="G75" t="n">
+        <v>0.95</v>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I75" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K75" t="inlineStr">
+        <is>
+          <t>Phaniat</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr"/>
+      <c r="O75" t="inlineStr"/>
+      <c r="P75" t="inlineStr"/>
+      <c r="Q75" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>ccb4a78e-37f7-44b6-959c-81fb007deaa4</t>
+        </is>
+      </c>
+      <c r="B76" t="n">
+        <v>100.838234</v>
+      </c>
+      <c r="C76" t="n">
+        <v>14.981552</v>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F76" t="n">
+        <v>304.4</v>
+      </c>
+      <c r="G76" t="n">
+        <v>0.952757</v>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I76" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K76" t="inlineStr">
+        <is>
+          <t>Phaniat</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr"/>
+      <c r="O76" t="inlineStr"/>
+      <c r="P76" t="inlineStr"/>
+      <c r="Q76" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>f4434b1d-e55c-41ec-83e2-93c3f417b661</t>
+        </is>
+      </c>
+      <c r="B77" t="n">
+        <v>100.83944</v>
+      </c>
+      <c r="C77" t="n">
+        <v>15.38806</v>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F77" t="n">
+        <v>298.09</v>
+      </c>
+      <c r="G77" t="n">
+        <v>0.26</v>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I77" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K77" t="inlineStr">
+        <is>
+          <t>Khok Samae San</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr"/>
+      <c r="O77" t="inlineStr"/>
+      <c r="P77" t="inlineStr"/>
+      <c r="Q77" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>35f76be8-690c-4293-a5f8-603a9a000fcd</t>
+        </is>
+      </c>
+      <c r="B78" t="n">
+        <v>100.84005</v>
+      </c>
+      <c r="C78" t="n">
+        <v>15.388351</v>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F78" t="n">
+        <v>298.1</v>
+      </c>
+      <c r="G78" t="n">
+        <v>0.251952</v>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I78" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>Khok Samae San</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N78" t="inlineStr"/>
+      <c r="O78" t="inlineStr"/>
+      <c r="P78" t="inlineStr"/>
+      <c r="Q78" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>5770d589-8902-456a-8cc4-05d2298f00fe</t>
+        </is>
+      </c>
+      <c r="B79" t="n">
+        <v>100.84093</v>
+      </c>
+      <c r="C79" t="n">
+        <v>14.15651</v>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F79" t="n">
+        <v>320.25</v>
+      </c>
+      <c r="G79" t="n">
+        <v>1.22</v>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I79" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K79" t="inlineStr">
+        <is>
+          <t>Bueng Ba</t>
+        </is>
+      </c>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>Nong Suea</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr">
+        <is>
+          <t>Pathum Thani</t>
+        </is>
+      </c>
+      <c r="N79" t="inlineStr"/>
+      <c r="O79" t="inlineStr"/>
+      <c r="P79" t="inlineStr"/>
+      <c r="Q79" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>c3c0c69d-165f-4b29-b6b5-d1ab4e246bd3</t>
+        </is>
+      </c>
+      <c r="B80" t="n">
+        <v>100.84156</v>
+      </c>
+      <c r="C80" t="n">
+        <v>14.156804</v>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F80" t="n">
+        <v>320.25</v>
+      </c>
+      <c r="G80" t="n">
+        <v>1.203997</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I80" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K80" t="inlineStr">
+        <is>
+          <t>Bueng Ba</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>Nong Suea</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>Pathum Thani</t>
+        </is>
+      </c>
+      <c r="N80" t="inlineStr"/>
+      <c r="O80" t="inlineStr"/>
+      <c r="P80" t="inlineStr"/>
+      <c r="Q80" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>781786a0-4113-4894-a1ce-cb8bff9a40c2</t>
+        </is>
+      </c>
+      <c r="B81" t="n">
+        <v>100.85888</v>
+      </c>
+      <c r="C81" t="n">
+        <v>15.03229</v>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F81" t="n">
+        <v>297</v>
+      </c>
+      <c r="G81" t="n">
+        <v>0.57</v>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I81" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K81" t="inlineStr">
+        <is>
+          <t>Wang Phloeng</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr"/>
+      <c r="O81" t="inlineStr"/>
+      <c r="P81" t="inlineStr"/>
+      <c r="Q81" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>e42b555c-7096-4bd5-bc68-b120c12508af</t>
+        </is>
+      </c>
+      <c r="B82" t="n">
+        <v>100.859352</v>
+      </c>
+      <c r="C82" t="n">
+        <v>15.032511</v>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F82" t="n">
+        <v>297</v>
+      </c>
+      <c r="G82" t="n">
+        <v>0.5715789999999999</v>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I82" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K82" t="inlineStr">
+        <is>
+          <t>Wang Phloeng</t>
+        </is>
+      </c>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N82" t="inlineStr"/>
+      <c r="O82" t="inlineStr"/>
+      <c r="P82" t="inlineStr"/>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>2a72b98d-2552-4369-9a4d-fad27326d9b5</t>
+        </is>
+      </c>
+      <c r="B83" t="n">
+        <v>100.85941</v>
+      </c>
+      <c r="C83" t="n">
+        <v>15.03584</v>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F83" t="n">
+        <v>302.18</v>
+      </c>
+      <c r="G83" t="n">
+        <v>1.24</v>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I83" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>Wang Phloeng</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr"/>
+      <c r="O83" t="inlineStr"/>
+      <c r="P83" t="inlineStr"/>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>346710e5-5e5a-4374-8271-2462dca39e98</t>
+        </is>
+      </c>
+      <c r="B84" t="n">
+        <v>100.859871</v>
+      </c>
+      <c r="C84" t="n">
+        <v>15.036054</v>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F84" t="n">
+        <v>302.19</v>
+      </c>
+      <c r="G84" t="n">
+        <v>1.232754</v>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I84" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K84" t="inlineStr">
+        <is>
+          <t>Wang Phloeng</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Khok Samrong</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr"/>
+      <c r="O84" t="inlineStr"/>
+      <c r="P84" t="inlineStr"/>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>819216a0-d9d7-4ff0-b34f-b60ff3c61237</t>
+        </is>
+      </c>
+      <c r="B85" t="n">
+        <v>100.88728</v>
+      </c>
+      <c r="C85" t="n">
+        <v>13.09811</v>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F85" t="n">
+        <v>303.07</v>
+      </c>
+      <c r="G85" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I85" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr"/>
+      <c r="O85" t="inlineStr"/>
+      <c r="P85" t="inlineStr"/>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>720dded3-305d-44ce-82e8-2409359c4dbb</t>
+        </is>
+      </c>
+      <c r="B86" t="n">
+        <v>100.887787</v>
+      </c>
+      <c r="C86" t="n">
+        <v>13.098319</v>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>303.07</v>
+      </c>
+      <c r="G86" t="n">
+        <v>1.485035</v>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I86" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr"/>
+      <c r="O86" t="inlineStr"/>
+      <c r="P86" t="inlineStr"/>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>3d76230c-afdd-465a-a412-7f7424eefa75</t>
+        </is>
+      </c>
+      <c r="B87" t="n">
+        <v>100.89745</v>
+      </c>
+      <c r="C87" t="n">
+        <v>16.02157</v>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F87" t="n">
+        <v>340</v>
+      </c>
+      <c r="G87" t="n">
+        <v>4.67</v>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I87" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K87" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr"/>
+      <c r="P87" t="inlineStr"/>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>ed332ddc-ab66-4466-b024-93161ab825b6</t>
+        </is>
+      </c>
+      <c r="B88" t="n">
+        <v>100.898056</v>
+      </c>
+      <c r="C88" t="n">
+        <v>16.021866</v>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F88" t="n">
+        <v>340.01</v>
+      </c>
+      <c r="G88" t="n">
+        <v>4.663741</v>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I88" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr"/>
+      <c r="P88" t="inlineStr"/>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>be668cdb-3ea4-4b51-ae40-279bb0ae2b83</t>
+        </is>
+      </c>
+      <c r="B89" t="n">
+        <v>100.91187</v>
+      </c>
+      <c r="C89" t="n">
+        <v>13.1125</v>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F89" t="n">
+        <v>301.24</v>
+      </c>
+      <c r="G89" t="n">
+        <v>0.5600000000000001</v>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I89" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K89" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr"/>
+      <c r="O89" t="inlineStr"/>
+      <c r="P89" t="inlineStr"/>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>e99647d0-1263-4e9c-a341-109db7626a0a</t>
+        </is>
+      </c>
+      <c r="B90" t="n">
+        <v>100.912376</v>
+      </c>
+      <c r="C90" t="n">
+        <v>13.11271</v>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>301.24</v>
+      </c>
+      <c r="G90" t="n">
+        <v>0.585246</v>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I90" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K90" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr"/>
+      <c r="O90" t="inlineStr"/>
+      <c r="P90" t="inlineStr"/>
+      <c r="Q90" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>d7c683a3-45c6-4a89-a4a7-0a63fb01a07f</t>
+        </is>
+      </c>
+      <c r="B91" t="n">
+        <v>100.9267</v>
+      </c>
+      <c r="C91" t="n">
+        <v>15.28228</v>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F91" t="n">
+        <v>300.66</v>
+      </c>
+      <c r="G91" t="n">
+        <v>0.78</v>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I91" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K91" t="inlineStr">
+        <is>
+          <t>Mahapho</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>Sa Bot</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O91" t="inlineStr"/>
+      <c r="P91" t="inlineStr"/>
+      <c r="Q91" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>b3e85197-145d-4451-bf3d-5376bf0e937d</t>
+        </is>
+      </c>
+      <c r="B92" t="n">
+        <v>100.927155</v>
+      </c>
+      <c r="C92" t="n">
+        <v>15.2825</v>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F92" t="n">
+        <v>300.66</v>
+      </c>
+      <c r="G92" t="n">
+        <v>0.779542</v>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I92" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K92" t="inlineStr">
+        <is>
+          <t>Mahapho</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>Sa Bot</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N92" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O92" t="inlineStr"/>
+      <c r="P92" t="inlineStr"/>
+      <c r="Q92" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>68a636bf-1156-458d-acbc-e0d65d05d8e6</t>
+        </is>
+      </c>
+      <c r="B93" t="n">
+        <v>100.93065</v>
+      </c>
+      <c r="C93" t="n">
+        <v>15.28161</v>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F93" t="n">
+        <v>301.6</v>
+      </c>
+      <c r="G93" t="n">
+        <v>0.78</v>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I93" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K93" t="inlineStr">
+        <is>
+          <t>Mahapho</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>Sa Bot</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N93" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O93" t="inlineStr"/>
+      <c r="P93" t="inlineStr"/>
+      <c r="Q93" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>ec57133d-7a95-474a-80e0-0a87bb9b2faa</t>
+        </is>
+      </c>
+      <c r="B94" t="n">
+        <v>100.931129</v>
+      </c>
+      <c r="C94" t="n">
+        <v>15.281822</v>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>301.6</v>
+      </c>
+      <c r="G94" t="n">
+        <v>0.779542</v>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I94" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K94" t="inlineStr">
+        <is>
+          <t>Mahapho</t>
+        </is>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>Sa Bot</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O94" t="inlineStr"/>
+      <c r="P94" t="inlineStr"/>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>a2fe9653-1ade-4985-88db-5e0245dc3043</t>
+        </is>
+      </c>
+      <c r="B95" t="n">
+        <v>100.95839</v>
+      </c>
+      <c r="C95" t="n">
+        <v>15.59295</v>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F95" t="n">
+        <v>318.55</v>
+      </c>
+      <c r="G95" t="n">
+        <v>2.47</v>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I95" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O95" t="inlineStr"/>
+      <c r="P95" t="inlineStr"/>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>351be728-4e25-4eeb-89cf-ece822db1b66</t>
+        </is>
+      </c>
+      <c r="B96" t="n">
+        <v>100.959007</v>
+      </c>
+      <c r="C96" t="n">
+        <v>15.593248</v>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F96" t="n">
+        <v>318.55</v>
+      </c>
+      <c r="G96" t="n">
+        <v>2.459441</v>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I96" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K96" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O96" t="inlineStr"/>
+      <c r="P96" t="inlineStr"/>
+      <c r="Q96" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>ad3d6380-5145-4493-92b7-18f448a5cc6d</t>
+        </is>
+      </c>
+      <c r="B97" t="n">
+        <v>100.96248</v>
+      </c>
+      <c r="C97" t="n">
+        <v>15.59225</v>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F97" t="n">
+        <v>327.63</v>
+      </c>
+      <c r="G97" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I97" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J97" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K97" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O97" t="inlineStr"/>
+      <c r="P97" t="inlineStr"/>
+      <c r="Q97" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>df3578f3-6e96-4435-ba3e-9b367b2495a8</t>
+        </is>
+      </c>
+      <c r="B98" t="n">
+        <v>100.963089</v>
+      </c>
+      <c r="C98" t="n">
+        <v>15.592545</v>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F98" t="n">
+        <v>327.63</v>
+      </c>
+      <c r="G98" t="n">
+        <v>2.912431</v>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I98" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J98" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K98" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O98" t="inlineStr"/>
+      <c r="P98" t="inlineStr"/>
+      <c r="Q98" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>c55c94d2-8faa-46ef-ba18-9a5378960bcb</t>
+        </is>
+      </c>
+      <c r="B99" t="n">
+        <v>101.0196</v>
+      </c>
+      <c r="C99" t="n">
+        <v>15.13166</v>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F99" t="n">
+        <v>301.6</v>
+      </c>
+      <c r="G99" t="n">
+        <v>1.34</v>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I99" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K99" t="inlineStr">
+        <is>
+          <t>Khao Laem</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N99" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O99" t="inlineStr"/>
+      <c r="P99" t="inlineStr"/>
+      <c r="Q99" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>3eea4681-8817-4fc4-bbe0-1d84c86eed4a</t>
+        </is>
+      </c>
+      <c r="B100" t="n">
+        <v>101.020256</v>
+      </c>
+      <c r="C100" t="n">
+        <v>15.131945</v>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F100" t="n">
+        <v>301.61</v>
+      </c>
+      <c r="G100" t="n">
+        <v>1.346204</v>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I100" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J100" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K100" t="inlineStr">
+        <is>
+          <t>Huai Hin</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O100" t="inlineStr"/>
+      <c r="P100" t="inlineStr"/>
+      <c r="Q100" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>09de0bdc-bb2b-49e3-8f54-e3313258aa03</t>
+        </is>
+      </c>
+      <c r="B101" t="n">
+        <v>101.02125</v>
+      </c>
+      <c r="C101" t="n">
+        <v>15.4369</v>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>296.5</v>
+      </c>
+      <c r="G101" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I101" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K101" t="inlineStr">
+        <is>
+          <t>Sa Kruat</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>Si Thep</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N101" t="inlineStr"/>
+      <c r="O101" t="inlineStr"/>
+      <c r="P101" t="inlineStr"/>
+      <c r="Q101" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>6397d5e0-14c0-4331-b36d-277b5437d78a</t>
+        </is>
+      </c>
+      <c r="B102" t="n">
+        <v>101.021873</v>
+      </c>
+      <c r="C102" t="n">
+        <v>15.437192</v>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>296.5</v>
+      </c>
+      <c r="G102" t="n">
+        <v>0.479204</v>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I102" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>Sa Kruat</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>Si Thep</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr"/>
+      <c r="O102" t="inlineStr"/>
+      <c r="P102" t="inlineStr"/>
+      <c r="Q102" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>68a4f2ed-65c0-4147-bf7e-6279ac69eb66</t>
+        </is>
+      </c>
+      <c r="B103" t="n">
+        <v>101.03593</v>
+      </c>
+      <c r="C103" t="n">
+        <v>14.73674</v>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F103" t="n">
+        <v>296.71</v>
+      </c>
+      <c r="G103" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I103" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J103" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>Hin Son</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N103" t="inlineStr"/>
+      <c r="O103" t="inlineStr"/>
+      <c r="P103" t="inlineStr"/>
+      <c r="Q103" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>e79a6252-14b3-4b38-bee2-b46cf487bdd1</t>
+        </is>
+      </c>
+      <c r="B104" t="n">
+        <v>101.03639</v>
+      </c>
+      <c r="C104" t="n">
+        <v>14.53344</v>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F104" t="n">
+        <v>303.89</v>
+      </c>
+      <c r="G104" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I104" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J104" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O104" t="inlineStr"/>
+      <c r="P104" t="inlineStr"/>
+      <c r="Q104" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>3f3e1990-dbba-4b15-b325-1cf4a6607e30</t>
+        </is>
+      </c>
+      <c r="B105" t="n">
+        <v>101.036598</v>
+      </c>
+      <c r="C105" t="n">
+        <v>14.737022</v>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F105" t="n">
+        <v>296.71</v>
+      </c>
+      <c r="G105" t="n">
+        <v>0.776483</v>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I105" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J105" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>Hin Son</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr"/>
+      <c r="O105" t="inlineStr"/>
+      <c r="P105" t="inlineStr"/>
+      <c r="Q105" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>0e593795-c0e8-4204-bda2-f225d9816cc4</t>
+        </is>
+      </c>
+      <c r="B106" t="n">
+        <v>101.037025</v>
+      </c>
+      <c r="C106" t="n">
+        <v>14.533731</v>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F106" t="n">
+        <v>303.89</v>
+      </c>
+      <c r="G106" t="n">
+        <v>0.923709</v>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I106" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J106" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O106" t="inlineStr"/>
+      <c r="P106" t="inlineStr"/>
+      <c r="Q106" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>d139ed77-e5ea-4336-95e6-aedd30cfab10</t>
+        </is>
+      </c>
+      <c r="B107" t="n">
+        <v>101.03905</v>
+      </c>
+      <c r="C107" t="n">
+        <v>14.6494</v>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F107" t="n">
+        <v>322.56</v>
+      </c>
+      <c r="G107" t="n">
+        <v>2.36</v>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I107" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J107" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr"/>
+      <c r="O107" t="inlineStr"/>
+      <c r="P107" t="inlineStr"/>
+      <c r="Q107" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>e60683bc-a4fe-45da-a46b-7775515ce199</t>
+        </is>
+      </c>
+      <c r="B108" t="n">
+        <v>101.039551</v>
+      </c>
+      <c r="C108" t="n">
+        <v>14.649611</v>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F108" t="n">
+        <v>322.56</v>
+      </c>
+      <c r="G108" t="n">
+        <v>2.35645</v>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I108" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J108" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr"/>
+      <c r="O108" t="inlineStr"/>
+      <c r="P108" t="inlineStr"/>
+      <c r="Q108" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>1274e15c-199c-4e6d-8a77-ffa633f0c02e</t>
+        </is>
+      </c>
+      <c r="B109" t="n">
+        <v>101.04021</v>
+      </c>
+      <c r="C109" t="n">
+        <v>14.55488</v>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F109" t="n">
+        <v>298.89</v>
+      </c>
+      <c r="G109" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I109" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J109" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr">
+        <is>
+          <t>ป่าเขาพระ</t>
+        </is>
+      </c>
+      <c r="O109" t="inlineStr"/>
+      <c r="P109" t="inlineStr"/>
+      <c r="Q109" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>081ee5bc-0a22-4ed3-8a5c-530520e9e83c</t>
+        </is>
+      </c>
+      <c r="B110" t="n">
+        <v>101.04057</v>
+      </c>
+      <c r="C110" t="n">
+        <v>14.53273</v>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F110" t="n">
+        <v>304.83</v>
+      </c>
+      <c r="G110" t="n">
+        <v>1.27</v>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I110" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O110" t="inlineStr"/>
+      <c r="P110" t="inlineStr"/>
+      <c r="Q110" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>bc21fdd5-f600-4fda-9f9e-5f6ee0e4727d</t>
+        </is>
+      </c>
+      <c r="B111" t="n">
+        <v>101.04084</v>
+      </c>
+      <c r="C111" t="n">
+        <v>14.555171</v>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F111" t="n">
+        <v>298.89</v>
+      </c>
+      <c r="G111" t="n">
+        <v>0.41293</v>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I111" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N111" t="inlineStr">
+        <is>
+          <t>ป่าเขาพระ</t>
+        </is>
+      </c>
+      <c r="O111" t="inlineStr"/>
+      <c r="P111" t="inlineStr"/>
+      <c r="Q111" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>b49c82de-0321-4348-9494-f7cc7004f6a8</t>
+        </is>
+      </c>
+      <c r="B112" t="n">
+        <v>101.041168</v>
+      </c>
+      <c r="C112" t="n">
+        <v>14.533028</v>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F112" t="n">
+        <v>304.84</v>
+      </c>
+      <c r="G112" t="n">
+        <v>1.265884</v>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I112" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J112" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O112" t="inlineStr"/>
+      <c r="P112" t="inlineStr"/>
+      <c r="Q112" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>7db733da-1114-44de-9771-a8fb3c339b12</t>
+        </is>
+      </c>
+      <c r="B113" t="n">
+        <v>101.06153</v>
+      </c>
+      <c r="C113" t="n">
+        <v>13.07933</v>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F113" t="n">
+        <v>326.01</v>
+      </c>
+      <c r="G113" t="n">
+        <v>5.47</v>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I113" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J113" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr"/>
+      <c r="O113" t="inlineStr"/>
+      <c r="P113" t="inlineStr"/>
+      <c r="Q113" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>b9b8a98d-c3de-4858-bed4-74a5bb2105cd</t>
+        </is>
+      </c>
+      <c r="B114" t="n">
+        <v>101.06205</v>
+      </c>
+      <c r="C114" t="n">
+        <v>13.079539</v>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F114" t="n">
+        <v>326.01</v>
+      </c>
+      <c r="G114" t="n">
+        <v>5.497484</v>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I114" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J114" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr"/>
+      <c r="O114" t="inlineStr"/>
+      <c r="P114" t="inlineStr"/>
+      <c r="Q114" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>27cae1f7-dba0-4963-9aae-62f08d810b2a</t>
+        </is>
+      </c>
+      <c r="B115" t="n">
+        <v>101.06586</v>
+      </c>
+      <c r="C115" t="n">
+        <v>13.07859</v>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F115" t="n">
+        <v>338.04</v>
+      </c>
+      <c r="G115" t="n">
+        <v>10.69</v>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I115" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J115" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K115" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr"/>
+      <c r="O115" t="inlineStr"/>
+      <c r="P115" t="inlineStr"/>
+      <c r="Q115" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>eb9c10cf-7560-4536-9b1e-8edbd9dbc915</t>
+        </is>
+      </c>
+      <c r="B116" t="n">
+        <v>101.06636</v>
+      </c>
+      <c r="C116" t="n">
+        <v>13.078795</v>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F116" t="n">
+        <v>338.04</v>
+      </c>
+      <c r="G116" t="n">
+        <v>10.692142</v>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I116" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J116" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K116" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N116" t="inlineStr"/>
+      <c r="O116" t="inlineStr"/>
+      <c r="P116" t="inlineStr"/>
+      <c r="Q116" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>1a5c360e-da7c-47ac-8623-6b075490e803</t>
+        </is>
+      </c>
+      <c r="B117" t="n">
+        <v>101.06647</v>
+      </c>
+      <c r="C117" t="n">
+        <v>13.08224</v>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F117" t="n">
+        <v>335.82</v>
+      </c>
+      <c r="G117" t="n">
+        <v>5.56</v>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I117" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J117" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K117" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr"/>
+      <c r="O117" t="inlineStr"/>
+      <c r="P117" t="inlineStr"/>
+      <c r="Q117" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>bc9baee5-7a4d-47b4-b4e1-a27e9e8541e1</t>
+        </is>
+      </c>
+      <c r="B118" t="n">
+        <v>101.066994</v>
+      </c>
+      <c r="C118" t="n">
+        <v>13.082442</v>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F118" t="n">
+        <v>335.82</v>
+      </c>
+      <c r="G118" t="n">
+        <v>5.577308</v>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I118" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J118" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N118" t="inlineStr"/>
+      <c r="O118" t="inlineStr"/>
+      <c r="P118" t="inlineStr"/>
+      <c r="Q118" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>225817ab-98f2-4554-a1d0-610e4fdf3ca2</t>
+        </is>
+      </c>
+      <c r="B119" t="n">
+        <v>101.07452</v>
+      </c>
+      <c r="C119" t="n">
+        <v>14.63232</v>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F119" t="n">
+        <v>316.23</v>
+      </c>
+      <c r="G119" t="n">
+        <v>2.46</v>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I119" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J119" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K119" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N119" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O119" t="inlineStr"/>
+      <c r="P119" t="inlineStr"/>
+      <c r="Q119" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>939419db-3cdf-4a07-a570-a5a1d45368c8</t>
+        </is>
+      </c>
+      <c r="B120" t="n">
+        <v>101.075027</v>
+      </c>
+      <c r="C120" t="n">
+        <v>14.632527</v>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F120" t="n">
+        <v>316.24</v>
+      </c>
+      <c r="G120" t="n">
+        <v>2.476441</v>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I120" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J120" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K120" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N120" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O120" t="inlineStr"/>
+      <c r="P120" t="inlineStr"/>
+      <c r="Q120" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>d5eaee36-3131-4d78-af82-0bd2883a274e</t>
+        </is>
+      </c>
+      <c r="B121" t="n">
+        <v>101.08318</v>
+      </c>
+      <c r="C121" t="n">
+        <v>13.04929</v>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F121" t="n">
+        <v>329.06</v>
+      </c>
+      <c r="G121" t="n">
+        <v>5.38</v>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I121" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J121" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K121" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N121" t="inlineStr"/>
+      <c r="O121" t="inlineStr"/>
+      <c r="P121" t="inlineStr"/>
+      <c r="Q121" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>ed10cecb-5cc9-40a7-8952-ad7034c4ca17</t>
+        </is>
+      </c>
+      <c r="B122" t="n">
+        <v>101.083702</v>
+      </c>
+      <c r="C122" t="n">
+        <v>13.049491</v>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F122" t="n">
+        <v>329.06</v>
+      </c>
+      <c r="G122" t="n">
+        <v>5.382676</v>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I122" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J122" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K122" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L122" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M122" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N122" t="inlineStr"/>
+      <c r="O122" t="inlineStr"/>
+      <c r="P122" t="inlineStr"/>
+      <c r="Q122" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>f50f6b48-76d1-44a7-a7f2-9dd21ef7eab9</t>
+        </is>
+      </c>
+      <c r="B123" t="n">
+        <v>101.11403</v>
+      </c>
+      <c r="C123" t="n">
+        <v>15.25378</v>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F123" t="n">
+        <v>301.51</v>
+      </c>
+      <c r="G123" t="n">
+        <v>0.85</v>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I123" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J123" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K123" t="inlineStr">
+        <is>
+          <t>Nikhom Lam Narai</t>
+        </is>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M123" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr"/>
+      <c r="O123" t="inlineStr"/>
+      <c r="P123" t="inlineStr"/>
+      <c r="Q123" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>db72be92-9bff-4fc8-a1c3-89e33e7f0c7a</t>
+        </is>
+      </c>
+      <c r="B124" t="n">
+        <v>101.114532</v>
+      </c>
+      <c r="C124" t="n">
+        <v>15.253996</v>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F124" t="n">
+        <v>301.51</v>
+      </c>
+      <c r="G124" t="n">
+        <v>0.854349</v>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I124" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J124" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K124" t="inlineStr">
+        <is>
+          <t>Nikhom Lam Narai</t>
+        </is>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N124" t="inlineStr"/>
+      <c r="O124" t="inlineStr"/>
+      <c r="P124" t="inlineStr"/>
+      <c r="Q124" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>a0849d48-b665-4dbf-8e44-b16d4bc5a580</t>
+        </is>
+      </c>
+      <c r="B125" t="n">
+        <v>101.11592</v>
+      </c>
+      <c r="C125" t="n">
+        <v>14.98146</v>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F125" t="n">
+        <v>305.9</v>
+      </c>
+      <c r="G125" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I125" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J125" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K125" t="inlineStr">
+        <is>
+          <t>Manao Wan</t>
+        </is>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>Phatthana Nikhom</t>
+        </is>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr"/>
+      <c r="O125" t="inlineStr"/>
+      <c r="P125" t="inlineStr"/>
+      <c r="Q125" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>dee5369c-c4a5-45be-af5c-e14f25b6b56a</t>
+        </is>
+      </c>
+      <c r="B126" t="n">
+        <v>101.116554</v>
+      </c>
+      <c r="C126" t="n">
+        <v>14.98175</v>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F126" t="n">
+        <v>305.91</v>
+      </c>
+      <c r="G126" t="n">
+        <v>0.910776</v>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I126" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J126" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K126" t="inlineStr">
+        <is>
+          <t>Manao Wan</t>
+        </is>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>Phatthana Nikhom</t>
+        </is>
+      </c>
+      <c r="M126" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N126" t="inlineStr"/>
+      <c r="O126" t="inlineStr"/>
+      <c r="P126" t="inlineStr"/>
+      <c r="Q126" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>e45e1ee8-ece1-4212-888e-03f7ffebee85</t>
+        </is>
+      </c>
+      <c r="B127" t="n">
+        <v>101.16923</v>
+      </c>
+      <c r="C127" t="n">
+        <v>15.30916</v>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F127" t="n">
+        <v>300.8</v>
+      </c>
+      <c r="G127" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I127" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J127" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K127" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr"/>
+      <c r="O127" t="inlineStr"/>
+      <c r="P127" t="inlineStr"/>
+      <c r="Q127" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>8c6cc8f3-3f77-4a33-a9a7-89d6c05d9582</t>
+        </is>
+      </c>
+      <c r="B128" t="n">
+        <v>101.16975</v>
+      </c>
+      <c r="C128" t="n">
+        <v>15.31274</v>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F128" t="n">
+        <v>314.79</v>
+      </c>
+      <c r="G128" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I128" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J128" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K128" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N128" t="inlineStr"/>
+      <c r="O128" t="inlineStr"/>
+      <c r="P128" t="inlineStr"/>
+      <c r="Q128" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>2cd7f1df-d09b-4221-80d8-41cc0900cde4</t>
+        </is>
+      </c>
+      <c r="B129" t="n">
+        <v>101.169861</v>
+      </c>
+      <c r="C129" t="n">
+        <v>15.309447</v>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F129" t="n">
+        <v>300.8</v>
+      </c>
+      <c r="G129" t="n">
+        <v>1.406573</v>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I129" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J129" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L129" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr"/>
+      <c r="O129" t="inlineStr"/>
+      <c r="P129" t="inlineStr"/>
+      <c r="Q129" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>ce76ae80-f48e-4abb-bb72-59ef9d12c6d2</t>
+        </is>
+      </c>
+      <c r="B130" t="n">
+        <v>101.170418</v>
+      </c>
+      <c r="C130" t="n">
+        <v>15.313025</v>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F130" t="n">
+        <v>314.79</v>
+      </c>
+      <c r="G130" t="n">
+        <v>1.406573</v>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I130" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J130" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K130" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M130" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N130" t="inlineStr"/>
+      <c r="O130" t="inlineStr"/>
+      <c r="P130" t="inlineStr"/>
+      <c r="Q130" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>5370b951-abd6-4e87-8b4f-92125799bd2b</t>
+        </is>
+      </c>
+      <c r="B131" t="n">
+        <v>101.22183</v>
+      </c>
+      <c r="C131" t="n">
+        <v>15.6099</v>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F131" t="n">
+        <v>295.28</v>
+      </c>
+      <c r="G131" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I131" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J131" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K131" t="inlineStr">
+        <is>
+          <t>Bo Rang</t>
+        </is>
+      </c>
+      <c r="L131" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N131" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งซ้ายแม่น้ำป่าสัก</t>
+        </is>
+      </c>
+      <c r="O131" t="inlineStr"/>
+      <c r="P131" t="inlineStr"/>
+      <c r="Q131" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>64985882-ab66-4312-ab3e-ef2c2c8322a5</t>
+        </is>
+      </c>
+      <c r="B132" t="n">
+        <v>101.222458</v>
+      </c>
+      <c r="C132" t="n">
+        <v>15.610189</v>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F132" t="n">
+        <v>295.28</v>
+      </c>
+      <c r="G132" t="n">
+        <v>0.44633</v>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I132" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J132" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K132" t="inlineStr">
+        <is>
+          <t>Bo Rang</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M132" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N132" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งซ้ายแม่น้ำป่าสัก</t>
+        </is>
+      </c>
+      <c r="O132" t="inlineStr"/>
+      <c r="P132" t="inlineStr"/>
+      <c r="Q132" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>573eba16-0df6-41b1-b7c9-ae75b01536bd</t>
+        </is>
+      </c>
+      <c r="B133" t="n">
+        <v>101.31955</v>
+      </c>
+      <c r="C133" t="n">
+        <v>13.24512</v>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F133" t="n">
+        <v>324.06</v>
+      </c>
+      <c r="G133" t="n">
+        <v>3.02</v>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I133" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J133" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K133" t="inlineStr">
+        <is>
+          <t>Nong I Run</t>
+        </is>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>Ban Bueng</t>
+        </is>
+      </c>
+      <c r="M133" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N133" t="inlineStr"/>
+      <c r="O133" t="inlineStr"/>
+      <c r="P133" t="inlineStr"/>
+      <c r="Q133" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>eee7d699-d0da-4f62-8f75-bd287a3e3951</t>
+        </is>
+      </c>
+      <c r="B134" t="n">
+        <v>101.320084</v>
+      </c>
+      <c r="C134" t="n">
+        <v>13.245323</v>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F134" t="n">
+        <v>324.06</v>
+      </c>
+      <c r="G134" t="n">
+        <v>3.011036</v>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I134" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J134" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K134" t="inlineStr">
+        <is>
+          <t>Nong I Run</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>Ban Bueng</t>
+        </is>
+      </c>
+      <c r="M134" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N134" t="inlineStr"/>
+      <c r="O134" t="inlineStr"/>
+      <c r="P134" t="inlineStr"/>
+      <c r="Q134" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>a842d545-8f54-4de0-b60c-2e03c819bb6c</t>
+        </is>
+      </c>
+      <c r="B135" t="n">
+        <v>101.49012</v>
+      </c>
+      <c r="C135" t="n">
+        <v>16.17373</v>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F135" t="n">
+        <v>316.95</v>
+      </c>
+      <c r="G135" t="n">
+        <v>1.82</v>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I135" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J135" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K135" t="inlineStr">
+        <is>
+          <t>Wang Chomphu</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr"/>
+      <c r="O135" t="inlineStr"/>
+      <c r="P135" t="inlineStr"/>
+      <c r="Q135" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>7a8953c1-9d8b-4c6f-bdd9-92834f94787a</t>
+        </is>
+      </c>
+      <c r="B136" t="n">
+        <v>101.490746</v>
+      </c>
+      <c r="C136" t="n">
+        <v>16.174025</v>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F136" t="n">
+        <v>316.95</v>
+      </c>
+      <c r="G136" t="n">
+        <v>1.826423</v>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I136" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J136" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K136" t="inlineStr">
+        <is>
+          <t>Wang Chomphu</t>
+        </is>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M136" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N136" t="inlineStr"/>
+      <c r="O136" t="inlineStr"/>
+      <c r="P136" t="inlineStr"/>
+      <c r="Q136" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>7cb85822-e6c4-401b-a3f3-eb3020603a82</t>
+        </is>
+      </c>
+      <c r="B137" t="n">
+        <v>101.512</v>
+      </c>
+      <c r="C137" t="n">
+        <v>17.39153</v>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F137" t="n">
+        <v>300.08</v>
+      </c>
+      <c r="G137" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I137" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J137" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K137" t="inlineStr">
+        <is>
+          <t>Tha Sala</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>Phu Ruea</t>
+        </is>
+      </c>
+      <c r="M137" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N137" t="inlineStr">
+        <is>
+          <t>ป่าโคกภูเหล็ก</t>
+        </is>
+      </c>
+      <c r="O137" t="inlineStr">
+        <is>
+          <t>Phu Luang</t>
+        </is>
+      </c>
+      <c r="P137" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดเลย</t>
+        </is>
+      </c>
+      <c r="Q137" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>124cd11b-bda3-4c0c-b848-325253168644</t>
+        </is>
+      </c>
+      <c r="B138" t="n">
+        <v>101.512459</v>
+      </c>
+      <c r="C138" t="n">
+        <v>17.391752</v>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F138" t="n">
+        <v>300.08</v>
+      </c>
+      <c r="G138" t="n">
+        <v>0.405662</v>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I138" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J138" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>Tha Sala</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>Phu Ruea</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>ป่าโคกภูเหล็ก</t>
+        </is>
+      </c>
+      <c r="O138" t="inlineStr">
+        <is>
+          <t>Phu Luang</t>
+        </is>
+      </c>
+      <c r="P138" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดเลย</t>
+        </is>
+      </c>
+      <c r="Q138" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>b3da2147-47f2-4188-a417-2d14d6ef30e0</t>
+        </is>
+      </c>
+      <c r="B139" t="n">
+        <v>101.53063</v>
+      </c>
+      <c r="C139" t="n">
+        <v>15.81741</v>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F139" t="n">
+        <v>299.49</v>
+      </c>
+      <c r="G139" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I139" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J139" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>Wang Takhe</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>Nong Bua Rawe</t>
+        </is>
+      </c>
+      <c r="M139" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N139" t="inlineStr">
+        <is>
+          <t>ป่านายางกลัก</t>
+        </is>
+      </c>
+      <c r="O139" t="inlineStr"/>
+      <c r="P139" t="inlineStr"/>
+      <c r="Q139" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>4f1d7c11-a167-4499-86e4-af6a3efda0e5</t>
+        </is>
+      </c>
+      <c r="B140" t="n">
+        <v>101.531151</v>
+      </c>
+      <c r="C140" t="n">
+        <v>15.817618</v>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F140" t="n">
+        <v>299.49</v>
+      </c>
+      <c r="G140" t="n">
+        <v>0.542387</v>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I140" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J140" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K140" t="inlineStr">
+        <is>
+          <t>Wang Takhe</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>Nong Bua Rawe</t>
+        </is>
+      </c>
+      <c r="M140" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N140" t="inlineStr">
+        <is>
+          <t>ป่านายางกลัก</t>
+        </is>
+      </c>
+      <c r="O140" t="inlineStr"/>
+      <c r="P140" t="inlineStr"/>
+      <c r="Q140" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>85b4fd7c-8f3e-4fd0-bd44-697e10da3516</t>
+        </is>
+      </c>
+      <c r="B141" t="n">
+        <v>101.54478</v>
+      </c>
+      <c r="C141" t="n">
+        <v>15.15306</v>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F141" t="n">
+        <v>301.64</v>
+      </c>
+      <c r="G141" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I141" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J141" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K141" t="inlineStr">
+        <is>
+          <t>Huai Bong</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M141" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N141" t="inlineStr"/>
+      <c r="O141" t="inlineStr"/>
+      <c r="P141" t="inlineStr"/>
+      <c r="Q141" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>27e6f682-82a6-45a6-a73b-4982f98dd18f</t>
+        </is>
+      </c>
+      <c r="B142" t="n">
+        <v>101.545311</v>
+      </c>
+      <c r="C142" t="n">
+        <v>15.153261</v>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F142" t="n">
+        <v>301.64</v>
+      </c>
+      <c r="G142" t="n">
+        <v>0.865802</v>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I142" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J142" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K142" t="inlineStr">
+        <is>
+          <t>Huai Bong</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M142" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N142" t="inlineStr"/>
+      <c r="O142" t="inlineStr"/>
+      <c r="P142" t="inlineStr"/>
+      <c r="Q142" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>96c739e3-cb3e-4d46-aa17-dbde01b300f2</t>
+        </is>
+      </c>
+      <c r="B143" t="n">
+        <v>101.67519</v>
+      </c>
+      <c r="C143" t="n">
+        <v>15.00962</v>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F143" t="n">
+        <v>298.05</v>
+      </c>
+      <c r="G143" t="n">
+        <v>0.5600000000000001</v>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I143" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J143" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K143" t="inlineStr">
+        <is>
+          <t>Kritsana</t>
+        </is>
+      </c>
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>Sikhio</t>
+        </is>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr"/>
+      <c r="O143" t="inlineStr"/>
+      <c r="P143" t="inlineStr"/>
+      <c r="Q143" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>b7add1d1-7136-4183-ad6e-c14ec5da8f60</t>
+        </is>
+      </c>
+      <c r="B144" t="n">
+        <v>101.675873</v>
+      </c>
+      <c r="C144" t="n">
+        <v>15.009901</v>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F144" t="n">
+        <v>298.06</v>
+      </c>
+      <c r="G144" t="n">
+        <v>0.545232</v>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I144" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J144" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>Wang Rong Yai</t>
+        </is>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>Sikhio</t>
+        </is>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N144" t="inlineStr"/>
+      <c r="O144" t="inlineStr"/>
+      <c r="P144" t="inlineStr"/>
+      <c r="Q144" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>ddbb4cc9-b83d-4529-a69a-98ba1155f4d6</t>
+        </is>
+      </c>
+      <c r="B145" t="n">
+        <v>101.93343</v>
+      </c>
+      <c r="C145" t="n">
+        <v>12.71379</v>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F145" t="n">
+        <v>307.23</v>
+      </c>
+      <c r="G145" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I145" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J145" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K145" t="inlineStr">
+        <is>
+          <t>Wang Tanot</t>
+        </is>
+      </c>
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>Na Yai Am</t>
+        </is>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>Chanthaburi</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr"/>
+      <c r="O145" t="inlineStr"/>
+      <c r="P145" t="inlineStr"/>
+      <c r="Q145" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>627c87e5-767e-4cef-812e-8c48d97e25e8</t>
+        </is>
+      </c>
+      <c r="B146" t="n">
+        <v>101.934013</v>
+      </c>
+      <c r="C146" t="n">
+        <v>12.713974</v>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F146" t="n">
+        <v>307.23</v>
+      </c>
+      <c r="G146" t="n">
+        <v>0.865729</v>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I146" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J146" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K146" t="inlineStr">
+        <is>
+          <t>Wang Tanot</t>
+        </is>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>Na Yai Am</t>
+        </is>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>Chanthaburi</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr"/>
+      <c r="O146" t="inlineStr"/>
+      <c r="P146" t="inlineStr"/>
+      <c r="Q146" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>610df83f-1055-4cef-b8f0-cb7db06489e9</t>
+        </is>
+      </c>
+      <c r="B147" t="n">
+        <v>102.04864</v>
+      </c>
+      <c r="C147" t="n">
+        <v>16.97884</v>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F147" t="n">
+        <v>297.16</v>
+      </c>
+      <c r="G147" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I147" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J147" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K147" t="inlineStr">
+        <is>
+          <t>Non Po Daeng</t>
+        </is>
+      </c>
+      <c r="L147" t="inlineStr">
+        <is>
+          <t>Pha Khao</t>
+        </is>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N147" t="inlineStr">
+        <is>
+          <t>ป่าห้วยส้ม และป่าภูผาแดง</t>
+        </is>
+      </c>
+      <c r="O147" t="inlineStr"/>
+      <c r="P147" t="inlineStr"/>
+      <c r="Q147" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>6056d479-37f5-407e-af57-3cae78226a9f</t>
+        </is>
+      </c>
+      <c r="B148" t="n">
+        <v>102.049316</v>
+      </c>
+      <c r="C148" t="n">
+        <v>16.97912</v>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F148" t="n">
+        <v>297.16</v>
+      </c>
+      <c r="G148" t="n">
+        <v>0.908466</v>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I148" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J148" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K148" t="inlineStr">
+        <is>
+          <t>Non Po Daeng</t>
+        </is>
+      </c>
+      <c r="L148" t="inlineStr">
+        <is>
+          <t>Pha Khao</t>
+        </is>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N148" t="inlineStr">
+        <is>
+          <t>ป่าห้วยส้ม และป่าภูผาแดง</t>
+        </is>
+      </c>
+      <c r="O148" t="inlineStr"/>
+      <c r="P148" t="inlineStr"/>
+      <c r="Q148" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>0bdc3817-2374-47cb-87d0-9084c96cf41b</t>
+        </is>
+      </c>
+      <c r="B149" t="n">
+        <v>102.05146</v>
+      </c>
+      <c r="C149" t="n">
+        <v>17.07249</v>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F149" t="n">
+        <v>301.35</v>
+      </c>
+      <c r="G149" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I149" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J149" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K149" t="inlineStr">
+        <is>
+          <t>Non Po Daeng</t>
+        </is>
+      </c>
+      <c r="L149" t="inlineStr">
+        <is>
+          <t>Pha Khao</t>
+        </is>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N149" t="inlineStr">
+        <is>
+          <t>ป่าภูผาขาว และป่าภูผายา</t>
+        </is>
+      </c>
+      <c r="O149" t="inlineStr"/>
+      <c r="P149" t="inlineStr"/>
+      <c r="Q149" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>eab3509a-4ac9-44ab-9f31-7d1e7eb757bb</t>
+        </is>
+      </c>
+      <c r="B150" t="n">
+        <v>102.051994</v>
+      </c>
+      <c r="C150" t="n">
+        <v>17.072695</v>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F150" t="n">
+        <v>301.36</v>
+      </c>
+      <c r="G150" t="n">
+        <v>0.920639</v>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I150" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J150" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>Non Po Daeng</t>
+        </is>
+      </c>
+      <c r="L150" t="inlineStr">
+        <is>
+          <t>Pha Khao</t>
+        </is>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr">
+        <is>
+          <t>ป่าภูผาขาว และป่าภูผายา</t>
+        </is>
+      </c>
+      <c r="O150" t="inlineStr"/>
+      <c r="P150" t="inlineStr"/>
+      <c r="Q150" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>bd5ad406-05d9-447b-b5e6-abc956715c3c</t>
+        </is>
+      </c>
+      <c r="B151" t="n">
+        <v>102.07488</v>
+      </c>
+      <c r="C151" t="n">
+        <v>18.10739</v>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F151" t="n">
+        <v>300.31</v>
+      </c>
+      <c r="G151" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I151" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J151" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K151" t="inlineStr">
+        <is>
+          <t>Na Ngio</t>
+        </is>
+      </c>
+      <c r="L151" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O151" t="inlineStr"/>
+      <c r="P151" t="inlineStr"/>
+      <c r="Q151" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>e74ad2aa-7c5e-4873-bbf6-9e674afb116b</t>
+        </is>
+      </c>
+      <c r="B152" t="n">
+        <v>102.075356</v>
+      </c>
+      <c r="C152" t="n">
+        <v>18.107607</v>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F152" t="n">
+        <v>300.31</v>
+      </c>
+      <c r="G152" t="n">
+        <v>0.714314</v>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I152" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J152" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K152" t="inlineStr">
+        <is>
+          <t>Na Ngio</t>
+        </is>
+      </c>
+      <c r="L152" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O152" t="inlineStr"/>
+      <c r="P152" t="inlineStr"/>
+      <c r="Q152" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>b3ccb669-530f-4837-98fd-c6a0c85238e5</t>
+        </is>
+      </c>
+      <c r="B153" t="n">
+        <v>102.13227</v>
+      </c>
+      <c r="C153" t="n">
+        <v>17.2276</v>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F153" t="n">
+        <v>300.92</v>
+      </c>
+      <c r="G153" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I153" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J153" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K153" t="inlineStr">
+        <is>
+          <t>Uthai Sawan</t>
+        </is>
+      </c>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>Na Klang</t>
+        </is>
+      </c>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N153" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr"/>
+      <c r="P153" t="inlineStr"/>
+      <c r="Q153" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>1fc2b26e-1c31-4929-8b3e-ad834ae27b90</t>
+        </is>
+      </c>
+      <c r="B154" t="n">
+        <v>102.132805</v>
+      </c>
+      <c r="C154" t="n">
+        <v>17.227802</v>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F154" t="n">
+        <v>300.92</v>
+      </c>
+      <c r="G154" t="n">
+        <v>0.800887</v>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I154" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J154" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>Uthai Sawan</t>
+        </is>
+      </c>
+      <c r="L154" t="inlineStr">
+        <is>
+          <t>Na Klang</t>
+        </is>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O154" t="inlineStr"/>
+      <c r="P154" t="inlineStr"/>
+      <c r="Q154" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>cd611519-75a0-4879-9574-a41bf5571c92</t>
+        </is>
+      </c>
+      <c r="B155" t="n">
+        <v>102.23556</v>
+      </c>
+      <c r="C155" t="n">
+        <v>17.01745</v>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F155" t="n">
+        <v>295.64</v>
+      </c>
+      <c r="G155" t="n">
+        <v>0.43</v>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I155" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J155" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K155" t="inlineStr">
+        <is>
+          <t>Kut Sathian</t>
+        </is>
+      </c>
+      <c r="L155" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr"/>
+      <c r="O155" t="inlineStr"/>
+      <c r="P155" t="inlineStr"/>
+      <c r="Q155" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>b9157b59-b631-4d07-8e27-dca07cf607ae</t>
+        </is>
+      </c>
+      <c r="B156" t="n">
+        <v>102.236092</v>
+      </c>
+      <c r="C156" t="n">
+        <v>17.017647</v>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F156" t="n">
+        <v>295.64</v>
+      </c>
+      <c r="G156" t="n">
+        <v>0.436167</v>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I156" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J156" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K156" t="inlineStr">
+        <is>
+          <t>Kut Sathian</t>
+        </is>
+      </c>
+      <c r="L156" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr"/>
+      <c r="O156" t="inlineStr"/>
+      <c r="P156" t="inlineStr"/>
+      <c r="Q156" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>439d4cbb-2730-4872-a68b-10fc44ddf67e</t>
+        </is>
+      </c>
+      <c r="B157" t="n">
+        <v>102.24338</v>
+      </c>
+      <c r="C157" t="n">
+        <v>13.5068</v>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F157" t="n">
+        <v>304.87</v>
+      </c>
+      <c r="G157" t="n">
+        <v>0.74</v>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I157" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J157" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K157" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L157" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O157" t="inlineStr"/>
+      <c r="P157" t="inlineStr"/>
+      <c r="Q157" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>20e51fd8-abe7-4899-acf3-f6a6c54fb36d</t>
+        </is>
+      </c>
+      <c r="B158" t="n">
+        <v>102.24398</v>
+      </c>
+      <c r="C158" t="n">
+        <v>13.506982</v>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F158" t="n">
+        <v>304.87</v>
+      </c>
+      <c r="G158" t="n">
+        <v>0.751338</v>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I158" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J158" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O158" t="inlineStr"/>
+      <c r="P158" t="inlineStr"/>
+      <c r="Q158" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>c2c54a87-3301-4be6-9a09-595b74b89097</t>
+        </is>
+      </c>
+      <c r="B159" t="n">
+        <v>102.25475</v>
+      </c>
+      <c r="C159" t="n">
+        <v>13.51277</v>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F159" t="n">
+        <v>295.76</v>
+      </c>
+      <c r="G159" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:04:00</t>
+        </is>
+      </c>
+      <c r="I159" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J159" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K159" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L159" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr"/>
+      <c r="P159" t="inlineStr"/>
+      <c r="Q159" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>e06869d8-6a23-4616-98cb-7aeb09654424</t>
+        </is>
+      </c>
+      <c r="B160" t="n">
+        <v>102.255356</v>
+      </c>
+      <c r="C160" t="n">
+        <v>13.512947</v>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F160" t="n">
+        <v>295.76</v>
+      </c>
+      <c r="G160" t="n">
+        <v>0.523313</v>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I160" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J160" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K160" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L160" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O160" t="inlineStr"/>
+      <c r="P160" t="inlineStr"/>
+      <c r="Q160" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>9b2ac59c-ba53-43d2-9da2-a83b4ea4ad61</t>
+        </is>
+      </c>
+      <c r="B161" t="n">
+        <v>102.25705</v>
+      </c>
+      <c r="C161" t="n">
+        <v>17.99941</v>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F161" t="n">
+        <v>306.7</v>
+      </c>
+      <c r="G161" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I161" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J161" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K161" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L161" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr"/>
+      <c r="O161" t="inlineStr"/>
+      <c r="P161" t="inlineStr"/>
+      <c r="Q161" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>98edc8ba-444f-4b48-b7f3-2651a2e5e50b</t>
+        </is>
+      </c>
+      <c r="B162" t="n">
+        <v>102.257729</v>
+      </c>
+      <c r="C162" t="n">
+        <v>17.999687</v>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F162" t="n">
+        <v>306.7</v>
+      </c>
+      <c r="G162" t="n">
+        <v>1.022661</v>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I162" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J162" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K162" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L162" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr"/>
+      <c r="O162" t="inlineStr"/>
+      <c r="P162" t="inlineStr"/>
+      <c r="Q162" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>a5db6426-abbd-48e7-986c-c3d729cff59f</t>
+        </is>
+      </c>
+      <c r="B163" t="n">
+        <v>102.26177</v>
+      </c>
+      <c r="C163" t="n">
+        <v>15.01824</v>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F163" t="n">
+        <v>297.86</v>
+      </c>
+      <c r="G163" t="n">
+        <v>1</v>
+      </c>
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I163" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J163" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>Tha Chang</t>
+        </is>
+      </c>
+      <c r="L163" t="inlineStr">
+        <is>
+          <t>Chaloem Phra Kiat</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr"/>
+      <c r="O163" t="inlineStr"/>
+      <c r="P163" t="inlineStr"/>
+      <c r="Q163" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>f7b22d24-18d0-4902-b2f8-27673ab1157d</t>
+        </is>
+      </c>
+      <c r="B164" t="n">
+        <v>102.262344</v>
+      </c>
+      <c r="C164" t="n">
+        <v>15.018421</v>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F164" t="n">
+        <v>297.87</v>
+      </c>
+      <c r="G164" t="n">
+        <v>0.992639</v>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I164" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J164" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>Tha Chang</t>
+        </is>
+      </c>
+      <c r="L164" t="inlineStr">
+        <is>
+          <t>Chaloem Phra Kiat</t>
+        </is>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr"/>
+      <c r="O164" t="inlineStr"/>
+      <c r="P164" t="inlineStr"/>
+      <c r="Q164" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>f5624bda-e476-4343-85ef-b982265ab98d</t>
+        </is>
+      </c>
+      <c r="B165" t="n">
+        <v>102.2784</v>
+      </c>
+      <c r="C165" t="n">
+        <v>15.68924</v>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F165" t="n">
+        <v>313.23</v>
+      </c>
+      <c r="G165" t="n">
+        <v>1.19</v>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I165" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J165" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>Bueng Phalai</t>
+        </is>
+      </c>
+      <c r="L165" t="inlineStr">
+        <is>
+          <t>Kaeng Sanam Nang</t>
+        </is>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr">
+        <is>
+          <t>ป่าโคกหลวง</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr"/>
+      <c r="P165" t="inlineStr"/>
+      <c r="Q165" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>5a4de515-eae8-460d-a23c-0290ad53e1df</t>
+        </is>
+      </c>
+      <c r="B166" t="n">
+        <v>102.278961</v>
+      </c>
+      <c r="C166" t="n">
+        <v>15.689425</v>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F166" t="n">
+        <v>313.23</v>
+      </c>
+      <c r="G166" t="n">
+        <v>1.177932</v>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I166" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J166" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>Bueng Phalai</t>
+        </is>
+      </c>
+      <c r="L166" t="inlineStr">
+        <is>
+          <t>Kaeng Sanam Nang</t>
+        </is>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr">
+        <is>
+          <t>ป่าโคกหลวง</t>
+        </is>
+      </c>
+      <c r="O166" t="inlineStr"/>
+      <c r="P166" t="inlineStr"/>
+      <c r="Q166" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>790c9cb1-59bb-40a7-ac70-00e873c4d1dd</t>
+        </is>
+      </c>
+      <c r="B167" t="n">
+        <v>102.30276</v>
+      </c>
+      <c r="C167" t="n">
+        <v>18.02887</v>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F167" t="n">
+        <v>295.33</v>
+      </c>
+      <c r="G167" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I167" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J167" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L167" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr"/>
+      <c r="P167" t="inlineStr"/>
+      <c r="Q167" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>7da59542-059c-4ae0-b720-e1a788df10eb</t>
+        </is>
+      </c>
+      <c r="B168" t="n">
+        <v>102.303436</v>
+      </c>
+      <c r="C168" t="n">
+        <v>18.029158</v>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F168" t="n">
+        <v>295.33</v>
+      </c>
+      <c r="G168" t="n">
+        <v>0.413935</v>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I168" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J168" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L168" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr"/>
+      <c r="P168" t="inlineStr"/>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>ed58afb5-7950-4207-b1f0-9f501b487285</t>
+        </is>
+      </c>
+      <c r="B169" t="n">
+        <v>102.34602</v>
+      </c>
+      <c r="C169" t="n">
+        <v>16.97876</v>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F169" t="n">
+        <v>295.32</v>
+      </c>
+      <c r="G169" t="n">
+        <v>0.38</v>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I169" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J169" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>Pa Mai Ngam</t>
+        </is>
+      </c>
+      <c r="L169" t="inlineStr">
+        <is>
+          <t>Mueang Nongbua Lamphu</t>
+        </is>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N169" t="inlineStr"/>
+      <c r="O169" t="inlineStr"/>
+      <c r="P169" t="inlineStr"/>
+      <c r="Q169" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>e4e0b798-a090-47d6-abbd-e9aeeebefe0d</t>
+        </is>
+      </c>
+      <c r="B170" t="n">
+        <v>102.346573</v>
+      </c>
+      <c r="C170" t="n">
+        <v>16.978954</v>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F170" t="n">
+        <v>295.32</v>
+      </c>
+      <c r="G170" t="n">
+        <v>0.370321</v>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I170" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J170" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>Pa Mai Ngam</t>
+        </is>
+      </c>
+      <c r="L170" t="inlineStr">
+        <is>
+          <t>Mueang Nongbua Lamphu</t>
+        </is>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N170" t="inlineStr"/>
+      <c r="O170" t="inlineStr"/>
+      <c r="P170" t="inlineStr"/>
+      <c r="Q170" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>bf25aae2-256b-4b40-9be2-01faf7282f3f</t>
+        </is>
+      </c>
+      <c r="B171" t="n">
+        <v>102.76656</v>
+      </c>
+      <c r="C171" t="n">
+        <v>14.88653</v>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F171" t="n">
+        <v>296.83</v>
+      </c>
+      <c r="G171" t="n">
+        <v>0.74</v>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I171" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J171" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>Thai Samakkhi</t>
+        </is>
+      </c>
+      <c r="L171" t="inlineStr">
+        <is>
+          <t>Nong Hong</t>
+        </is>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N171" t="inlineStr"/>
+      <c r="O171" t="inlineStr"/>
+      <c r="P171" t="inlineStr"/>
+      <c r="Q171" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>8fa9ca56-c150-4b52-8107-f2c2961e4692</t>
+        </is>
+      </c>
+      <c r="B172" t="n">
+        <v>102.767342</v>
+      </c>
+      <c r="C172" t="n">
+        <v>14.886792</v>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F172" t="n">
+        <v>296.84</v>
+      </c>
+      <c r="G172" t="n">
+        <v>0.756766</v>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I172" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J172" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>Thai Samakkhi</t>
+        </is>
+      </c>
+      <c r="L172" t="inlineStr">
+        <is>
+          <t>Nong Hong</t>
+        </is>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N172" t="inlineStr"/>
+      <c r="O172" t="inlineStr"/>
+      <c r="P172" t="inlineStr"/>
+      <c r="Q172" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>8cd78a4c-d517-4f6f-9406-5f72084c9ab2</t>
+        </is>
+      </c>
+      <c r="B173" t="n">
+        <v>102.7919</v>
+      </c>
+      <c r="C173" t="n">
+        <v>17.12072</v>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F173" t="n">
+        <v>299.65</v>
+      </c>
+      <c r="G173" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I173" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J173" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L173" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O173" t="inlineStr"/>
+      <c r="P173" t="inlineStr"/>
+      <c r="Q173" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>5f922edb-3d15-4dc9-9f52-aa2aadac5d25</t>
+        </is>
+      </c>
+      <c r="B174" t="n">
+        <v>102.79248</v>
+      </c>
+      <c r="C174" t="n">
+        <v>17.120907</v>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F174" t="n">
+        <v>299.65</v>
+      </c>
+      <c r="G174" t="n">
+        <v>0.597998</v>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I174" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J174" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N174" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O174" t="inlineStr"/>
+      <c r="P174" t="inlineStr"/>
+      <c r="Q174" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>36eb73b9-6069-4191-910c-be06a1e059ce</t>
+        </is>
+      </c>
+      <c r="B175" t="n">
+        <v>103.02132</v>
+      </c>
+      <c r="C175" t="n">
+        <v>16.73956</v>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F175" t="n">
+        <v>309.34</v>
+      </c>
+      <c r="G175" t="n">
+        <v>1.43</v>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I175" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J175" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>Nong No</t>
+        </is>
+      </c>
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N175" t="inlineStr"/>
+      <c r="O175" t="inlineStr"/>
+      <c r="P175" t="inlineStr"/>
+      <c r="Q175" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>b933a0da-5cff-4a06-9a38-4801d93c20c2</t>
+        </is>
+      </c>
+      <c r="B176" t="n">
+        <v>103.022079</v>
+      </c>
+      <c r="C176" t="n">
+        <v>16.739819</v>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F176" t="n">
+        <v>309.34</v>
+      </c>
+      <c r="G176" t="n">
+        <v>1.426668</v>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I176" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>Nong No</t>
+        </is>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N176" t="inlineStr"/>
+      <c r="O176" t="inlineStr"/>
+      <c r="P176" t="inlineStr"/>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>afa4d557-1d29-4bba-9d8a-4e55b091f284</t>
+        </is>
+      </c>
+      <c r="B177" t="n">
+        <v>103.03911</v>
+      </c>
+      <c r="C177" t="n">
+        <v>16.72434</v>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F177" t="n">
+        <v>297.48</v>
+      </c>
+      <c r="G177" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I177" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>Nong No</t>
+        </is>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N177" t="inlineStr"/>
+      <c r="O177" t="inlineStr"/>
+      <c r="P177" t="inlineStr"/>
+      <c r="Q177" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>41e286e2-f1ff-4c39-8afc-f09e577e0d21</t>
+        </is>
+      </c>
+      <c r="B178" t="n">
+        <v>103.039879</v>
+      </c>
+      <c r="C178" t="n">
+        <v>16.724594</v>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F178" t="n">
+        <v>297.49</v>
+      </c>
+      <c r="G178" t="n">
+        <v>0.448444</v>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I178" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>Nong No</t>
+        </is>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N178" t="inlineStr"/>
+      <c r="O178" t="inlineStr"/>
+      <c r="P178" t="inlineStr"/>
+      <c r="Q178" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>bcde7427-9a27-46b9-a4a4-0096cbff14fe</t>
+        </is>
+      </c>
+      <c r="B179" t="n">
+        <v>103.15686</v>
+      </c>
+      <c r="C179" t="n">
+        <v>15.16455</v>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F179" t="n">
+        <v>298.74</v>
+      </c>
+      <c r="G179" t="n">
+        <v>0.89</v>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I179" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J179" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>Non Khwang</t>
+        </is>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr"/>
+      <c r="O179" t="inlineStr"/>
+      <c r="P179" t="inlineStr"/>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>4c9f3d61-f8bf-487f-9ab2-544608612bea</t>
+        </is>
+      </c>
+      <c r="B180" t="n">
+        <v>103.157524</v>
+      </c>
+      <c r="C180" t="n">
+        <v>15.164714</v>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F180" t="n">
+        <v>298.75</v>
+      </c>
+      <c r="G180" t="n">
+        <v>0.873345</v>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I180" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J180" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>Non Khwang</t>
+        </is>
+      </c>
+      <c r="L180" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N180" t="inlineStr"/>
+      <c r="O180" t="inlineStr"/>
+      <c r="P180" t="inlineStr"/>
+      <c r="Q180" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>92c8e0bd-491a-49b3-b878-6e3111c7b6d7</t>
+        </is>
+      </c>
+      <c r="B181" t="n">
+        <v>103.16045</v>
+      </c>
+      <c r="C181" t="n">
+        <v>15.16391</v>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F181" t="n">
+        <v>309.5</v>
+      </c>
+      <c r="G181" t="n">
+        <v>1.15</v>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I181" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J181" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>Non Khwang</t>
+        </is>
+      </c>
+      <c r="L181" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N181" t="inlineStr"/>
+      <c r="O181" t="inlineStr"/>
+      <c r="P181" t="inlineStr"/>
+      <c r="Q181" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>2bc21b0e-ac00-45c6-8996-1c35ac4d513a</t>
+        </is>
+      </c>
+      <c r="B182" t="n">
+        <v>103.161102</v>
+      </c>
+      <c r="C182" t="n">
+        <v>15.164077</v>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F182" t="n">
+        <v>309.51</v>
+      </c>
+      <c r="G182" t="n">
+        <v>1.147397</v>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I182" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J182" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K182" t="inlineStr">
+        <is>
+          <t>Non Khwang</t>
+        </is>
+      </c>
+      <c r="L182" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr"/>
+      <c r="O182" t="inlineStr"/>
+      <c r="P182" t="inlineStr"/>
+      <c r="Q182" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>ae4aee07-3445-4cf9-afc0-8cfc1994e6e9</t>
+        </is>
+      </c>
+      <c r="B183" t="n">
+        <v>103.26429</v>
+      </c>
+      <c r="C183" t="n">
+        <v>16.81231</v>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F183" t="n">
+        <v>296.03</v>
+      </c>
+      <c r="G183" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I183" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J183" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K183" t="inlineStr">
+        <is>
+          <t>Na Tan</t>
+        </is>
+      </c>
+      <c r="L183" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr"/>
+      <c r="P183" t="inlineStr"/>
+      <c r="Q183" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>9bf2b647-0393-463d-a6e3-5e6ffaafb8fe</t>
+        </is>
+      </c>
+      <c r="B184" t="n">
+        <v>103.264923</v>
+      </c>
+      <c r="C184" t="n">
+        <v>16.812481</v>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F184" t="n">
+        <v>296.03</v>
+      </c>
+      <c r="G184" t="n">
+        <v>0.644536</v>
+      </c>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I184" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J184" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K184" t="inlineStr">
+        <is>
+          <t>Na Tan</t>
+        </is>
+      </c>
+      <c r="L184" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N184" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O184" t="inlineStr"/>
+      <c r="P184" t="inlineStr"/>
+      <c r="Q184" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>fce14141-6580-43d8-b208-74b1e2d58580</t>
+        </is>
+      </c>
+      <c r="B185" t="n">
+        <v>103.26947</v>
+      </c>
+      <c r="C185" t="n">
+        <v>16.81136</v>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F185" t="n">
+        <v>296.33</v>
+      </c>
+      <c r="G185" t="n">
+        <v>0.68</v>
+      </c>
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I185" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J185" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K185" t="inlineStr">
+        <is>
+          <t>Na Tan</t>
+        </is>
+      </c>
+      <c r="L185" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N185" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O185" t="inlineStr"/>
+      <c r="P185" t="inlineStr"/>
+      <c r="Q185" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>414e99fb-bc0f-448c-bcf3-f6925bcd626f</t>
+        </is>
+      </c>
+      <c r="B186" t="n">
+        <v>103.270096</v>
+      </c>
+      <c r="C186" t="n">
+        <v>16.811529</v>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F186" t="n">
+        <v>296.33</v>
+      </c>
+      <c r="G186" t="n">
+        <v>0.630879</v>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I186" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J186" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>Na Tan</t>
+        </is>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>ป่าดงมูล</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr"/>
+      <c r="P186" t="inlineStr"/>
+      <c r="Q186" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>44961b9e-47f1-4b88-ad6e-538b4e571ba9</t>
+        </is>
+      </c>
+      <c r="B187" t="n">
+        <v>103.397</v>
+      </c>
+      <c r="C187" t="n">
+        <v>16.88148</v>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F187" t="n">
+        <v>302.71</v>
+      </c>
+      <c r="G187" t="n">
+        <v>1.61</v>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I187" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J187" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>Dong Sombun</t>
+        </is>
+      </c>
+      <c r="L187" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr"/>
+      <c r="O187" t="inlineStr">
+        <is>
+          <t>Lam Pao</t>
+        </is>
+      </c>
+      <c r="P187" t="inlineStr"/>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>4da53cc5-5c19-47d1-a205-9e34769f0d4c</t>
+        </is>
+      </c>
+      <c r="B188" t="n">
+        <v>103.39929</v>
+      </c>
+      <c r="C188" t="n">
+        <v>16.8843</v>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F188" t="n">
+        <v>311.65</v>
+      </c>
+      <c r="G188" t="n">
+        <v>2.14</v>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I188" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J188" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>Dong Sombun</t>
+        </is>
+      </c>
+      <c r="L188" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N188" t="inlineStr"/>
+      <c r="O188" t="inlineStr">
+        <is>
+          <t>Lam Pao</t>
+        </is>
+      </c>
+      <c r="P188" t="inlineStr"/>
+      <c r="Q188" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>8f6ce81b-1327-4c15-af6c-84408ed91e44</t>
+        </is>
+      </c>
+      <c r="B189" t="n">
+        <v>103.400085</v>
+      </c>
+      <c r="C189" t="n">
+        <v>16.884548</v>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F189" t="n">
+        <v>311.65</v>
+      </c>
+      <c r="G189" t="n">
+        <v>3.707161</v>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I189" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J189" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K189" t="inlineStr">
+        <is>
+          <t>Dong Sombun</t>
+        </is>
+      </c>
+      <c r="L189" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr"/>
+      <c r="O189" t="inlineStr">
+        <is>
+          <t>Lam Pao</t>
+        </is>
+      </c>
+      <c r="P189" t="inlineStr"/>
+      <c r="Q189" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>59b0eed5-7428-42d2-a860-f35e06062be3</t>
+        </is>
+      </c>
+      <c r="B190" t="n">
+        <v>103.99383</v>
+      </c>
+      <c r="C190" t="n">
+        <v>16.38767</v>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F190" t="n">
+        <v>306.22</v>
+      </c>
+      <c r="G190" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I190" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J190" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K190" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L190" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr"/>
+      <c r="O190" t="inlineStr"/>
+      <c r="P190" t="inlineStr"/>
+      <c r="Q190" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>b48ac1b7-05da-43f2-8d11-4098daacb135</t>
+        </is>
+      </c>
+      <c r="B191" t="n">
+        <v>103.994713</v>
+      </c>
+      <c r="C191" t="n">
+        <v>16.387899</v>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F191" t="n">
+        <v>306.22</v>
+      </c>
+      <c r="G191" t="n">
+        <v>0.886614</v>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I191" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J191" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K191" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L191" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M191" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N191" t="inlineStr"/>
+      <c r="O191" t="inlineStr"/>
+      <c r="P191" t="inlineStr"/>
+      <c r="Q191" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>6224486f-41b4-4831-97e9-712ceb49a43f</t>
+        </is>
+      </c>
+      <c r="B192" t="n">
+        <v>104.35921</v>
+      </c>
+      <c r="C192" t="n">
+        <v>16.17146</v>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F192" t="n">
+        <v>296.56</v>
+      </c>
+      <c r="G192" t="n">
+        <v>0.93</v>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I192" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J192" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K192" t="inlineStr">
+        <is>
+          <t>Si Kaeo</t>
+        </is>
+      </c>
+      <c r="L192" t="inlineStr">
+        <is>
+          <t>Loeng Nok Tha</t>
+        </is>
+      </c>
+      <c r="M192" t="inlineStr">
+        <is>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N192" t="inlineStr"/>
+      <c r="O192" t="inlineStr"/>
+      <c r="P192" t="inlineStr"/>
+      <c r="Q192" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>8c92f95f-58c5-4d5c-8925-290e8f388d37</t>
+        </is>
+      </c>
+      <c r="B193" t="n">
+        <v>104.359955</v>
+      </c>
+      <c r="C193" t="n">
+        <v>16.171593</v>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F193" t="n">
+        <v>296.57</v>
+      </c>
+      <c r="G193" t="n">
+        <v>0.937964</v>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I193" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J193" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K193" t="inlineStr">
+        <is>
+          <t>Si Kaeo</t>
+        </is>
+      </c>
+      <c r="L193" t="inlineStr">
+        <is>
+          <t>Loeng Nok Tha</t>
+        </is>
+      </c>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N193" t="inlineStr"/>
+      <c r="O193" t="inlineStr"/>
+      <c r="P193" t="inlineStr"/>
+      <c r="Q193" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>5071ebd0-6515-49fc-99bc-0f214f301ad4</t>
+        </is>
+      </c>
+      <c r="B194" t="n">
+        <v>104.55167</v>
+      </c>
+      <c r="C194" t="n">
+        <v>16.5802</v>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F194" t="n">
+        <v>311.33</v>
+      </c>
+      <c r="G194" t="n">
+        <v>2.33</v>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I194" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J194" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K194" t="inlineStr">
+        <is>
+          <t>Kut Khae</t>
+        </is>
+      </c>
+      <c r="L194" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N194" t="inlineStr"/>
+      <c r="O194" t="inlineStr"/>
+      <c r="P194" t="inlineStr"/>
+      <c r="Q194" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>fb56aa64-1631-4108-92e3-8c93438baac0</t>
+        </is>
+      </c>
+      <c r="B195" t="n">
+        <v>104.552437</v>
+      </c>
+      <c r="C195" t="n">
+        <v>16.580328</v>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F195" t="n">
+        <v>311.33</v>
+      </c>
+      <c r="G195" t="n">
+        <v>2.32925</v>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I195" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J195" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K195" t="inlineStr">
+        <is>
+          <t>Kut Khae</t>
+        </is>
+      </c>
+      <c r="L195" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N195" t="inlineStr"/>
+      <c r="O195" t="inlineStr"/>
+      <c r="P195" t="inlineStr"/>
+      <c r="Q195" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>75b162e1-ad84-4af6-a55c-ea68978b496e</t>
+        </is>
+      </c>
+      <c r="B196" t="n">
+        <v>104.60455</v>
+      </c>
+      <c r="C196" t="n">
+        <v>16.49632</v>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F196" t="n">
+        <v>311.42</v>
+      </c>
+      <c r="G196" t="n">
+        <v>1.74</v>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I196" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J196" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>Kham A Huan</t>
+        </is>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N196" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O196" t="inlineStr"/>
+      <c r="P196" t="inlineStr"/>
+      <c r="Q196" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>df5dc8c5-03c0-42b0-80de-be68dfe6baef</t>
+        </is>
+      </c>
+      <c r="B197" t="n">
+        <v>104.605515</v>
+      </c>
+      <c r="C197" t="n">
+        <v>16.496534</v>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F197" t="n">
+        <v>311.42</v>
+      </c>
+      <c r="G197" t="n">
+        <v>1.738918</v>
+      </c>
+      <c r="H197" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I197" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J197" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K197" t="inlineStr">
+        <is>
+          <t>Kham A Huan</t>
+        </is>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N197" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O197" t="inlineStr"/>
+      <c r="P197" t="inlineStr"/>
+      <c r="Q197" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>26d6b262-fc32-4428-a35d-5fbe7d89d50a</t>
+        </is>
+      </c>
+      <c r="B198" t="n">
+        <v>104.9343</v>
+      </c>
+      <c r="C198" t="n">
+        <v>16.17977</v>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F198" t="n">
+        <v>296.99</v>
+      </c>
+      <c r="G198" t="n">
+        <v>0.68</v>
+      </c>
+      <c r="H198" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I198" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J198" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K198" t="inlineStr">
+        <is>
+          <t>Kham Khuean Kaeo</t>
+        </is>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>Chanuman</t>
+        </is>
+      </c>
+      <c r="M198" t="inlineStr">
+        <is>
+          <t>Amnat Charoen</t>
+        </is>
+      </c>
+      <c r="N198" t="inlineStr"/>
+      <c r="O198" t="inlineStr"/>
+      <c r="P198" t="inlineStr"/>
+      <c r="Q198" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>ab3fcf32-6299-48cc-a423-367cf5f30aae</t>
+        </is>
+      </c>
+      <c r="B199" t="n">
+        <v>104.935318</v>
+      </c>
+      <c r="C199" t="n">
+        <v>16.17997</v>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F199" t="n">
+        <v>296.99</v>
+      </c>
+      <c r="G199" t="n">
+        <v>0.672189</v>
+      </c>
+      <c r="H199" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I199" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J199" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K199" t="inlineStr">
+        <is>
+          <t>Kham Khuean Kaeo</t>
+        </is>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>Chanuman</t>
+        </is>
+      </c>
+      <c r="M199" t="inlineStr">
+        <is>
+          <t>Amnat Charoen</t>
+        </is>
+      </c>
+      <c r="N199" t="inlineStr"/>
+      <c r="O199" t="inlineStr"/>
+      <c r="P199" t="inlineStr"/>
+      <c r="Q199" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>9faafc5b-15c7-4b36-aaa5-ceaa8fee83f2</t>
+        </is>
+      </c>
+      <c r="B200" t="n">
+        <v>105.07365</v>
+      </c>
+      <c r="C200" t="n">
+        <v>14.82143</v>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F200" t="n">
+        <v>333.6</v>
+      </c>
+      <c r="G200" t="n">
+        <v>4.44</v>
+      </c>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I200" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J200" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K200" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L200" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N200" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O200" t="inlineStr"/>
+      <c r="P200" t="inlineStr"/>
+      <c r="Q200" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>47c8eb9c-a5b7-48df-9ceb-9c7387696161</t>
+        </is>
+      </c>
+      <c r="B201" t="n">
+        <v>105.07476</v>
+      </c>
+      <c r="C201" t="n">
+        <v>14.821609</v>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F201" t="n">
+        <v>333.6</v>
+      </c>
+      <c r="G201" t="n">
+        <v>4.449585</v>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I201" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J201" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K201" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M201" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N201" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O201" t="inlineStr"/>
+      <c r="P201" t="inlineStr"/>
+      <c r="Q201" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>7d788693-d523-44af-bcf2-c91d10a5a19f</t>
+        </is>
+      </c>
+      <c r="B202" t="n">
+        <v>105.07622</v>
+      </c>
+      <c r="C202" t="n">
+        <v>14.82033</v>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F202" t="n">
+        <v>333.92</v>
+      </c>
+      <c r="G202" t="n">
+        <v>3.14</v>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:02:00</t>
+        </is>
+      </c>
+      <c r="I202" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J202" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:09:01.828200+00:00</t>
+        </is>
+      </c>
+      <c r="K202" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M202" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N202" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O202" t="inlineStr"/>
+      <c r="P202" t="inlineStr"/>
+      <c r="Q202" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>a8d8fc1b-2f0d-4b1d-a06c-669663685c6f</t>
+        </is>
+      </c>
+      <c r="B203" t="n">
+        <v>105.077118</v>
+      </c>
+      <c r="C203" t="n">
+        <v>14.820421</v>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F203" t="n">
+        <v>333.92</v>
+      </c>
+      <c r="G203" t="n">
+        <v>3.133997</v>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:00</t>
+        </is>
+      </c>
+      <c r="I203" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J203" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:19.157863+00:00</t>
+        </is>
+      </c>
+      <c r="K203" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M203" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N203" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O203" t="inlineStr"/>
+      <c r="P203" t="inlineStr"/>
+      <c r="Q203" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:Q189"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>unique_id</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>lon</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>lat</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>satellite_name</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>confidence</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>bright_i4</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>frp</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>full_date</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>date</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>created_at</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>subdistricts</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>districts</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>provinces</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>reserved_forests</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>protected_areas</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>forests_14_zone</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>coordinate_zone</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>9fffd30e-0670-4929-a03a-08a05e2dae45</t>
+        </is>
+      </c>
+      <c r="B2" t="n">
+        <v>98.32294</v>
+      </c>
+      <c r="C2" t="n">
+        <v>8.29705</v>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F2" t="n">
+        <v>302.75</v>
+      </c>
+      <c r="G2" t="n">
+        <v>0.82</v>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I2" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Khok Kloi</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Takua Thung</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr"/>
+      <c r="O2" t="inlineStr"/>
+      <c r="P2" t="inlineStr"/>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>b1f4b48c-9d6d-48cb-8e31-4b8502788bd1</t>
+        </is>
+      </c>
+      <c r="B3" t="n">
+        <v>98.323257</v>
+      </c>
+      <c r="C3" t="n">
+        <v>8.297413000000001</v>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F3" t="n">
+        <v>302.75</v>
+      </c>
+      <c r="G3" t="n">
+        <v>0.797609</v>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:14:00</t>
+        </is>
+      </c>
+      <c r="I3" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Khok Kloi</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Takua Thung</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr"/>
+      <c r="O3" t="inlineStr"/>
+      <c r="P3" t="inlineStr"/>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>a9fc1eb1-f8dd-42f1-8ddd-374e5a9d54d6</t>
+        </is>
+      </c>
+      <c r="B4" t="n">
+        <v>98.481216</v>
+      </c>
+      <c r="C4" t="n">
+        <v>16.759848</v>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F4" t="n">
+        <v>295.36</v>
+      </c>
+      <c r="G4" t="n">
+        <v>1.912032</v>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:51:00</t>
+        </is>
+      </c>
+      <c r="I4" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:47:36.126767+00:00</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Tha Sai Luat</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Mae Sot</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>ป่าแม่ละเมา</t>
+        </is>
+      </c>
+      <c r="O4" t="inlineStr"/>
+      <c r="P4" t="inlineStr"/>
+      <c r="Q4" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>770995af-7c00-48ce-8b0c-d28e741b2d51</t>
+        </is>
+      </c>
+      <c r="B5" t="n">
+        <v>98.48125</v>
+      </c>
+      <c r="C5" t="n">
+        <v>16.75931</v>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F5" t="n">
+        <v>295.36</v>
+      </c>
+      <c r="G5" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:00</t>
+        </is>
+      </c>
+      <c r="I5" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:46:56.789186+00:00</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Tha Sai Luat</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Mae Sot</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>ป่าแม่ละเมา</t>
+        </is>
+      </c>
+      <c r="O5" t="inlineStr"/>
+      <c r="P5" t="inlineStr"/>
+      <c r="Q5" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>59f9165c-0e9d-41ab-9d9d-6537688fcb34</t>
+        </is>
+      </c>
+      <c r="B6" t="n">
+        <v>98.532372</v>
+      </c>
+      <c r="C6" t="n">
+        <v>16.918505</v>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F6" t="n">
+        <v>295.61</v>
+      </c>
+      <c r="G6" t="n">
+        <v>0.673607</v>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:51:00</t>
+        </is>
+      </c>
+      <c r="I6" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:47:36.126767+00:00</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr"/>
+      <c r="O6" t="inlineStr"/>
+      <c r="P6" t="inlineStr"/>
+      <c r="Q6" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>112e74b1-5cf1-467a-a8ca-b8af3654f526</t>
+        </is>
+      </c>
+      <c r="B7" t="n">
+        <v>98.53255</v>
+      </c>
+      <c r="C7" t="n">
+        <v>16.91801</v>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F7" t="n">
+        <v>295.61</v>
+      </c>
+      <c r="G7" t="n">
+        <v>0.68</v>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:00</t>
+        </is>
+      </c>
+      <c r="I7" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:46:56.789186+00:00</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr"/>
+      <c r="O7" t="inlineStr"/>
+      <c r="P7" t="inlineStr"/>
+      <c r="Q7" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>b523bfa8-616c-4b2e-b755-fa829e1e3298</t>
+        </is>
+      </c>
+      <c r="B8" t="n">
+        <v>98.53402</v>
+      </c>
+      <c r="C8" t="n">
+        <v>16.92324</v>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F8" t="n">
+        <v>295.75</v>
+      </c>
+      <c r="G8" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:00</t>
+        </is>
+      </c>
+      <c r="I8" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:46:56.789186+00:00</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr"/>
+      <c r="O8" t="inlineStr"/>
+      <c r="P8" t="inlineStr"/>
+      <c r="Q8" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>16a26c0c-f569-4943-9f45-0d5a0c7fe562</t>
+        </is>
+      </c>
+      <c r="B9" t="n">
+        <v>98.534058</v>
+      </c>
+      <c r="C9" t="n">
+        <v>16.923779</v>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F9" t="n">
+        <v>295.75</v>
+      </c>
+      <c r="G9" t="n">
+        <v>0.8446</v>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:51:00</t>
+        </is>
+      </c>
+      <c r="I9" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:47:36.126767+00:00</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr"/>
+      <c r="O9" t="inlineStr"/>
+      <c r="P9" t="inlineStr"/>
+      <c r="Q9" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>c62e29de-d84c-4dcc-8eed-a8fb36276912</t>
+        </is>
+      </c>
+      <c r="B10" t="n">
+        <v>98.57551599999999</v>
+      </c>
+      <c r="C10" t="n">
+        <v>16.928942</v>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F10" t="n">
+        <v>303.24</v>
+      </c>
+      <c r="G10" t="n">
+        <v>1.891475</v>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:51:00</t>
+        </is>
+      </c>
+      <c r="I10" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:47:36.126767+00:00</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr"/>
+      <c r="O10" t="inlineStr"/>
+      <c r="P10" t="inlineStr"/>
+      <c r="Q10" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>b1985315-ed70-41dd-8aa0-d0109842f3fc</t>
+        </is>
+      </c>
+      <c r="B11" t="n">
+        <v>98.57568999999999</v>
+      </c>
+      <c r="C11" t="n">
+        <v>16.92841</v>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F11" t="n">
+        <v>303.24</v>
+      </c>
+      <c r="G11" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:00</t>
+        </is>
+      </c>
+      <c r="I11" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:46:56.789186+00:00</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr"/>
+      <c r="O11" t="inlineStr"/>
+      <c r="P11" t="inlineStr"/>
+      <c r="Q11" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>40583ab7-6030-4191-93e3-3f3e8f2f8036</t>
+        </is>
+      </c>
+      <c r="B12" t="n">
+        <v>98.57734000000001</v>
+      </c>
+      <c r="C12" t="n">
+        <v>16.93388</v>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F12" t="n">
+        <v>299.17</v>
+      </c>
+      <c r="G12" t="n">
+        <v>3.13</v>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:53:00</t>
+        </is>
+      </c>
+      <c r="I12" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>2026-01-10 04:46:56.789186+00:00</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr"/>
+      <c r="O12" t="inlineStr"/>
+      <c r="P12" t="inlineStr"/>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>c6fae8f3-25d0-4943-8294-c09f9f479ae4</t>
+        </is>
+      </c>
+      <c r="B13" t="n">
+        <v>98.57738500000001</v>
+      </c>
+      <c r="C13" t="n">
+        <v>16.934465</v>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F13" t="n">
+        <v>299.17</v>
+      </c>
+      <c r="G13" t="n">
+        <v>3.058277</v>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:51:00</t>
+        </is>
+      </c>
+      <c r="I13" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>2026-01-10 03:47:36.126767+00:00</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>Mae Charao</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>Mae Ramat</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr"/>
+      <c r="O13" t="inlineStr"/>
+      <c r="P13" t="inlineStr"/>
+      <c r="Q13" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>d200ada9-af52-400f-8fdf-200327a58058</t>
+        </is>
+      </c>
+      <c r="B14" t="n">
+        <v>99.58072</v>
+      </c>
+      <c r="C14" t="n">
+        <v>14.39626</v>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F14" t="n">
+        <v>305.73</v>
+      </c>
+      <c r="G14" t="n">
+        <v>0.73</v>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I14" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>ป่าเขาช่องอินทรีด้านตะวันออก</t>
+        </is>
+      </c>
+      <c r="O14" t="inlineStr"/>
+      <c r="P14" t="inlineStr"/>
+      <c r="Q14" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>0b1a2f1a-1afe-4859-98bc-8d8280bd5c03</t>
+        </is>
+      </c>
+      <c r="B15" t="n">
+        <v>99.58107</v>
+      </c>
+      <c r="C15" t="n">
+        <v>14.396845</v>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>305.73</v>
+      </c>
+      <c r="G15" t="n">
+        <v>0.696759</v>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I15" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Huai Krachao</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>ป่าเขาช่องอินทรีด้านตะวันออก</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr"/>
+      <c r="P15" t="inlineStr"/>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>48e5afcd-e230-4bad-914c-09a8ec63d7fd</t>
+        </is>
+      </c>
+      <c r="B16" t="n">
+        <v>99.62496</v>
+      </c>
+      <c r="C16" t="n">
+        <v>13.76545</v>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>297.74</v>
+      </c>
+      <c r="G16" t="n">
+        <v>0.87</v>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I16" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr"/>
+      <c r="P16" t="inlineStr"/>
+      <c r="Q16" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>bba7d361-631a-4a3c-bc7b-adf110411701</t>
+        </is>
+      </c>
+      <c r="B17" t="n">
+        <v>99.625275</v>
+      </c>
+      <c r="C17" t="n">
+        <v>13.766031</v>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>297.74</v>
+      </c>
+      <c r="G17" t="n">
+        <v>0.8619059999999999</v>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I17" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr"/>
+      <c r="O17" t="inlineStr"/>
+      <c r="P17" t="inlineStr"/>
+      <c r="Q17" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>0f722feb-696f-4b90-b217-eb284a0110ac</t>
+        </is>
+      </c>
+      <c r="B18" t="n">
+        <v>99.62804</v>
+      </c>
+      <c r="C18" t="n">
+        <v>13.77022</v>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F18" t="n">
+        <v>313.97</v>
+      </c>
+      <c r="G18" t="n">
+        <v>1.69</v>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I18" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr"/>
+      <c r="O18" t="inlineStr"/>
+      <c r="P18" t="inlineStr"/>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>2d450765-dd72-4699-ab27-339cfae9e8de</t>
+        </is>
+      </c>
+      <c r="B19" t="n">
+        <v>99.628372</v>
+      </c>
+      <c r="C19" t="n">
+        <v>13.770513</v>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>313.97</v>
+      </c>
+      <c r="G19" t="n">
+        <v>1.650743</v>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I19" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>Nong Kwang</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr"/>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="inlineStr"/>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>25d8fc82-7f79-42d8-85af-0af0d193862c</t>
+        </is>
+      </c>
+      <c r="B20" t="n">
+        <v>99.72084</v>
+      </c>
+      <c r="C20" t="n">
+        <v>14.98753</v>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>311.8</v>
+      </c>
+      <c r="G20" t="n">
+        <v>2.31</v>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I20" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K20" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr"/>
+      <c r="O20" t="inlineStr"/>
+      <c r="P20" t="inlineStr"/>
+      <c r="Q20" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>fd9bd33c-c9ed-4d8d-ac7a-42c016819d75</t>
+        </is>
+      </c>
+      <c r="B21" t="n">
+        <v>99.72093</v>
+      </c>
+      <c r="C21" t="n">
+        <v>14.98152</v>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>298.91</v>
+      </c>
+      <c r="G21" t="n">
+        <v>1.64</v>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I21" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr"/>
+      <c r="O21" t="inlineStr"/>
+      <c r="P21" t="inlineStr"/>
+      <c r="Q21" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>c571ba1f-3c48-4278-b723-009dac2c4d96</t>
+        </is>
+      </c>
+      <c r="B22" t="n">
+        <v>99.72123000000001</v>
+      </c>
+      <c r="C22" t="n">
+        <v>14.988054</v>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>311.8</v>
+      </c>
+      <c r="G22" t="n">
+        <v>2.270914</v>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I22" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr"/>
+      <c r="O22" t="inlineStr"/>
+      <c r="P22" t="inlineStr"/>
+      <c r="Q22" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>b3abd9ee-4217-48ae-b768-9a0e85978c22</t>
+        </is>
+      </c>
+      <c r="B23" t="n">
+        <v>99.72125200000001</v>
+      </c>
+      <c r="C23" t="n">
+        <v>14.982038</v>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F23" t="n">
+        <v>298.91</v>
+      </c>
+      <c r="G23" t="n">
+        <v>1.578053</v>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I23" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>Nong Bom Kluai</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>Ban Rai</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>Uthai Thani</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr"/>
+      <c r="O23" t="inlineStr"/>
+      <c r="P23" t="inlineStr"/>
+      <c r="Q23" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>66cee287-bf76-4a0a-af02-2be1a09aeb3f</t>
+        </is>
+      </c>
+      <c r="B24" t="n">
+        <v>99.86736000000001</v>
+      </c>
+      <c r="C24" t="n">
+        <v>14.55794</v>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F24" t="n">
+        <v>302.4</v>
+      </c>
+      <c r="G24" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I24" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr"/>
+      <c r="O24" t="inlineStr"/>
+      <c r="P24" t="inlineStr"/>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>da54afac-0cac-4953-8c7a-592dda2ec51a</t>
+        </is>
+      </c>
+      <c r="B25" t="n">
+        <v>99.867676</v>
+      </c>
+      <c r="C25" t="n">
+        <v>14.558146</v>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F25" t="n">
+        <v>302.41</v>
+      </c>
+      <c r="G25" t="n">
+        <v>0.516585</v>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I25" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr"/>
+      <c r="O25" t="inlineStr"/>
+      <c r="P25" t="inlineStr"/>
+      <c r="Q25" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>c2a3191a-1f60-4e81-85a7-b342b26b37db</t>
+        </is>
+      </c>
+      <c r="B26" t="n">
+        <v>99.86906999999999</v>
+      </c>
+      <c r="C26" t="n">
+        <v>14.5579</v>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F26" t="n">
+        <v>298.08</v>
+      </c>
+      <c r="G26" t="n">
+        <v>0.53</v>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I26" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J26" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K26" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr"/>
+      <c r="O26" t="inlineStr"/>
+      <c r="P26" t="inlineStr"/>
+      <c r="Q26" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>6a3b945a-8563-42bb-a59c-cb7079260747</t>
+        </is>
+      </c>
+      <c r="B27" t="n">
+        <v>99.869499</v>
+      </c>
+      <c r="C27" t="n">
+        <v>14.558416</v>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F27" t="n">
+        <v>298.08</v>
+      </c>
+      <c r="G27" t="n">
+        <v>0.527141</v>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I27" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>Ban Khong</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>U Thong</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr"/>
+      <c r="O27" t="inlineStr"/>
+      <c r="P27" t="inlineStr"/>
+      <c r="Q27" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>aa3b8a87-febb-4628-805b-16d5e7d11b38</t>
+        </is>
+      </c>
+      <c r="B28" t="n">
+        <v>99.91564</v>
+      </c>
+      <c r="C28" t="n">
+        <v>14.19837</v>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F28" t="n">
+        <v>301.15</v>
+      </c>
+      <c r="G28" t="n">
+        <v>0.8100000000000001</v>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I28" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>Thung Khok</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>Song Phi Nong</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr"/>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="inlineStr"/>
+      <c r="Q28" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>c2130370-5d94-410b-b906-fa2b5e90d551</t>
+        </is>
+      </c>
+      <c r="B29" t="n">
+        <v>99.915977</v>
+      </c>
+      <c r="C29" t="n">
+        <v>14.198726</v>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F29" t="n">
+        <v>301.15</v>
+      </c>
+      <c r="G29" t="n">
+        <v>0.775318</v>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I29" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>Thung Khok</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>Song Phi Nong</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
+      <c r="O29" t="inlineStr"/>
+      <c r="P29" t="inlineStr"/>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>70a8beaa-baa9-4209-bee0-45c7f72f2a0a</t>
+        </is>
+      </c>
+      <c r="B30" t="n">
+        <v>100.7412</v>
+      </c>
+      <c r="C30" t="n">
+        <v>14.82143</v>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F30" t="n">
+        <v>300.82</v>
+      </c>
+      <c r="G30" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I30" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J30" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K30" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr"/>
+      <c r="O30" t="inlineStr"/>
+      <c r="P30" t="inlineStr"/>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>edf0f76c-09a9-4bbb-99c3-dde002f7bc34</t>
+        </is>
+      </c>
+      <c r="B31" t="n">
+        <v>100.741585</v>
+      </c>
+      <c r="C31" t="n">
+        <v>14.82177</v>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F31" t="n">
+        <v>300.82</v>
+      </c>
+      <c r="G31" t="n">
+        <v>0.965643</v>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I31" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>Nikhom Sang Ton-Eng</t>
+        </is>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>Mueang Lopburi</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr"/>
+      <c r="O31" t="inlineStr"/>
+      <c r="P31" t="inlineStr"/>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>3382b401-6a09-4088-a3e1-75526ffcbfe3</t>
+        </is>
+      </c>
+      <c r="B32" t="n">
+        <v>100.78565</v>
+      </c>
+      <c r="C32" t="n">
+        <v>15.39401</v>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F32" t="n">
+        <v>316.67</v>
+      </c>
+      <c r="G32" t="n">
+        <v>5.87</v>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I32" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr"/>
+      <c r="O32" t="inlineStr"/>
+      <c r="P32" t="inlineStr"/>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>12a9ff51-c92a-4a8f-b4c5-55cfefdfdb2a</t>
+        </is>
+      </c>
+      <c r="B33" t="n">
+        <v>100.786171</v>
+      </c>
+      <c r="C33" t="n">
+        <v>15.394359</v>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F33" t="n">
+        <v>316.67</v>
+      </c>
+      <c r="G33" t="n">
+        <v>5.730408</v>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I33" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr"/>
+      <c r="O33" t="inlineStr"/>
+      <c r="P33" t="inlineStr"/>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>7a64c252-a317-48bc-a916-e398359ea951</t>
+        </is>
+      </c>
+      <c r="B34" t="n">
+        <v>100.78947</v>
+      </c>
+      <c r="C34" t="n">
+        <v>15.39357</v>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>354.12</v>
+      </c>
+      <c r="G34" t="n">
+        <v>5.87</v>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I34" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O34" t="inlineStr"/>
+      <c r="P34" t="inlineStr"/>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>ea2159f8-37d0-4973-881f-ae5245e6d8a8</t>
+        </is>
+      </c>
+      <c r="B35" t="n">
+        <v>100.789986</v>
+      </c>
+      <c r="C35" t="n">
+        <v>15.393927</v>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>354.13</v>
+      </c>
+      <c r="G35" t="n">
+        <v>5.730408</v>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I35" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O35" t="inlineStr"/>
+      <c r="P35" t="inlineStr"/>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>dfeb5eac-8c8f-4cb4-b75a-3e00c988aa71</t>
+        </is>
+      </c>
+      <c r="B36" t="n">
+        <v>100.79012</v>
+      </c>
+      <c r="C36" t="n">
+        <v>15.39913</v>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>301.29</v>
+      </c>
+      <c r="G36" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I36" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O36" t="inlineStr"/>
+      <c r="P36" t="inlineStr"/>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>5c2e8860-43f2-4c2b-80e5-f188de1e021e</t>
+        </is>
+      </c>
+      <c r="B37" t="n">
+        <v>100.790649</v>
+      </c>
+      <c r="C37" t="n">
+        <v>15.399496</v>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>301.29</v>
+      </c>
+      <c r="G37" t="n">
+        <v>1.372251</v>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I37" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K37" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O37" t="inlineStr"/>
+      <c r="P37" t="inlineStr"/>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>340eb725-666f-411f-bcae-8127a717a016</t>
+        </is>
+      </c>
+      <c r="B38" t="n">
+        <v>100.80239</v>
+      </c>
+      <c r="C38" t="n">
+        <v>14.674</v>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>317.96</v>
+      </c>
+      <c r="G38" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I38" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr"/>
+      <c r="O38" t="inlineStr"/>
+      <c r="P38" t="inlineStr"/>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>67aa5b29-7933-407d-90fe-e85af2ead45c</t>
+        </is>
+      </c>
+      <c r="B39" t="n">
+        <v>100.802765</v>
+      </c>
+      <c r="C39" t="n">
+        <v>14.674472</v>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>317.96</v>
+      </c>
+      <c r="G39" t="n">
+        <v>2.033729</v>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I39" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr"/>
+      <c r="O39" t="inlineStr"/>
+      <c r="P39" t="inlineStr"/>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>3a431165-c1ca-4141-b052-e4674d0ae246</t>
+        </is>
+      </c>
+      <c r="B40" t="n">
+        <v>100.80376</v>
+      </c>
+      <c r="C40" t="n">
+        <v>14.67447</v>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F40" t="n">
+        <v>311.31</v>
+      </c>
+      <c r="G40" t="n">
+        <v>1.88</v>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I40" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr"/>
+      <c r="O40" t="inlineStr"/>
+      <c r="P40" t="inlineStr"/>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>21ea55c1-046a-41cd-9249-f5fc276bf81a</t>
+        </is>
+      </c>
+      <c r="B41" t="n">
+        <v>100.804138</v>
+      </c>
+      <c r="C41" t="n">
+        <v>14.674643</v>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F41" t="n">
+        <v>311.31</v>
+      </c>
+      <c r="G41" t="n">
+        <v>1.844489</v>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I41" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K41" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr"/>
+      <c r="O41" t="inlineStr"/>
+      <c r="P41" t="inlineStr"/>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>75ea6d45-cd6c-4d15-b1c8-6c687589e540</t>
+        </is>
+      </c>
+      <c r="B42" t="n">
+        <v>100.81858</v>
+      </c>
+      <c r="C42" t="n">
+        <v>14.29659</v>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F42" t="n">
+        <v>301.59</v>
+      </c>
+      <c r="G42" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I42" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>Sanap Thuep</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Wang Noi</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>Phra Nakhon Si Ayutthaya</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr"/>
+      <c r="O42" t="inlineStr"/>
+      <c r="P42" t="inlineStr"/>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>b10b1c30-3180-4c70-8ff3-bda774160843</t>
+        </is>
+      </c>
+      <c r="B43" t="n">
+        <v>100.819</v>
+      </c>
+      <c r="C43" t="n">
+        <v>14.296881</v>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F43" t="n">
+        <v>301.59</v>
+      </c>
+      <c r="G43" t="n">
+        <v>0.383472</v>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I43" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Sanap Thuep</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Wang Noi</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>Phra Nakhon Si Ayutthaya</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr"/>
+      <c r="O43" t="inlineStr"/>
+      <c r="P43" t="inlineStr"/>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>5a2f19fc-4ee7-4ad9-beac-0ab4ac7faa96</t>
+        </is>
+      </c>
+      <c r="B44" t="n">
+        <v>100.83887</v>
+      </c>
+      <c r="C44" t="n">
+        <v>14.15436</v>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F44" t="n">
+        <v>301.84</v>
+      </c>
+      <c r="G44" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I44" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>Bueng Ba</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Nong Suea</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>Pathum Thani</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr"/>
+      <c r="O44" t="inlineStr"/>
+      <c r="P44" t="inlineStr"/>
+      <c r="Q44" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>2bca4c4b-12f2-4821-99dd-b92c5bb2edcd</t>
+        </is>
+      </c>
+      <c r="B45" t="n">
+        <v>100.839134</v>
+      </c>
+      <c r="C45" t="n">
+        <v>14.15466</v>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F45" t="n">
+        <v>301.84</v>
+      </c>
+      <c r="G45" t="n">
+        <v>0.670119</v>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I45" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>Bueng Ba</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Nong Suea</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>Pathum Thani</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr"/>
+      <c r="O45" t="inlineStr"/>
+      <c r="P45" t="inlineStr"/>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>2c844fab-3ab8-405c-93dc-20fd14dbdbdc</t>
+        </is>
+      </c>
+      <c r="B46" t="n">
+        <v>100.84245</v>
+      </c>
+      <c r="C46" t="n">
+        <v>15.38756</v>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F46" t="n">
+        <v>296.32</v>
+      </c>
+      <c r="G46" t="n">
+        <v>0.57</v>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I46" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>Khok Samae San</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr"/>
+      <c r="O46" t="inlineStr"/>
+      <c r="P46" t="inlineStr"/>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>5eb59231-368b-4b05-a1fe-215c216d8039</t>
+        </is>
+      </c>
+      <c r="B47" t="n">
+        <v>100.842964</v>
+      </c>
+      <c r="C47" t="n">
+        <v>15.387904</v>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F47" t="n">
+        <v>296.32</v>
+      </c>
+      <c r="G47" t="n">
+        <v>0.567213</v>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I47" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K47" t="inlineStr">
+        <is>
+          <t>Khok Samae San</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>Khok Charoen</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr"/>
+      <c r="O47" t="inlineStr"/>
+      <c r="P47" t="inlineStr"/>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>82cea2db-1218-4a35-b603-f2fbc196665a</t>
+        </is>
+      </c>
+      <c r="B48" t="n">
+        <v>100.88556</v>
+      </c>
+      <c r="C48" t="n">
+        <v>13.09856</v>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F48" t="n">
+        <v>307.38</v>
+      </c>
+      <c r="G48" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I48" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr"/>
+      <c r="O48" t="inlineStr"/>
+      <c r="P48" t="inlineStr"/>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>01fe3398-1ad8-479b-b4e7-6f3c9f29a521</t>
+        </is>
+      </c>
+      <c r="B49" t="n">
+        <v>100.885811</v>
+      </c>
+      <c r="C49" t="n">
+        <v>13.098866</v>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F49" t="n">
+        <v>307.38</v>
+      </c>
+      <c r="G49" t="n">
+        <v>1.269526</v>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I49" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J49" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K49" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N49" t="inlineStr"/>
+      <c r="O49" t="inlineStr"/>
+      <c r="P49" t="inlineStr"/>
+      <c r="Q49" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>3c6c121a-d759-486e-9496-800f21b0304f</t>
+        </is>
+      </c>
+      <c r="B50" t="n">
+        <v>100.88666</v>
+      </c>
+      <c r="C50" t="n">
+        <v>15.83613</v>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F50" t="n">
+        <v>315.02</v>
+      </c>
+      <c r="G50" t="n">
+        <v>1.81</v>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I50" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J50" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K50" t="inlineStr">
+        <is>
+          <t>Sap Mai Daeng</t>
+        </is>
+      </c>
+      <c r="L50" t="inlineStr">
+        <is>
+          <t>Bueng Sam Phan</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N50" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O50" t="inlineStr"/>
+      <c r="P50" t="inlineStr"/>
+      <c r="Q50" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>0ca1ad48-0491-407f-be7d-d0d78b96f2bb</t>
+        </is>
+      </c>
+      <c r="B51" t="n">
+        <v>100.887016</v>
+      </c>
+      <c r="C51" t="n">
+        <v>15.836424</v>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F51" t="n">
+        <v>315.02</v>
+      </c>
+      <c r="G51" t="n">
+        <v>1.77644</v>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I51" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J51" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K51" t="inlineStr">
+        <is>
+          <t>Sap Mai Daeng</t>
+        </is>
+      </c>
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>Bueng Sam Phan</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N51" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O51" t="inlineStr"/>
+      <c r="P51" t="inlineStr"/>
+      <c r="Q51" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>87505a36-210f-42af-844c-b0ff09b14308</t>
+        </is>
+      </c>
+      <c r="B52" t="n">
+        <v>100.88706</v>
+      </c>
+      <c r="C52" t="n">
+        <v>15.83664</v>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F52" t="n">
+        <v>316.74</v>
+      </c>
+      <c r="G52" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I52" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J52" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K52" t="inlineStr">
+        <is>
+          <t>Sap Mai Daeng</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>Bueng Sam Phan</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N52" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O52" t="inlineStr"/>
+      <c r="P52" t="inlineStr"/>
+      <c r="Q52" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>36ebc184-9ff4-4ce0-aa77-425fe91868bd</t>
+        </is>
+      </c>
+      <c r="B53" t="n">
+        <v>100.887596</v>
+      </c>
+      <c r="C53" t="n">
+        <v>15.837066</v>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F53" t="n">
+        <v>316.74</v>
+      </c>
+      <c r="G53" t="n">
+        <v>1.452579</v>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I53" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J53" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K53" t="inlineStr">
+        <is>
+          <t>Sap Mai Daeng</t>
+        </is>
+      </c>
+      <c r="L53" t="inlineStr">
+        <is>
+          <t>Bueng Sam Phan</t>
+        </is>
+      </c>
+      <c r="M53" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N53" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O53" t="inlineStr"/>
+      <c r="P53" t="inlineStr"/>
+      <c r="Q53" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>7eabf533-1d88-4645-9ffa-4e24bc8a2a0a</t>
+        </is>
+      </c>
+      <c r="B54" t="n">
+        <v>100.89716</v>
+      </c>
+      <c r="C54" t="n">
+        <v>16.02035</v>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F54" t="n">
+        <v>305.11</v>
+      </c>
+      <c r="G54" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I54" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K54" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O54" t="inlineStr"/>
+      <c r="P54" t="inlineStr"/>
+      <c r="Q54" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>06e508ae-936d-4af7-94e7-1de49b89cecd</t>
+        </is>
+      </c>
+      <c r="B55" t="n">
+        <v>100.897568</v>
+      </c>
+      <c r="C55" t="n">
+        <v>16.020693</v>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F55" t="n">
+        <v>305.11</v>
+      </c>
+      <c r="G55" t="n">
+        <v>0.736299</v>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I55" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K55" t="inlineStr">
+        <is>
+          <t>Sap Phutsa</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Chon Daen</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr">
+        <is>
+          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+        </is>
+      </c>
+      <c r="O55" t="inlineStr"/>
+      <c r="P55" t="inlineStr"/>
+      <c r="Q55" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>c5d00174-0dcf-422b-8346-757b77bb58e6</t>
+        </is>
+      </c>
+      <c r="B56" t="n">
+        <v>100.96043</v>
+      </c>
+      <c r="C56" t="n">
+        <v>15.59282</v>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F56" t="n">
+        <v>303.26</v>
+      </c>
+      <c r="G56" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I56" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O56" t="inlineStr"/>
+      <c r="P56" t="inlineStr"/>
+      <c r="Q56" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>15cbe24c-3157-495d-b982-d5635c57623a</t>
+        </is>
+      </c>
+      <c r="B57" t="n">
+        <v>100.960861</v>
+      </c>
+      <c r="C57" t="n">
+        <v>15.593162</v>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F57" t="n">
+        <v>303.26</v>
+      </c>
+      <c r="G57" t="n">
+        <v>0.989267</v>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I57" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K57" t="inlineStr">
+        <is>
+          <t>Wang Yai</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O57" t="inlineStr"/>
+      <c r="P57" t="inlineStr"/>
+      <c r="Q57" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>c43cb56f-5049-42a3-8c9f-5522110b2707</t>
+        </is>
+      </c>
+      <c r="B58" t="n">
+        <v>101.02483</v>
+      </c>
+      <c r="C58" t="n">
+        <v>15.61404</v>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F58" t="n">
+        <v>320.73</v>
+      </c>
+      <c r="G58" t="n">
+        <v>4.68</v>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I58" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>Sap Sombun</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O58" t="inlineStr"/>
+      <c r="P58" t="inlineStr"/>
+      <c r="Q58" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>7e57b4e1-c996-419b-90ba-14fa50a0d724</t>
+        </is>
+      </c>
+      <c r="B59" t="n">
+        <v>101.025101</v>
+      </c>
+      <c r="C59" t="n">
+        <v>15.614313</v>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F59" t="n">
+        <v>320.73</v>
+      </c>
+      <c r="G59" t="n">
+        <v>4.570401</v>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I59" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J59" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K59" t="inlineStr">
+        <is>
+          <t>Sap Sombun</t>
+        </is>
+      </c>
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O59" t="inlineStr"/>
+      <c r="P59" t="inlineStr"/>
+      <c r="Q59" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>af446a1a-187e-4f46-b420-2a3e69625e5c</t>
+        </is>
+      </c>
+      <c r="B60" t="n">
+        <v>101.02565</v>
+      </c>
+      <c r="C60" t="n">
+        <v>15.13133</v>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F60" t="n">
+        <v>304.26</v>
+      </c>
+      <c r="G60" t="n">
+        <v>1</v>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I60" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K60" t="inlineStr">
+        <is>
+          <t>Huai Hin</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O60" t="inlineStr"/>
+      <c r="P60" t="inlineStr"/>
+      <c r="Q60" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>38aefaa1-9fd0-4634-a57e-fb1e8f8ee2fd</t>
+        </is>
+      </c>
+      <c r="B61" t="n">
+        <v>101.025986</v>
+      </c>
+      <c r="C61" t="n">
+        <v>15.131618</v>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F61" t="n">
+        <v>304.26</v>
+      </c>
+      <c r="G61" t="n">
+        <v>0.973164</v>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I61" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K61" t="inlineStr">
+        <is>
+          <t>Huai Hin</t>
+        </is>
+      </c>
+      <c r="L61" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr">
+        <is>
+          <t>ป่าวังเพลิง ป่าม่วงค่อมและป่าลำนารายณ์</t>
+        </is>
+      </c>
+      <c r="O61" t="inlineStr"/>
+      <c r="P61" t="inlineStr"/>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>8ad30a43-1cfe-47aa-884e-6b6909ffb1f9</t>
+        </is>
+      </c>
+      <c r="B62" t="n">
+        <v>101.02678</v>
+      </c>
+      <c r="C62" t="n">
+        <v>15.61308</v>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F62" t="n">
+        <v>355.24</v>
+      </c>
+      <c r="G62" t="n">
+        <v>7.52</v>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I62" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K62" t="inlineStr">
+        <is>
+          <t>Sap Sombun</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O62" t="inlineStr"/>
+      <c r="P62" t="inlineStr"/>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>3edc14ea-61a7-47da-a8ea-12247c4f32fd</t>
+        </is>
+      </c>
+      <c r="B63" t="n">
+        <v>101.027245</v>
+      </c>
+      <c r="C63" t="n">
+        <v>15.613462</v>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F63" t="n">
+        <v>355.24</v>
+      </c>
+      <c r="G63" t="n">
+        <v>7.335102</v>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I63" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K63" t="inlineStr">
+        <is>
+          <t>Sap Sombun</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O63" t="inlineStr"/>
+      <c r="P63" t="inlineStr"/>
+      <c r="Q63" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>86643391-ebcb-4d9b-af0d-a4071508bbee</t>
+        </is>
+      </c>
+      <c r="B64" t="n">
+        <v>101.02873</v>
+      </c>
+      <c r="C64" t="n">
+        <v>15.61361</v>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F64" t="n">
+        <v>336.23</v>
+      </c>
+      <c r="G64" t="n">
+        <v>4.68</v>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I64" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J64" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K64" t="inlineStr">
+        <is>
+          <t>Sap Sombun</t>
+        </is>
+      </c>
+      <c r="L64" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M64" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O64" t="inlineStr"/>
+      <c r="P64" t="inlineStr"/>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>d17a18b7-6261-4016-8f23-bbe1e151db66</t>
+        </is>
+      </c>
+      <c r="B65" t="n">
+        <v>101.029053</v>
+      </c>
+      <c r="C65" t="n">
+        <v>15.613884</v>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F65" t="n">
+        <v>336.23</v>
+      </c>
+      <c r="G65" t="n">
+        <v>4.570401</v>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I65" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K65" t="inlineStr">
+        <is>
+          <t>Sap Sombun</t>
+        </is>
+      </c>
+      <c r="L65" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O65" t="inlineStr"/>
+      <c r="P65" t="inlineStr"/>
+      <c r="Q65" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>93ce6ab3-6361-45f9-9997-bc0a4c5ef0f2</t>
+        </is>
+      </c>
+      <c r="B66" t="n">
+        <v>101.03746</v>
+      </c>
+      <c r="C66" t="n">
+        <v>14.64613</v>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F66" t="n">
+        <v>303.27</v>
+      </c>
+      <c r="G66" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I66" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K66" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L66" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M66" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr"/>
+      <c r="O66" t="inlineStr"/>
+      <c r="P66" t="inlineStr"/>
+      <c r="Q66" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>891f3274-c6a9-48de-bd17-a8f4e977837f</t>
+        </is>
+      </c>
+      <c r="B67" t="n">
+        <v>101.037773</v>
+      </c>
+      <c r="C67" t="n">
+        <v>14.646589</v>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F67" t="n">
+        <v>303.27</v>
+      </c>
+      <c r="G67" t="n">
+        <v>1.546307</v>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I67" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K67" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N67" t="inlineStr"/>
+      <c r="O67" t="inlineStr"/>
+      <c r="P67" t="inlineStr"/>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>8a2a8146-b896-4561-9bd0-caab1a0754cd</t>
+        </is>
+      </c>
+      <c r="B68" t="n">
+        <v>101.03902</v>
+      </c>
+      <c r="C68" t="n">
+        <v>14.53382</v>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F68" t="n">
+        <v>300.09</v>
+      </c>
+      <c r="G68" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I68" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K68" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L68" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M68" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N68" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O68" t="inlineStr"/>
+      <c r="P68" t="inlineStr"/>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>43d02d0a-59b9-4c05-8571-d9b20050651e</t>
+        </is>
+      </c>
+      <c r="B69" t="n">
+        <v>101.03922</v>
+      </c>
+      <c r="C69" t="n">
+        <v>14.64828</v>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F69" t="n">
+        <v>319.78</v>
+      </c>
+      <c r="G69" t="n">
+        <v>2.91</v>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I69" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K69" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr"/>
+      <c r="O69" t="inlineStr"/>
+      <c r="P69" t="inlineStr"/>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>aa675830-b14f-4697-9e25-f8c220900dd5</t>
+        </is>
+      </c>
+      <c r="B70" t="n">
+        <v>101.039398</v>
+      </c>
+      <c r="C70" t="n">
+        <v>14.534175</v>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F70" t="n">
+        <v>300.09</v>
+      </c>
+      <c r="G70" t="n">
+        <v>0.907456</v>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I70" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K70" t="inlineStr">
+        <is>
+          <t>Cham Phak Phaeo</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>ป่าเขาโป่ง และป่าเขาถ้ำเสือ</t>
+        </is>
+      </c>
+      <c r="O70" t="inlineStr"/>
+      <c r="P70" t="inlineStr"/>
+      <c r="Q70" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>884af957-70f6-486a-80de-b555042b704e</t>
+        </is>
+      </c>
+      <c r="B71" t="n">
+        <v>101.039558</v>
+      </c>
+      <c r="C71" t="n">
+        <v>14.648442</v>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F71" t="n">
+        <v>319.78</v>
+      </c>
+      <c r="G71" t="n">
+        <v>2.829677</v>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I71" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr"/>
+      <c r="O71" t="inlineStr"/>
+      <c r="P71" t="inlineStr"/>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>5359add5-2e66-4148-a822-c651e1017f20</t>
+        </is>
+      </c>
+      <c r="B72" t="n">
+        <v>101.04108</v>
+      </c>
+      <c r="C72" t="n">
+        <v>14.6457</v>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>303.24</v>
+      </c>
+      <c r="G72" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I72" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K72" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr"/>
+      <c r="O72" t="inlineStr"/>
+      <c r="P72" t="inlineStr"/>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>e8316679-ab41-44a7-8968-a76bd4fb2e48</t>
+        </is>
+      </c>
+      <c r="B73" t="n">
+        <v>101.041389</v>
+      </c>
+      <c r="C73" t="n">
+        <v>14.646157</v>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F73" t="n">
+        <v>303.24</v>
+      </c>
+      <c r="G73" t="n">
+        <v>1.546307</v>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I73" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr"/>
+      <c r="O73" t="inlineStr"/>
+      <c r="P73" t="inlineStr"/>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>21a45b14-45f1-4699-919e-4feb3bbd3169</t>
+        </is>
+      </c>
+      <c r="B74" t="n">
+        <v>101.06405</v>
+      </c>
+      <c r="C74" t="n">
+        <v>13.07726</v>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>high</t>
+        </is>
+      </c>
+      <c r="F74" t="n">
+        <v>367</v>
+      </c>
+      <c r="G74" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I74" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K74" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr"/>
+      <c r="O74" t="inlineStr"/>
+      <c r="P74" t="inlineStr"/>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>24616e65-23d6-49c7-b10c-66994aeaa567</t>
+        </is>
+      </c>
+      <c r="B75" t="n">
+        <v>101.064323</v>
+      </c>
+      <c r="C75" t="n">
+        <v>13.077554</v>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>high</t>
+        </is>
+      </c>
+      <c r="F75" t="n">
+        <v>367</v>
+      </c>
+      <c r="G75" t="n">
+        <v>10.438656</v>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I75" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K75" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr"/>
+      <c r="O75" t="inlineStr"/>
+      <c r="P75" t="inlineStr"/>
+      <c r="Q75" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>b097d696-6377-4fb3-a066-90a51e5528e4</t>
+        </is>
+      </c>
+      <c r="B76" t="n">
+        <v>101.06479</v>
+      </c>
+      <c r="C76" t="n">
+        <v>13.08255</v>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F76" t="n">
+        <v>333.04</v>
+      </c>
+      <c r="G76" t="n">
+        <v>2.95</v>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I76" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K76" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr"/>
+      <c r="O76" t="inlineStr"/>
+      <c r="P76" t="inlineStr"/>
+      <c r="Q76" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>6767f5b0-0d43-4eec-a61e-2679e980c614</t>
+        </is>
+      </c>
+      <c r="B77" t="n">
+        <v>101.065063</v>
+      </c>
+      <c r="C77" t="n">
+        <v>13.082855</v>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F77" t="n">
+        <v>333.04</v>
+      </c>
+      <c r="G77" t="n">
+        <v>2.882823</v>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I77" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K77" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr"/>
+      <c r="O77" t="inlineStr"/>
+      <c r="P77" t="inlineStr"/>
+      <c r="Q77" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>fdf3dcdc-f140-4745-9406-92984b8f0797</t>
+        </is>
+      </c>
+      <c r="B78" t="n">
+        <v>101.06752</v>
+      </c>
+      <c r="C78" t="n">
+        <v>13.07684</v>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F78" t="n">
+        <v>346.38</v>
+      </c>
+      <c r="G78" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I78" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N78" t="inlineStr"/>
+      <c r="O78" t="inlineStr"/>
+      <c r="P78" t="inlineStr"/>
+      <c r="Q78" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>0acbe232-a740-49c0-9a1e-8a67f111a31f</t>
+        </is>
+      </c>
+      <c r="B79" t="n">
+        <v>101.067787</v>
+      </c>
+      <c r="C79" t="n">
+        <v>13.077139</v>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F79" t="n">
+        <v>346.37</v>
+      </c>
+      <c r="G79" t="n">
+        <v>10.438656</v>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I79" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K79" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N79" t="inlineStr"/>
+      <c r="O79" t="inlineStr"/>
+      <c r="P79" t="inlineStr"/>
+      <c r="Q79" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>a3e0b9ab-6611-470e-9a4c-2cdc0e5f2b5b</t>
+        </is>
+      </c>
+      <c r="B80" t="n">
+        <v>101.06826</v>
+      </c>
+      <c r="C80" t="n">
+        <v>13.08213</v>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F80" t="n">
+        <v>311.45</v>
+      </c>
+      <c r="G80" t="n">
+        <v>2.95</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I80" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K80" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N80" t="inlineStr"/>
+      <c r="O80" t="inlineStr"/>
+      <c r="P80" t="inlineStr"/>
+      <c r="Q80" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>63c08b89-97cc-4d8a-8ca5-8faa548d2c9d</t>
+        </is>
+      </c>
+      <c r="B81" t="n">
+        <v>101.068535</v>
+      </c>
+      <c r="C81" t="n">
+        <v>13.082437</v>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F81" t="n">
+        <v>311.45</v>
+      </c>
+      <c r="G81" t="n">
+        <v>2.882823</v>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I81" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K81" t="inlineStr">
+        <is>
+          <t>Bo Win</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr"/>
+      <c r="O81" t="inlineStr"/>
+      <c r="P81" t="inlineStr"/>
+      <c r="Q81" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>dad3f380-6f99-4482-af7b-5850f51146a5</t>
+        </is>
+      </c>
+      <c r="B82" t="n">
+        <v>101.07671</v>
+      </c>
+      <c r="C82" t="n">
+        <v>14.63048</v>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F82" t="n">
+        <v>318.59</v>
+      </c>
+      <c r="G82" t="n">
+        <v>2.55</v>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I82" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K82" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr"/>
+      <c r="P82" t="inlineStr"/>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>0c7e97f5-fdf5-45d4-8afb-e5b74c8a2754</t>
+        </is>
+      </c>
+      <c r="B83" t="n">
+        <v>101.077019</v>
+      </c>
+      <c r="C83" t="n">
+        <v>14.630919</v>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F83" t="n">
+        <v>318.59</v>
+      </c>
+      <c r="G83" t="n">
+        <v>2.486119</v>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I83" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr"/>
+      <c r="P83" t="inlineStr"/>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>524461f4-862f-40e6-8877-cfa3b153505f</t>
+        </is>
+      </c>
+      <c r="B84" t="n">
+        <v>101.09753</v>
+      </c>
+      <c r="C84" t="n">
+        <v>14.62802</v>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F84" t="n">
+        <v>303.71</v>
+      </c>
+      <c r="G84" t="n">
+        <v>0.71</v>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I84" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K84" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr"/>
+      <c r="O84" t="inlineStr"/>
+      <c r="P84" t="inlineStr"/>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>5cef7d88-012d-4bd0-8b97-664991b1d5e3</t>
+        </is>
+      </c>
+      <c r="B85" t="n">
+        <v>101.097832</v>
+      </c>
+      <c r="C85" t="n">
+        <v>14.628451</v>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F85" t="n">
+        <v>303.71</v>
+      </c>
+      <c r="G85" t="n">
+        <v>0.697617</v>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I85" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr"/>
+      <c r="O85" t="inlineStr"/>
+      <c r="P85" t="inlineStr"/>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>81d29151-cf5a-4f72-94fa-bedfdb6ea0a3</t>
+        </is>
+      </c>
+      <c r="B86" t="n">
+        <v>101.12503</v>
+      </c>
+      <c r="C86" t="n">
+        <v>14.64114</v>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>300.74</v>
+      </c>
+      <c r="G86" t="n">
+        <v>0.5600000000000001</v>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I86" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr"/>
+      <c r="O86" t="inlineStr"/>
+      <c r="P86" t="inlineStr"/>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>73300c0a-9d6e-40c8-b690-8b37fc57e056</t>
+        </is>
+      </c>
+      <c r="B87" t="n">
+        <v>101.125389</v>
+      </c>
+      <c r="C87" t="n">
+        <v>14.6416</v>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F87" t="n">
+        <v>300.74</v>
+      </c>
+      <c r="G87" t="n">
+        <v>0.546162</v>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I87" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K87" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr"/>
+      <c r="O87" t="inlineStr"/>
+      <c r="P87" t="inlineStr"/>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>7b024946-e3ac-40d2-8edd-c9a571405698</t>
+        </is>
+      </c>
+      <c r="B88" t="n">
+        <v>101.15974</v>
+      </c>
+      <c r="C88" t="n">
+        <v>16.16508</v>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F88" t="n">
+        <v>297.05</v>
+      </c>
+      <c r="G88" t="n">
+        <v>0.43</v>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I88" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>Rawing</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Mueang Phetchabun</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>ป่าห้วยทินและป่าคลองตีบ</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr"/>
+      <c r="P88" t="inlineStr"/>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>c8eb1a92-0e31-41d2-9ddb-b41fef1513f3</t>
+        </is>
+      </c>
+      <c r="B89" t="n">
+        <v>101.160118</v>
+      </c>
+      <c r="C89" t="n">
+        <v>16.16534</v>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F89" t="n">
+        <v>297.05</v>
+      </c>
+      <c r="G89" t="n">
+        <v>0.425385</v>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I89" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K89" t="inlineStr">
+        <is>
+          <t>Rawing</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>Mueang Phetchabun</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr">
+        <is>
+          <t>ป่าห้วยทินและป่าคลองตีบ</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr"/>
+      <c r="P89" t="inlineStr"/>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>457ab02b-28b0-4071-b622-19f088d7a360</t>
+        </is>
+      </c>
+      <c r="B90" t="n">
+        <v>101.16832</v>
+      </c>
+      <c r="C90" t="n">
+        <v>15.30632</v>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>299.58</v>
+      </c>
+      <c r="G90" t="n">
+        <v>1.22</v>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I90" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K90" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr"/>
+      <c r="O90" t="inlineStr"/>
+      <c r="P90" t="inlineStr"/>
+      <c r="Q90" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>7eb42186-e12f-4c00-9659-902b4fce156a</t>
+        </is>
+      </c>
+      <c r="B91" t="n">
+        <v>101.168793</v>
+      </c>
+      <c r="C91" t="n">
+        <v>15.306555</v>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F91" t="n">
+        <v>299.59</v>
+      </c>
+      <c r="G91" t="n">
+        <v>1.191902</v>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I91" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K91" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr"/>
+      <c r="O91" t="inlineStr"/>
+      <c r="P91" t="inlineStr"/>
+      <c r="Q91" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>e13585c4-b729-469e-bd7c-550ff1c169f2</t>
+        </is>
+      </c>
+      <c r="B92" t="n">
+        <v>101.17288</v>
+      </c>
+      <c r="C92" t="n">
+        <v>15.31129</v>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F92" t="n">
+        <v>302.63</v>
+      </c>
+      <c r="G92" t="n">
+        <v>1.68</v>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I92" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K92" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N92" t="inlineStr"/>
+      <c r="O92" t="inlineStr"/>
+      <c r="P92" t="inlineStr"/>
+      <c r="Q92" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>3deeca2b-0056-42b5-97cf-32790d5575db</t>
+        </is>
+      </c>
+      <c r="B93" t="n">
+        <v>101.173195</v>
+      </c>
+      <c r="C93" t="n">
+        <v>15.311562</v>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F93" t="n">
+        <v>302.63</v>
+      </c>
+      <c r="G93" t="n">
+        <v>1.636829</v>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I93" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K93" t="inlineStr">
+        <is>
+          <t>Sila Thip</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N93" t="inlineStr"/>
+      <c r="O93" t="inlineStr"/>
+      <c r="P93" t="inlineStr"/>
+      <c r="Q93" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>36188083-ddd8-41ea-b536-376261b9ff48</t>
+        </is>
+      </c>
+      <c r="B94" t="n">
+        <v>101.4165</v>
+      </c>
+      <c r="C94" t="n">
+        <v>13.29086</v>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>317.44</v>
+      </c>
+      <c r="G94" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I94" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K94" t="inlineStr">
+        <is>
+          <t>Wat Suwan</t>
+        </is>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr"/>
+      <c r="O94" t="inlineStr"/>
+      <c r="P94" t="inlineStr"/>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>043778ed-e5b4-4de2-b05b-7110bd9bcbdc</t>
+        </is>
+      </c>
+      <c r="B95" t="n">
+        <v>101.416847</v>
+      </c>
+      <c r="C95" t="n">
+        <v>13.291242</v>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F95" t="n">
+        <v>317.44</v>
+      </c>
+      <c r="G95" t="n">
+        <v>1.519135</v>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I95" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>Wat Suwan</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr"/>
+      <c r="O95" t="inlineStr"/>
+      <c r="P95" t="inlineStr"/>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>50f07985-8220-47bc-a035-a4fe08f62548</t>
+        </is>
+      </c>
+      <c r="B96" t="n">
+        <v>101.44405</v>
+      </c>
+      <c r="C96" t="n">
+        <v>13.27694</v>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>high</t>
+        </is>
+      </c>
+      <c r="F96" t="n">
+        <v>367</v>
+      </c>
+      <c r="G96" t="n">
+        <v>14.06</v>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I96" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K96" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr"/>
+      <c r="O96" t="inlineStr"/>
+      <c r="P96" t="inlineStr"/>
+      <c r="Q96" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>d10e3ea3-38f0-4370-b953-25cd2a566f9b</t>
+        </is>
+      </c>
+      <c r="B97" t="n">
+        <v>101.444427</v>
+      </c>
+      <c r="C97" t="n">
+        <v>13.277297</v>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>high</t>
+        </is>
+      </c>
+      <c r="F97" t="n">
+        <v>367</v>
+      </c>
+      <c r="G97" t="n">
+        <v>13.714198</v>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I97" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J97" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K97" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr">
+        <is>
+          <t>ป่าคลองตะเคียน</t>
+        </is>
+      </c>
+      <c r="O97" t="inlineStr"/>
+      <c r="P97" t="inlineStr"/>
+      <c r="Q97" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>c2341608-fff8-4546-8f23-6cd5d1f040cd</t>
+        </is>
+      </c>
+      <c r="B98" t="n">
+        <v>101.44731</v>
+      </c>
+      <c r="C98" t="n">
+        <v>13.27654</v>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F98" t="n">
+        <v>310.29</v>
+      </c>
+      <c r="G98" t="n">
+        <v>7.88</v>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I98" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J98" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K98" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>ป่าคลองตะเคียน</t>
+        </is>
+      </c>
+      <c r="O98" t="inlineStr"/>
+      <c r="P98" t="inlineStr"/>
+      <c r="Q98" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>2e7de5e8-c22f-41aa-8872-cbd7933781ec</t>
+        </is>
+      </c>
+      <c r="B99" t="n">
+        <v>101.447662</v>
+      </c>
+      <c r="C99" t="n">
+        <v>13.276899</v>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F99" t="n">
+        <v>310.29</v>
+      </c>
+      <c r="G99" t="n">
+        <v>7.68479</v>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I99" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K99" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>Bo Thong</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N99" t="inlineStr">
+        <is>
+          <t>ป่าคลองตะเคียน</t>
+        </is>
+      </c>
+      <c r="O99" t="inlineStr"/>
+      <c r="P99" t="inlineStr"/>
+      <c r="Q99" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>a2d5612f-cf93-4135-a99d-28b6be686ab1</t>
+        </is>
+      </c>
+      <c r="B100" t="n">
+        <v>101.4911</v>
+      </c>
+      <c r="C100" t="n">
+        <v>16.11766</v>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F100" t="n">
+        <v>318</v>
+      </c>
+      <c r="G100" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I100" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J100" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K100" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr"/>
+      <c r="O100" t="inlineStr"/>
+      <c r="P100" t="inlineStr"/>
+      <c r="Q100" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>3616bb70-56b8-487b-b797-9a18e9cb9cb4</t>
+        </is>
+      </c>
+      <c r="B101" t="n">
+        <v>101.491478</v>
+      </c>
+      <c r="C101" t="n">
+        <v>16.117878</v>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>318</v>
+      </c>
+      <c r="G101" t="n">
+        <v>1.502365</v>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I101" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K101" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N101" t="inlineStr"/>
+      <c r="O101" t="inlineStr"/>
+      <c r="P101" t="inlineStr"/>
+      <c r="Q101" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>0461a4c3-7d76-4dfe-9c80-12d339c0c5d8</t>
+        </is>
+      </c>
+      <c r="B102" t="n">
+        <v>101.5041</v>
+      </c>
+      <c r="C102" t="n">
+        <v>15.32206</v>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>327.83</v>
+      </c>
+      <c r="G102" t="n">
+        <v>2.75</v>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I102" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>Samnak Takhro</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>Thepharak</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr"/>
+      <c r="O102" t="inlineStr"/>
+      <c r="P102" t="inlineStr"/>
+      <c r="Q102" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>326fda56-f3f7-43ef-95c4-d187ef063dc9</t>
+        </is>
+      </c>
+      <c r="B103" t="n">
+        <v>101.504593</v>
+      </c>
+      <c r="C103" t="n">
+        <v>15.322392</v>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F103" t="n">
+        <v>327.83</v>
+      </c>
+      <c r="G103" t="n">
+        <v>2.681438</v>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I103" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J103" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>Samnak Takhro</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>Thepharak</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N103" t="inlineStr"/>
+      <c r="O103" t="inlineStr"/>
+      <c r="P103" t="inlineStr"/>
+      <c r="Q103" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>0ba2577b-776b-471b-85ed-ac30a9ee62de</t>
+        </is>
+      </c>
+      <c r="B104" t="n">
+        <v>101.5231</v>
+      </c>
+      <c r="C104" t="n">
+        <v>16.03454</v>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F104" t="n">
+        <v>300.06</v>
+      </c>
+      <c r="G104" t="n">
+        <v>2.55</v>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I104" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J104" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr"/>
+      <c r="O104" t="inlineStr"/>
+      <c r="P104" t="inlineStr"/>
+      <c r="Q104" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>7b5864e8-7cbd-4ebe-b29f-96d7fd7db483</t>
+        </is>
+      </c>
+      <c r="B105" t="n">
+        <v>101.523384</v>
+      </c>
+      <c r="C105" t="n">
+        <v>16.03488</v>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F105" t="n">
+        <v>300.06</v>
+      </c>
+      <c r="G105" t="n">
+        <v>2.495396</v>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I105" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J105" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr"/>
+      <c r="O105" t="inlineStr"/>
+      <c r="P105" t="inlineStr"/>
+      <c r="Q105" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>efe1dca7-4d55-4809-8a33-c9865eb2f4a1</t>
+        </is>
+      </c>
+      <c r="B106" t="n">
+        <v>101.52653</v>
+      </c>
+      <c r="C106" t="n">
+        <v>16.03415</v>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F106" t="n">
+        <v>328.2</v>
+      </c>
+      <c r="G106" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I106" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J106" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr"/>
+      <c r="O106" t="inlineStr"/>
+      <c r="P106" t="inlineStr"/>
+      <c r="Q106" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>89a8ba8a-cf83-48c9-9c39-4bb76d4f7902</t>
+        </is>
+      </c>
+      <c r="B107" t="n">
+        <v>101.52681</v>
+      </c>
+      <c r="C107" t="n">
+        <v>16.034491</v>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F107" t="n">
+        <v>328.2</v>
+      </c>
+      <c r="G107" t="n">
+        <v>3.035259</v>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I107" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J107" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr"/>
+      <c r="O107" t="inlineStr"/>
+      <c r="P107" t="inlineStr"/>
+      <c r="Q107" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>bf0ae54e-bc15-42dd-9442-c3fe9af26d70</t>
+        </is>
+      </c>
+      <c r="B108" t="n">
+        <v>101.53288</v>
+      </c>
+      <c r="C108" t="n">
+        <v>16.00098</v>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F108" t="n">
+        <v>295.56</v>
+      </c>
+      <c r="G108" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I108" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J108" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr"/>
+      <c r="O108" t="inlineStr"/>
+      <c r="P108" t="inlineStr"/>
+      <c r="Q108" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>82fbb808-788d-49f0-b0ee-cf70d2f12729</t>
+        </is>
+      </c>
+      <c r="B109" t="n">
+        <v>101.533142</v>
+      </c>
+      <c r="C109" t="n">
+        <v>16.001257</v>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F109" t="n">
+        <v>295.56</v>
+      </c>
+      <c r="G109" t="n">
+        <v>0.330671</v>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I109" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J109" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>Tham Wua Daeng</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr"/>
+      <c r="O109" t="inlineStr"/>
+      <c r="P109" t="inlineStr"/>
+      <c r="Q109" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>58e26c2f-6f51-4490-847b-e5729c537c85</t>
+        </is>
+      </c>
+      <c r="B110" t="n">
+        <v>101.5423</v>
+      </c>
+      <c r="C110" t="n">
+        <v>15.38676</v>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F110" t="n">
+        <v>297.77</v>
+      </c>
+      <c r="G110" t="n">
+        <v>0.46</v>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I110" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>Wa Tabaek</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>Thep Sathit</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr">
+        <is>
+          <t>ป่านายางกลัก</t>
+        </is>
+      </c>
+      <c r="O110" t="inlineStr"/>
+      <c r="P110" t="inlineStr"/>
+      <c r="Q110" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>df123594-b129-45b1-b0da-2c624e0a335c</t>
+        </is>
+      </c>
+      <c r="B111" t="n">
+        <v>101.542671</v>
+      </c>
+      <c r="C111" t="n">
+        <v>15.387086</v>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F111" t="n">
+        <v>297.77</v>
+      </c>
+      <c r="G111" t="n">
+        <v>0.442906</v>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I111" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>Wa Tabaek</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>Thep Sathit</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N111" t="inlineStr">
+        <is>
+          <t>ป่านายางกลัก</t>
+        </is>
+      </c>
+      <c r="O111" t="inlineStr"/>
+      <c r="P111" t="inlineStr"/>
+      <c r="Q111" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>e10b3003-9486-46bf-b764-459ef289392e</t>
+        </is>
+      </c>
+      <c r="B112" t="n">
+        <v>101.5595</v>
+      </c>
+      <c r="C112" t="n">
+        <v>14.08168</v>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F112" t="n">
+        <v>295.4</v>
+      </c>
+      <c r="G112" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I112" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J112" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>Kham Tanot</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>Prachantakham</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>Prachin Buri</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr"/>
+      <c r="O112" t="inlineStr"/>
+      <c r="P112" t="inlineStr"/>
+      <c r="Q112" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>5e826aef-78e0-46d5-91ae-1cbf6e6d2442</t>
+        </is>
+      </c>
+      <c r="B113" t="n">
+        <v>101.559776</v>
+      </c>
+      <c r="C113" t="n">
+        <v>14.081957</v>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F113" t="n">
+        <v>295.4</v>
+      </c>
+      <c r="G113" t="n">
+        <v>0.591581</v>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I113" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J113" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>Kham Tanot</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>Prachantakham</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>Prachin Buri</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr"/>
+      <c r="O113" t="inlineStr"/>
+      <c r="P113" t="inlineStr"/>
+      <c r="Q113" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>c724fd36-acb7-4c31-b549-3c062e99f35c</t>
+        </is>
+      </c>
+      <c r="B114" t="n">
+        <v>101.59682</v>
+      </c>
+      <c r="C114" t="n">
+        <v>15.49803</v>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F114" t="n">
+        <v>299.45</v>
+      </c>
+      <c r="G114" t="n">
+        <v>0.8100000000000001</v>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I114" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J114" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr"/>
+      <c r="O114" t="inlineStr"/>
+      <c r="P114" t="inlineStr"/>
+      <c r="Q114" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>01e8afa2-0302-4e52-9dc6-a54a4fd890ab</t>
+        </is>
+      </c>
+      <c r="B115" t="n">
+        <v>101.597206</v>
+      </c>
+      <c r="C115" t="n">
+        <v>15.498281</v>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F115" t="n">
+        <v>299.45</v>
+      </c>
+      <c r="G115" t="n">
+        <v>0.782189</v>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I115" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J115" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K115" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr"/>
+      <c r="O115" t="inlineStr"/>
+      <c r="P115" t="inlineStr"/>
+      <c r="Q115" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>15b6ca16-0de1-41b1-a744-0fdf397a2bce</t>
+        </is>
+      </c>
+      <c r="B116" t="n">
+        <v>101.60017</v>
+      </c>
+      <c r="C116" t="n">
+        <v>15.49764</v>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F116" t="n">
+        <v>298.79</v>
+      </c>
+      <c r="G116" t="n">
+        <v>0.8100000000000001</v>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I116" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J116" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K116" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N116" t="inlineStr"/>
+      <c r="O116" t="inlineStr"/>
+      <c r="P116" t="inlineStr"/>
+      <c r="Q116" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>d844aa66-9cda-486b-b612-94ff86fcb463</t>
+        </is>
+      </c>
+      <c r="B117" t="n">
+        <v>101.600555</v>
+      </c>
+      <c r="C117" t="n">
+        <v>15.497894</v>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F117" t="n">
+        <v>298.78</v>
+      </c>
+      <c r="G117" t="n">
+        <v>0.782189</v>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I117" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J117" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K117" t="inlineStr">
+        <is>
+          <t>Ko Manao</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr"/>
+      <c r="O117" t="inlineStr"/>
+      <c r="P117" t="inlineStr"/>
+      <c r="Q117" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>91ea4fef-e9ee-449e-b365-d0a8a56c3b53</t>
+        </is>
+      </c>
+      <c r="B118" t="n">
+        <v>101.64213</v>
+      </c>
+      <c r="C118" t="n">
+        <v>15.22016</v>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F118" t="n">
+        <v>295.29</v>
+      </c>
+      <c r="G118" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I118" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J118" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>Ban Kao</t>
+        </is>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N118" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O118" t="inlineStr"/>
+      <c r="P118" t="inlineStr"/>
+      <c r="Q118" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>50f5101c-403d-4562-9ee7-6e14630516af</t>
+        </is>
+      </c>
+      <c r="B119" t="n">
+        <v>101.642509</v>
+      </c>
+      <c r="C119" t="n">
+        <v>15.220596</v>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F119" t="n">
+        <v>295.3</v>
+      </c>
+      <c r="G119" t="n">
+        <v>1.563842</v>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I119" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J119" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K119" t="inlineStr">
+        <is>
+          <t>Ban Kao</t>
+        </is>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N119" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O119" t="inlineStr"/>
+      <c r="P119" t="inlineStr"/>
+      <c r="Q119" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>d3fb1ae8-7c2d-4b3e-839c-0ae9d33d23d5</t>
+        </is>
+      </c>
+      <c r="B120" t="n">
+        <v>101.64404</v>
+      </c>
+      <c r="C120" t="n">
+        <v>15.22046</v>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F120" t="n">
+        <v>331</v>
+      </c>
+      <c r="G120" t="n">
+        <v>3.04</v>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I120" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J120" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K120" t="inlineStr">
+        <is>
+          <t>Ban Kao</t>
+        </is>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N120" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O120" t="inlineStr"/>
+      <c r="P120" t="inlineStr"/>
+      <c r="Q120" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>b9f1c84c-42ae-4d9f-b920-9123c2b095f7</t>
+        </is>
+      </c>
+      <c r="B121" t="n">
+        <v>101.64447</v>
+      </c>
+      <c r="C121" t="n">
+        <v>15.220604</v>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F121" t="n">
+        <v>331</v>
+      </c>
+      <c r="G121" t="n">
+        <v>2.955911</v>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I121" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J121" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K121" t="inlineStr">
+        <is>
+          <t>Ban Kao</t>
+        </is>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N121" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O121" t="inlineStr"/>
+      <c r="P121" t="inlineStr"/>
+      <c r="Q121" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>c09fbc8f-4f1f-4d6c-ae7c-959fa52f8931</t>
+        </is>
+      </c>
+      <c r="B122" t="n">
+        <v>101.64542</v>
+      </c>
+      <c r="C122" t="n">
+        <v>15.21976</v>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F122" t="n">
+        <v>321.49</v>
+      </c>
+      <c r="G122" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I122" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J122" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K122" t="inlineStr">
+        <is>
+          <t>Ban Kao</t>
+        </is>
+      </c>
+      <c r="L122" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M122" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N122" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O122" t="inlineStr"/>
+      <c r="P122" t="inlineStr"/>
+      <c r="Q122" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>ca7fa1aa-17fc-4e04-8165-0057a18e2c7d</t>
+        </is>
+      </c>
+      <c r="B123" t="n">
+        <v>101.645805</v>
+      </c>
+      <c r="C123" t="n">
+        <v>15.220202</v>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F123" t="n">
+        <v>321.49</v>
+      </c>
+      <c r="G123" t="n">
+        <v>1.563842</v>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I123" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J123" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K123" t="inlineStr">
+        <is>
+          <t>Ban Kao</t>
+        </is>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M123" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O123" t="inlineStr"/>
+      <c r="P123" t="inlineStr"/>
+      <c r="Q123" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>19f8beeb-b31b-4b6e-bc0d-9797fd2efd8b</t>
+        </is>
+      </c>
+      <c r="B124" t="n">
+        <v>101.66943</v>
+      </c>
+      <c r="C124" t="n">
+        <v>15.26539</v>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F124" t="n">
+        <v>297.74</v>
+      </c>
+      <c r="G124" t="n">
+        <v>0.42</v>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I124" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J124" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K124" t="inlineStr">
+        <is>
+          <t>Phan Chana</t>
+        </is>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N124" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O124" t="inlineStr"/>
+      <c r="P124" t="inlineStr"/>
+      <c r="Q124" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>5d3616df-6343-4bdb-aad0-aaf669253d61</t>
+        </is>
+      </c>
+      <c r="B125" t="n">
+        <v>101.669884</v>
+      </c>
+      <c r="C125" t="n">
+        <v>15.26563</v>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F125" t="n">
+        <v>297.74</v>
+      </c>
+      <c r="G125" t="n">
+        <v>0.421551</v>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I125" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J125" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K125" t="inlineStr">
+        <is>
+          <t>Phan Chana</t>
+        </is>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O125" t="inlineStr"/>
+      <c r="P125" t="inlineStr"/>
+      <c r="Q125" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>9ad7f77a-dcf2-4805-a9d7-e00624fed87d</t>
+        </is>
+      </c>
+      <c r="B126" t="n">
+        <v>101.69895</v>
+      </c>
+      <c r="C126" t="n">
+        <v>16.00393</v>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F126" t="n">
+        <v>303.73</v>
+      </c>
+      <c r="G126" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I126" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J126" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K126" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M126" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N126" t="inlineStr"/>
+      <c r="O126" t="inlineStr"/>
+      <c r="P126" t="inlineStr"/>
+      <c r="Q126" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>901dd813-48b7-49ed-afc0-68a6110f9397</t>
+        </is>
+      </c>
+      <c r="B127" t="n">
+        <v>101.699219</v>
+      </c>
+      <c r="C127" t="n">
+        <v>16.004242</v>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F127" t="n">
+        <v>303.73</v>
+      </c>
+      <c r="G127" t="n">
+        <v>1.178377</v>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I127" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J127" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K127" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr"/>
+      <c r="O127" t="inlineStr"/>
+      <c r="P127" t="inlineStr"/>
+      <c r="Q127" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>a68e1790-19b1-4617-aaa3-e1548141e935</t>
+        </is>
+      </c>
+      <c r="B128" t="n">
+        <v>101.76732</v>
+      </c>
+      <c r="C128" t="n">
+        <v>16.11363</v>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F128" t="n">
+        <v>295.21</v>
+      </c>
+      <c r="G128" t="n">
+        <v>0.54</v>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I128" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J128" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K128" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N128" t="inlineStr"/>
+      <c r="O128" t="inlineStr"/>
+      <c r="P128" t="inlineStr"/>
+      <c r="Q128" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>b3ed1316-06b9-4208-a10f-b8f56910e315</t>
+        </is>
+      </c>
+      <c r="B129" t="n">
+        <v>101.767693</v>
+      </c>
+      <c r="C129" t="n">
+        <v>16.11389</v>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F129" t="n">
+        <v>295.21</v>
+      </c>
+      <c r="G129" t="n">
+        <v>0.516425</v>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I129" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J129" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="L129" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr"/>
+      <c r="O129" t="inlineStr"/>
+      <c r="P129" t="inlineStr"/>
+      <c r="Q129" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>4342a75d-0c33-4969-a225-5f646367ac2d</t>
+        </is>
+      </c>
+      <c r="B130" t="n">
+        <v>101.96661</v>
+      </c>
+      <c r="C130" t="n">
+        <v>15.01178</v>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F130" t="n">
+        <v>296.52</v>
+      </c>
+      <c r="G130" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I130" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J130" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K130" t="inlineStr">
+        <is>
+          <t>Bueng O</t>
+        </is>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>Kham Thale So</t>
+        </is>
+      </c>
+      <c r="M130" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N130" t="inlineStr"/>
+      <c r="O130" t="inlineStr"/>
+      <c r="P130" t="inlineStr"/>
+      <c r="Q130" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>40077d5a-657e-4da3-83f9-b58ab00d6c84</t>
+        </is>
+      </c>
+      <c r="B131" t="n">
+        <v>101.966934</v>
+      </c>
+      <c r="C131" t="n">
+        <v>15.011984</v>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F131" t="n">
+        <v>296.52</v>
+      </c>
+      <c r="G131" t="n">
+        <v>0.620881</v>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I131" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J131" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K131" t="inlineStr">
+        <is>
+          <t>Bueng O</t>
+        </is>
+      </c>
+      <c r="L131" t="inlineStr">
+        <is>
+          <t>Kham Thale So</t>
+        </is>
+      </c>
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N131" t="inlineStr"/>
+      <c r="O131" t="inlineStr"/>
+      <c r="P131" t="inlineStr"/>
+      <c r="Q131" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>b7442d84-3f7c-431a-b35a-5a6d02278a70</t>
+        </is>
+      </c>
+      <c r="B132" t="n">
+        <v>102.03259</v>
+      </c>
+      <c r="C132" t="n">
+        <v>16.66474</v>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F132" t="n">
+        <v>299.25</v>
+      </c>
+      <c r="G132" t="n">
+        <v>0.47</v>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I132" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J132" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K132" t="inlineStr">
+        <is>
+          <t>Nong Khiat</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>Chum Phae</t>
+        </is>
+      </c>
+      <c r="M132" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N132" t="inlineStr"/>
+      <c r="O132" t="inlineStr"/>
+      <c r="P132" t="inlineStr"/>
+      <c r="Q132" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>dbd8e034-5ade-44cb-a036-1e97384cc4ee</t>
+        </is>
+      </c>
+      <c r="B133" t="n">
+        <v>102.032944</v>
+      </c>
+      <c r="C133" t="n">
+        <v>16.665173</v>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F133" t="n">
+        <v>299.25</v>
+      </c>
+      <c r="G133" t="n">
+        <v>0.448374</v>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I133" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J133" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K133" t="inlineStr">
+        <is>
+          <t>Nong Khiat</t>
+        </is>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>Chum Phae</t>
+        </is>
+      </c>
+      <c r="M133" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N133" t="inlineStr"/>
+      <c r="O133" t="inlineStr"/>
+      <c r="P133" t="inlineStr"/>
+      <c r="Q133" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>9b267417-6c3b-41b8-b61a-5ec332d30581</t>
+        </is>
+      </c>
+      <c r="B134" t="n">
+        <v>102.03296</v>
+      </c>
+      <c r="C134" t="n">
+        <v>16.66603</v>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F134" t="n">
+        <v>298.13</v>
+      </c>
+      <c r="G134" t="n">
+        <v>0.52</v>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I134" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J134" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K134" t="inlineStr">
+        <is>
+          <t>Nong Khiat</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>Chum Phae</t>
+        </is>
+      </c>
+      <c r="M134" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N134" t="inlineStr"/>
+      <c r="O134" t="inlineStr"/>
+      <c r="P134" t="inlineStr"/>
+      <c r="Q134" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>5abb4e39-a9e4-4aad-852e-e621eeaa13e7</t>
+        </is>
+      </c>
+      <c r="B135" t="n">
+        <v>102.03334</v>
+      </c>
+      <c r="C135" t="n">
+        <v>16.666143</v>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F135" t="n">
+        <v>298.13</v>
+      </c>
+      <c r="G135" t="n">
+        <v>0.499017</v>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I135" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J135" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K135" t="inlineStr">
+        <is>
+          <t>Nong Khiat</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>Chum Phae</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr"/>
+      <c r="O135" t="inlineStr"/>
+      <c r="P135" t="inlineStr"/>
+      <c r="Q135" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>eb5f6926-845e-4d96-889e-1193bcc54055</t>
+        </is>
+      </c>
+      <c r="B136" t="n">
+        <v>102.07701</v>
+      </c>
+      <c r="C136" t="n">
+        <v>17.30047</v>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F136" t="n">
+        <v>295.72</v>
+      </c>
+      <c r="G136" t="n">
+        <v>0.55</v>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I136" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J136" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K136" t="inlineStr">
+        <is>
+          <t>Na Lao</t>
+        </is>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>Na Wang</t>
+        </is>
+      </c>
+      <c r="M136" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N136" t="inlineStr"/>
+      <c r="O136" t="inlineStr"/>
+      <c r="P136" t="inlineStr"/>
+      <c r="Q136" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>679a7a5b-959a-41ed-9728-19d41340f618</t>
+        </is>
+      </c>
+      <c r="B137" t="n">
+        <v>102.077415</v>
+      </c>
+      <c r="C137" t="n">
+        <v>17.300911</v>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F137" t="n">
+        <v>295.72</v>
+      </c>
+      <c r="G137" t="n">
+        <v>0.541239</v>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I137" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J137" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K137" t="inlineStr">
+        <is>
+          <t>Na Lao</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>Na Wang</t>
+        </is>
+      </c>
+      <c r="M137" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N137" t="inlineStr"/>
+      <c r="O137" t="inlineStr"/>
+      <c r="P137" t="inlineStr"/>
+      <c r="Q137" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>e84d51b7-f29c-4412-847f-a64021c9a784</t>
+        </is>
+      </c>
+      <c r="B138" t="n">
+        <v>102.1022</v>
+      </c>
+      <c r="C138" t="n">
+        <v>17.12215</v>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F138" t="n">
+        <v>296.26</v>
+      </c>
+      <c r="G138" t="n">
+        <v>0.39</v>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I138" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J138" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>Nong Kung Kaeo</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O138" t="inlineStr"/>
+      <c r="P138" t="inlineStr"/>
+      <c r="Q138" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>cc3aa665-6927-462b-98b9-ff0f8083295a</t>
+        </is>
+      </c>
+      <c r="B139" t="n">
+        <v>102.102554</v>
+      </c>
+      <c r="C139" t="n">
+        <v>17.12236</v>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F139" t="n">
+        <v>296.26</v>
+      </c>
+      <c r="G139" t="n">
+        <v>0.378182</v>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I139" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J139" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>Nong Kung Kaeo</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M139" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N139" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O139" t="inlineStr"/>
+      <c r="P139" t="inlineStr"/>
+      <c r="Q139" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>36c13732-4f17-4772-8864-8b6c7a2db701</t>
+        </is>
+      </c>
+      <c r="B140" t="n">
+        <v>102.13184</v>
+      </c>
+      <c r="C140" t="n">
+        <v>15.62879</v>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F140" t="n">
+        <v>314.19</v>
+      </c>
+      <c r="G140" t="n">
+        <v>1.14</v>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I140" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J140" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K140" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="M140" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N140" t="inlineStr">
+        <is>
+          <t>ป่าโคกหลวง</t>
+        </is>
+      </c>
+      <c r="O140" t="inlineStr"/>
+      <c r="P140" t="inlineStr"/>
+      <c r="Q140" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>8ffefc44-d30f-4eae-bd45-6664760ea667</t>
+        </is>
+      </c>
+      <c r="B141" t="n">
+        <v>102.132286</v>
+      </c>
+      <c r="C141" t="n">
+        <v>15.628994</v>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F141" t="n">
+        <v>314.19</v>
+      </c>
+      <c r="G141" t="n">
+        <v>1.118598</v>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I141" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J141" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K141" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="M141" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N141" t="inlineStr">
+        <is>
+          <t>ป่าโคกหลวง</t>
+        </is>
+      </c>
+      <c r="O141" t="inlineStr"/>
+      <c r="P141" t="inlineStr"/>
+      <c r="Q141" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>94f2943a-8462-4c36-9c7d-f3fcbe0955a8</t>
+        </is>
+      </c>
+      <c r="B142" t="n">
+        <v>102.14629</v>
+      </c>
+      <c r="C142" t="n">
+        <v>16.77077</v>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F142" t="n">
+        <v>295.09</v>
+      </c>
+      <c r="G142" t="n">
+        <v>0.34</v>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I142" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J142" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K142" t="inlineStr">
+        <is>
+          <t>Si Suk</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M142" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N142" t="inlineStr">
+        <is>
+          <t>ป่าดงลาน</t>
+        </is>
+      </c>
+      <c r="O142" t="inlineStr"/>
+      <c r="P142" t="inlineStr"/>
+      <c r="Q142" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>c996987e-40a7-431e-9e95-0ae3135279ab</t>
+        </is>
+      </c>
+      <c r="B143" t="n">
+        <v>102.146622</v>
+      </c>
+      <c r="C143" t="n">
+        <v>16.770994</v>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F143" t="n">
+        <v>295.09</v>
+      </c>
+      <c r="G143" t="n">
+        <v>0.327032</v>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I143" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J143" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K143" t="inlineStr">
+        <is>
+          <t>Wang Phoem</t>
+        </is>
+      </c>
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr">
+        <is>
+          <t>ป่าดงลาน</t>
+        </is>
+      </c>
+      <c r="O143" t="inlineStr"/>
+      <c r="P143" t="inlineStr"/>
+      <c r="Q143" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>d36cfcc2-4a68-425a-9a85-2d962328d2ce</t>
+        </is>
+      </c>
+      <c r="B144" t="n">
+        <v>102.14748</v>
+      </c>
+      <c r="C144" t="n">
+        <v>16.77408</v>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F144" t="n">
+        <v>296.57</v>
+      </c>
+      <c r="G144" t="n">
+        <v>0.51</v>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I144" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J144" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>Wang Phoem</t>
+        </is>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N144" t="inlineStr">
+        <is>
+          <t>ป่าดงลาน</t>
+        </is>
+      </c>
+      <c r="O144" t="inlineStr"/>
+      <c r="P144" t="inlineStr"/>
+      <c r="Q144" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>11bb53b0-4d86-4257-9e7d-8c0fd53f797b</t>
+        </is>
+      </c>
+      <c r="B145" t="n">
+        <v>102.147949</v>
+      </c>
+      <c r="C145" t="n">
+        <v>16.774433</v>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F145" t="n">
+        <v>296.57</v>
+      </c>
+      <c r="G145" t="n">
+        <v>0.510641</v>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I145" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J145" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K145" t="inlineStr">
+        <is>
+          <t>Wang Phoem</t>
+        </is>
+      </c>
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr">
+        <is>
+          <t>ป่าดงลาน</t>
+        </is>
+      </c>
+      <c r="O145" t="inlineStr"/>
+      <c r="P145" t="inlineStr"/>
+      <c r="Q145" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>8148f417-077a-4d74-bf11-8fbcbb477684</t>
+        </is>
+      </c>
+      <c r="B146" t="n">
+        <v>102.16019</v>
+      </c>
+      <c r="C146" t="n">
+        <v>17.16313</v>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F146" t="n">
+        <v>299.52</v>
+      </c>
+      <c r="G146" t="n">
+        <v>0.35</v>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I146" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J146" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K146" t="inlineStr">
+        <is>
+          <t>Non Muang</t>
+        </is>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O146" t="inlineStr"/>
+      <c r="P146" t="inlineStr"/>
+      <c r="Q146" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>f5e814fe-0e2d-40ef-98ef-fc5d2d64e9ea</t>
+        </is>
+      </c>
+      <c r="B147" t="n">
+        <v>102.160576</v>
+      </c>
+      <c r="C147" t="n">
+        <v>17.163437</v>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F147" t="n">
+        <v>299.51</v>
+      </c>
+      <c r="G147" t="n">
+        <v>0.348903</v>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I147" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J147" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K147" t="inlineStr">
+        <is>
+          <t>Non Muang</t>
+        </is>
+      </c>
+      <c r="L147" t="inlineStr">
+        <is>
+          <t>Si Bun Rueang</t>
+        </is>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N147" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O147" t="inlineStr"/>
+      <c r="P147" t="inlineStr"/>
+      <c r="Q147" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>bb3b6aa7-c04b-4a00-bc83-a47096022729</t>
+        </is>
+      </c>
+      <c r="B148" t="n">
+        <v>102.24382</v>
+      </c>
+      <c r="C148" t="n">
+        <v>13.5043</v>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F148" t="n">
+        <v>304.24</v>
+      </c>
+      <c r="G148" t="n">
+        <v>1.18</v>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I148" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J148" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K148" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L148" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N148" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O148" t="inlineStr"/>
+      <c r="P148" t="inlineStr"/>
+      <c r="Q148" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>a350977f-3f32-439b-9641-7586c147edba</t>
+        </is>
+      </c>
+      <c r="B149" t="n">
+        <v>102.244171</v>
+      </c>
+      <c r="C149" t="n">
+        <v>13.504528</v>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F149" t="n">
+        <v>304.24</v>
+      </c>
+      <c r="G149" t="n">
+        <v>1.156166</v>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I149" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J149" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K149" t="inlineStr">
+        <is>
+          <t>Sap Makrut</t>
+        </is>
+      </c>
+      <c r="L149" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N149" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O149" t="inlineStr"/>
+      <c r="P149" t="inlineStr"/>
+      <c r="Q149" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>9c6a8362-ccde-479f-af56-1348b09d58ff</t>
+        </is>
+      </c>
+      <c r="B150" t="n">
+        <v>102.24726</v>
+      </c>
+      <c r="C150" t="n">
+        <v>18.02866</v>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F150" t="n">
+        <v>296.01</v>
+      </c>
+      <c r="G150" t="n">
+        <v>0.66</v>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I150" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J150" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>Kaeng Kai</t>
+        </is>
+      </c>
+      <c r="L150" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr"/>
+      <c r="O150" t="inlineStr"/>
+      <c r="P150" t="inlineStr"/>
+      <c r="Q150" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>83b6ab0e-3a71-4759-af6b-6928559b4d97</t>
+        </is>
+      </c>
+      <c r="B151" t="n">
+        <v>102.247658</v>
+      </c>
+      <c r="C151" t="n">
+        <v>18.029001</v>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F151" t="n">
+        <v>296.01</v>
+      </c>
+      <c r="G151" t="n">
+        <v>0.6460939999999999</v>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I151" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J151" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K151" t="inlineStr">
+        <is>
+          <t>Kaeng Kai</t>
+        </is>
+      </c>
+      <c r="L151" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr"/>
+      <c r="O151" t="inlineStr"/>
+      <c r="P151" t="inlineStr"/>
+      <c r="Q151" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>86496ba4-cffe-4c29-8c6c-6d88b5fe8c79</t>
+        </is>
+      </c>
+      <c r="B152" t="n">
+        <v>102.2636</v>
+      </c>
+      <c r="C152" t="n">
+        <v>15.0174</v>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F152" t="n">
+        <v>316.71</v>
+      </c>
+      <c r="G152" t="n">
+        <v>1.29</v>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I152" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J152" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K152" t="inlineStr">
+        <is>
+          <t>Tha Chang</t>
+        </is>
+      </c>
+      <c r="L152" t="inlineStr">
+        <is>
+          <t>Chaloem Phra Kiat</t>
+        </is>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr"/>
+      <c r="O152" t="inlineStr"/>
+      <c r="P152" t="inlineStr"/>
+      <c r="Q152" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>76d74748-ec95-4c4a-bce4-56877429cd63</t>
+        </is>
+      </c>
+      <c r="B153" t="n">
+        <v>102.263939</v>
+      </c>
+      <c r="C153" t="n">
+        <v>15.017675</v>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F153" t="n">
+        <v>316.71</v>
+      </c>
+      <c r="G153" t="n">
+        <v>1.272651</v>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I153" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J153" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K153" t="inlineStr">
+        <is>
+          <t>Tha Chang</t>
+        </is>
+      </c>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>Chaloem Phra Kiat</t>
+        </is>
+      </c>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N153" t="inlineStr"/>
+      <c r="O153" t="inlineStr"/>
+      <c r="P153" t="inlineStr"/>
+      <c r="Q153" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>f30ecd99-36fb-4a03-81d6-d44d4c4f46f3</t>
+        </is>
+      </c>
+      <c r="B154" t="n">
+        <v>102.30181</v>
+      </c>
+      <c r="C154" t="n">
+        <v>18.02896</v>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F154" t="n">
+        <v>298.9</v>
+      </c>
+      <c r="G154" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I154" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J154" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L154" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O154" t="inlineStr"/>
+      <c r="P154" t="inlineStr"/>
+      <c r="Q154" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>4c3af8e5-eafc-4e1c-be0d-2695e21dfc31</t>
+        </is>
+      </c>
+      <c r="B155" t="n">
+        <v>102.302071</v>
+      </c>
+      <c r="C155" t="n">
+        <v>18.029186</v>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F155" t="n">
+        <v>298.89</v>
+      </c>
+      <c r="G155" t="n">
+        <v>0.80457</v>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I155" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J155" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K155" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L155" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O155" t="inlineStr"/>
+      <c r="P155" t="inlineStr"/>
+      <c r="Q155" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>3ac72b64-748b-433e-944e-86c88ce1ce04</t>
+        </is>
+      </c>
+      <c r="B156" t="n">
+        <v>102.30445</v>
+      </c>
+      <c r="C156" t="n">
+        <v>18.02748</v>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F156" t="n">
+        <v>306.46</v>
+      </c>
+      <c r="G156" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I156" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J156" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K156" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L156" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O156" t="inlineStr"/>
+      <c r="P156" t="inlineStr"/>
+      <c r="Q156" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>627d0e76-87aa-4a5d-bedc-4a64a6635a1a</t>
+        </is>
+      </c>
+      <c r="B157" t="n">
+        <v>102.304855</v>
+      </c>
+      <c r="C157" t="n">
+        <v>18.02783</v>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F157" t="n">
+        <v>306.46</v>
+      </c>
+      <c r="G157" t="n">
+        <v>0.775238</v>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I157" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J157" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K157" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L157" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O157" t="inlineStr"/>
+      <c r="P157" t="inlineStr"/>
+      <c r="Q157" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>c535992d-3555-4275-9c58-be0efdf4c37d</t>
+        </is>
+      </c>
+      <c r="B158" t="n">
+        <v>102.30522</v>
+      </c>
+      <c r="C158" t="n">
+        <v>18.0286</v>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F158" t="n">
+        <v>296.69</v>
+      </c>
+      <c r="G158" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I158" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J158" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O158" t="inlineStr"/>
+      <c r="P158" t="inlineStr"/>
+      <c r="Q158" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>a4befd2e-339a-4cf5-bf5e-7f35eec4cd5d</t>
+        </is>
+      </c>
+      <c r="B159" t="n">
+        <v>102.305466</v>
+      </c>
+      <c r="C159" t="n">
+        <v>18.028828</v>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F159" t="n">
+        <v>296.69</v>
+      </c>
+      <c r="G159" t="n">
+        <v>0.647147</v>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I159" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J159" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K159" t="inlineStr">
+        <is>
+          <t>Pha Tang</t>
+        </is>
+      </c>
+      <c r="L159" t="inlineStr">
+        <is>
+          <t>Sangkhom</t>
+        </is>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>Nong Khai</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>ป่าพรานพร้าวและป่าแก้งไก่</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr"/>
+      <c r="P159" t="inlineStr"/>
+      <c r="Q159" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>b335b556-b6a8-465a-9087-749f5a5fba66</t>
+        </is>
+      </c>
+      <c r="B160" t="n">
+        <v>102.34366</v>
+      </c>
+      <c r="C160" t="n">
+        <v>16.97818</v>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F160" t="n">
+        <v>297.04</v>
+      </c>
+      <c r="G160" t="n">
+        <v>0.5600000000000001</v>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I160" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J160" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K160" t="inlineStr">
+        <is>
+          <t>Pa Mai Ngam</t>
+        </is>
+      </c>
+      <c r="L160" t="inlineStr">
+        <is>
+          <t>Mueang Nongbua Lamphu</t>
+        </is>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr"/>
+      <c r="O160" t="inlineStr"/>
+      <c r="P160" t="inlineStr"/>
+      <c r="Q160" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>3792e2e6-5971-4ce8-b551-a74fa5f64e85</t>
+        </is>
+      </c>
+      <c r="B161" t="n">
+        <v>102.343918</v>
+      </c>
+      <c r="C161" t="n">
+        <v>16.978428</v>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F161" t="n">
+        <v>297.04</v>
+      </c>
+      <c r="G161" t="n">
+        <v>0.547167</v>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I161" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J161" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K161" t="inlineStr">
+        <is>
+          <t>Pa Mai Ngam</t>
+        </is>
+      </c>
+      <c r="L161" t="inlineStr">
+        <is>
+          <t>Mueang Nongbua Lamphu</t>
+        </is>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr"/>
+      <c r="O161" t="inlineStr"/>
+      <c r="P161" t="inlineStr"/>
+      <c r="Q161" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>b7bc13f8-cdff-4ba4-aee3-327e4ccb2811</t>
+        </is>
+      </c>
+      <c r="B162" t="n">
+        <v>102.61289</v>
+      </c>
+      <c r="C162" t="n">
+        <v>14.53576</v>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F162" t="n">
+        <v>298.02</v>
+      </c>
+      <c r="G162" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I162" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J162" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K162" t="inlineStr">
+        <is>
+          <t>Non Suwan</t>
+        </is>
+      </c>
+      <c r="L162" t="inlineStr">
+        <is>
+          <t>Non Suwan</t>
+        </is>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr">
+        <is>
+          <t>ป่าเมืองไผ่</t>
+        </is>
+      </c>
+      <c r="O162" t="inlineStr"/>
+      <c r="P162" t="inlineStr"/>
+      <c r="Q162" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>32fc6b8d-4faf-4a46-9be7-a16fccbf99bb</t>
+        </is>
+      </c>
+      <c r="B163" t="n">
+        <v>102.613251</v>
+      </c>
+      <c r="C163" t="n">
+        <v>14.535981</v>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F163" t="n">
+        <v>298.02</v>
+      </c>
+      <c r="G163" t="n">
+        <v>0.981407</v>
+      </c>
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I163" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J163" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>Non Suwan</t>
+        </is>
+      </c>
+      <c r="L163" t="inlineStr">
+        <is>
+          <t>Non Suwan</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr">
+        <is>
+          <t>ป่าเมืองไผ่</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr"/>
+      <c r="P163" t="inlineStr"/>
+      <c r="Q163" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>822fb9c9-d77c-4a00-9e21-64eb32f354aa</t>
+        </is>
+      </c>
+      <c r="B164" t="n">
+        <v>102.79178</v>
+      </c>
+      <c r="C164" t="n">
+        <v>17.12068</v>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F164" t="n">
+        <v>295.43</v>
+      </c>
+      <c r="G164" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I164" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J164" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L164" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O164" t="inlineStr"/>
+      <c r="P164" t="inlineStr"/>
+      <c r="Q164" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>a60a2034-24fd-46f2-93eb-be8a4e72c6dc</t>
+        </is>
+      </c>
+      <c r="B165" t="n">
+        <v>102.792168</v>
+      </c>
+      <c r="C165" t="n">
+        <v>17.121006</v>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F165" t="n">
+        <v>295.43</v>
+      </c>
+      <c r="G165" t="n">
+        <v>1.054716</v>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I165" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J165" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L165" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr"/>
+      <c r="P165" t="inlineStr"/>
+      <c r="Q165" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>325dfac8-072e-4371-a447-619546121912</t>
+        </is>
+      </c>
+      <c r="B166" t="n">
+        <v>103.16789</v>
+      </c>
+      <c r="C166" t="n">
+        <v>15.15077</v>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F166" t="n">
+        <v>295.1</v>
+      </c>
+      <c r="G166" t="n">
+        <v>0.93</v>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I166" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J166" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>Non Khwang</t>
+        </is>
+      </c>
+      <c r="L166" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr"/>
+      <c r="O166" t="inlineStr"/>
+      <c r="P166" t="inlineStr"/>
+      <c r="Q166" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>22703469-aca7-4f54-8c4c-b06ac6d1e55f</t>
+        </is>
+      </c>
+      <c r="B167" t="n">
+        <v>103.16819</v>
+      </c>
+      <c r="C167" t="n">
+        <v>15.150908</v>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F167" t="n">
+        <v>295.1</v>
+      </c>
+      <c r="G167" t="n">
+        <v>0.9217070000000001</v>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I167" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J167" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>Non Khwang</t>
+        </is>
+      </c>
+      <c r="L167" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr"/>
+      <c r="O167" t="inlineStr"/>
+      <c r="P167" t="inlineStr"/>
+      <c r="Q167" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>1406b417-36ec-450c-920a-a8a9c743b3a4</t>
+        </is>
+      </c>
+      <c r="B168" t="n">
+        <v>103.17091</v>
+      </c>
+      <c r="C168" t="n">
+        <v>15.14873</v>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F168" t="n">
+        <v>297.78</v>
+      </c>
+      <c r="G168" t="n">
+        <v>0.74</v>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I168" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J168" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="L168" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr"/>
+      <c r="O168" t="inlineStr"/>
+      <c r="P168" t="inlineStr"/>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>138af71e-437c-41be-b101-5447d3709448</t>
+        </is>
+      </c>
+      <c r="B169" t="n">
+        <v>103.171364</v>
+      </c>
+      <c r="C169" t="n">
+        <v>15.149008</v>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F169" t="n">
+        <v>297.77</v>
+      </c>
+      <c r="G169" t="n">
+        <v>0.705744</v>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I169" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J169" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="L169" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N169" t="inlineStr"/>
+      <c r="O169" t="inlineStr"/>
+      <c r="P169" t="inlineStr"/>
+      <c r="Q169" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>df0efd6a-4bf7-4ee9-b4f0-439b00523187</t>
+        </is>
+      </c>
+      <c r="B170" t="n">
+        <v>103.27574</v>
+      </c>
+      <c r="C170" t="n">
+        <v>15.13309</v>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F170" t="n">
+        <v>303.32</v>
+      </c>
+      <c r="G170" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I170" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J170" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L170" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N170" t="inlineStr"/>
+      <c r="O170" t="inlineStr"/>
+      <c r="P170" t="inlineStr"/>
+      <c r="Q170" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>dae00335-74da-4211-ae55-fa47fad63551</t>
+        </is>
+      </c>
+      <c r="B171" t="n">
+        <v>103.276024</v>
+      </c>
+      <c r="C171" t="n">
+        <v>15.133217</v>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F171" t="n">
+        <v>303.32</v>
+      </c>
+      <c r="G171" t="n">
+        <v>0.711582</v>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I171" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J171" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L171" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N171" t="inlineStr"/>
+      <c r="O171" t="inlineStr"/>
+      <c r="P171" t="inlineStr"/>
+      <c r="Q171" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>fc1bbd59-de73-4681-8923-28191251ffbc</t>
+        </is>
+      </c>
+      <c r="B172" t="n">
+        <v>103.27908</v>
+      </c>
+      <c r="C172" t="n">
+        <v>15.13496</v>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F172" t="n">
+        <v>301.54</v>
+      </c>
+      <c r="G172" t="n">
+        <v>1.17</v>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I172" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J172" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L172" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N172" t="inlineStr"/>
+      <c r="O172" t="inlineStr"/>
+      <c r="P172" t="inlineStr"/>
+      <c r="Q172" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>753699a4-098e-423f-8ad6-7fff9bf83496</t>
+        </is>
+      </c>
+      <c r="B173" t="n">
+        <v>103.279533</v>
+      </c>
+      <c r="C173" t="n">
+        <v>15.13523</v>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F173" t="n">
+        <v>301.54</v>
+      </c>
+      <c r="G173" t="n">
+        <v>1.153606</v>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I173" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J173" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L173" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr"/>
+      <c r="O173" t="inlineStr"/>
+      <c r="P173" t="inlineStr"/>
+      <c r="Q173" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>47ace837-2a59-4a4d-9205-2b8bda7ee37b</t>
+        </is>
+      </c>
+      <c r="B174" t="n">
+        <v>103.36092</v>
+      </c>
+      <c r="C174" t="n">
+        <v>16.71101</v>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F174" t="n">
+        <v>296.97</v>
+      </c>
+      <c r="G174" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I174" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J174" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>Nong Kung Si</t>
+        </is>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N174" t="inlineStr"/>
+      <c r="O174" t="inlineStr"/>
+      <c r="P174" t="inlineStr"/>
+      <c r="Q174" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>b58921ac-43f7-45ed-a6c8-1da28640e88b</t>
+        </is>
+      </c>
+      <c r="B175" t="n">
+        <v>103.36129</v>
+      </c>
+      <c r="C175" t="n">
+        <v>16.711321</v>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F175" t="n">
+        <v>296.97</v>
+      </c>
+      <c r="G175" t="n">
+        <v>0.905355</v>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I175" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J175" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>Nong Kung Si</t>
+        </is>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N175" t="inlineStr"/>
+      <c r="O175" t="inlineStr"/>
+      <c r="P175" t="inlineStr"/>
+      <c r="Q175" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>0ed6d15a-0bb0-4426-ada5-cf90be7ea9d0</t>
+        </is>
+      </c>
+      <c r="B176" t="n">
+        <v>103.786</v>
+      </c>
+      <c r="C176" t="n">
+        <v>16.54697</v>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F176" t="n">
+        <v>322.36</v>
+      </c>
+      <c r="G176" t="n">
+        <v>2.61</v>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I176" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>Na Mon</t>
+        </is>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>Na Mon</t>
+        </is>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N176" t="inlineStr">
+        <is>
+          <t>ป่าดงแม่เผด</t>
+        </is>
+      </c>
+      <c r="O176" t="inlineStr"/>
+      <c r="P176" t="inlineStr"/>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>c8fa7502-009f-4aee-b49d-7cbbb93ce13b</t>
+        </is>
+      </c>
+      <c r="B177" t="n">
+        <v>103.786385</v>
+      </c>
+      <c r="C177" t="n">
+        <v>16.547165</v>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F177" t="n">
+        <v>322.36</v>
+      </c>
+      <c r="G177" t="n">
+        <v>2.554796</v>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I177" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>Na Mon</t>
+        </is>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>Na Mon</t>
+        </is>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N177" t="inlineStr">
+        <is>
+          <t>ป่าดงแม่เผด</t>
+        </is>
+      </c>
+      <c r="O177" t="inlineStr"/>
+      <c r="P177" t="inlineStr"/>
+      <c r="Q177" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>e8c33491-e983-40b1-bad5-2969bd67c2ae</t>
+        </is>
+      </c>
+      <c r="B178" t="n">
+        <v>103.82127</v>
+      </c>
+      <c r="C178" t="n">
+        <v>16.77622</v>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F178" t="n">
+        <v>297.94</v>
+      </c>
+      <c r="G178" t="n">
+        <v>0.8100000000000001</v>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I178" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>Pha Sawoei</t>
+        </is>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>Somdet</t>
+        </is>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N178" t="inlineStr"/>
+      <c r="O178" t="inlineStr"/>
+      <c r="P178" t="inlineStr"/>
+      <c r="Q178" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>a8ce5e84-490d-4d25-921c-636cf0a8b0c4</t>
+        </is>
+      </c>
+      <c r="B179" t="n">
+        <v>103.821625</v>
+      </c>
+      <c r="C179" t="n">
+        <v>16.776461</v>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F179" t="n">
+        <v>297.94</v>
+      </c>
+      <c r="G179" t="n">
+        <v>0.787602</v>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I179" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J179" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>Pha Sawoei</t>
+        </is>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>Somdet</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr"/>
+      <c r="O179" t="inlineStr"/>
+      <c r="P179" t="inlineStr"/>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>309c79fd-9ffa-4f48-b1bb-ae3be4347e3f</t>
+        </is>
+      </c>
+      <c r="B180" t="n">
+        <v>103.97433</v>
+      </c>
+      <c r="C180" t="n">
+        <v>18.24646</v>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F180" t="n">
+        <v>306.75</v>
+      </c>
+      <c r="G180" t="n">
+        <v>1</v>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:13:00</t>
+        </is>
+      </c>
+      <c r="I180" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J180" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="L180" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>Bueng Kan</t>
+        </is>
+      </c>
+      <c r="N180" t="inlineStr"/>
+      <c r="O180" t="inlineStr"/>
+      <c r="P180" t="inlineStr"/>
+      <c r="Q180" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>286e806d-d220-45cc-ad98-51a98621021c</t>
+        </is>
+      </c>
+      <c r="B181" t="n">
+        <v>103.97467</v>
+      </c>
+      <c r="C181" t="n">
+        <v>18.246679</v>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F181" t="n">
+        <v>306.75</v>
+      </c>
+      <c r="G181" t="n">
+        <v>0.985644</v>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I181" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J181" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="L181" t="inlineStr">
+        <is>
+          <t>Bung Khla</t>
+        </is>
+      </c>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>Bueng Kan</t>
+        </is>
+      </c>
+      <c r="N181" t="inlineStr"/>
+      <c r="O181" t="inlineStr"/>
+      <c r="P181" t="inlineStr"/>
+      <c r="Q181" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>dfe32c3d-e297-4f08-8139-756c6588d3ae</t>
+        </is>
+      </c>
+      <c r="B182" t="n">
+        <v>104.62952</v>
+      </c>
+      <c r="C182" t="n">
+        <v>16.69283</v>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F182" t="n">
+        <v>295.31</v>
+      </c>
+      <c r="G182" t="n">
+        <v>0.31</v>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I182" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J182" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K182" t="inlineStr">
+        <is>
+          <t>Kham Pa Lai</t>
+        </is>
+      </c>
+      <c r="L182" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O182" t="inlineStr"/>
+      <c r="P182" t="inlineStr"/>
+      <c r="Q182" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>578adcb2-8213-40a2-92ef-96d6aa65d258</t>
+        </is>
+      </c>
+      <c r="B183" t="n">
+        <v>104.629745</v>
+      </c>
+      <c r="C183" t="n">
+        <v>16.692907</v>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F183" t="n">
+        <v>295.31</v>
+      </c>
+      <c r="G183" t="n">
+        <v>0.29043</v>
+      </c>
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I183" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J183" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K183" t="inlineStr">
+        <is>
+          <t>Kham Pa Lai</t>
+        </is>
+      </c>
+      <c r="L183" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr">
+        <is>
+          <t>ป่าดงหมู</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr"/>
+      <c r="P183" t="inlineStr"/>
+      <c r="Q183" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>8bdd88ad-de4f-4a72-8c33-6a600a253dcd</t>
+        </is>
+      </c>
+      <c r="B184" t="n">
+        <v>104.75362</v>
+      </c>
+      <c r="C184" t="n">
+        <v>16.34179</v>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F184" t="n">
+        <v>313.83</v>
+      </c>
+      <c r="G184" t="n">
+        <v>2.05</v>
+      </c>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I184" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J184" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K184" t="inlineStr">
+        <is>
+          <t>Lao Mi</t>
+        </is>
+      </c>
+      <c r="L184" t="inlineStr">
+        <is>
+          <t>Don Tan</t>
+        </is>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N184" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 3</t>
+        </is>
+      </c>
+      <c r="O184" t="inlineStr"/>
+      <c r="P184" t="inlineStr"/>
+      <c r="Q184" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>9f38d536-81fe-4b34-aa38-f60194197ac6</t>
+        </is>
+      </c>
+      <c r="B185" t="n">
+        <v>104.753929</v>
+      </c>
+      <c r="C185" t="n">
+        <v>16.341753</v>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F185" t="n">
+        <v>313.83</v>
+      </c>
+      <c r="G185" t="n">
+        <v>1.995042</v>
+      </c>
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I185" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J185" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K185" t="inlineStr">
+        <is>
+          <t>Lao Mi</t>
+        </is>
+      </c>
+      <c r="L185" t="inlineStr">
+        <is>
+          <t>Don Tan</t>
+        </is>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N185" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 3</t>
+        </is>
+      </c>
+      <c r="O185" t="inlineStr"/>
+      <c r="P185" t="inlineStr"/>
+      <c r="Q185" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>96cad575-6538-48c1-b3c4-74836ae2ef81</t>
+        </is>
+      </c>
+      <c r="B186" t="n">
+        <v>104.75545</v>
+      </c>
+      <c r="C186" t="n">
+        <v>16.3435</v>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F186" t="n">
+        <v>306.59</v>
+      </c>
+      <c r="G186" t="n">
+        <v>2.38</v>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I186" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J186" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>Lao Mi</t>
+        </is>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>Don Tan</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 3</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr"/>
+      <c r="P186" t="inlineStr"/>
+      <c r="Q186" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>a3fd48e9-f234-4c89-b9f6-fbb4135b20bf</t>
+        </is>
+      </c>
+      <c r="B187" t="n">
+        <v>104.755753</v>
+      </c>
+      <c r="C187" t="n">
+        <v>16.343782</v>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F187" t="n">
+        <v>306.6</v>
+      </c>
+      <c r="G187" t="n">
+        <v>2.319494</v>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I187" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J187" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>Lao Mi</t>
+        </is>
+      </c>
+      <c r="L187" t="inlineStr">
+        <is>
+          <t>Don Tan</t>
+        </is>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 3</t>
+        </is>
+      </c>
+      <c r="O187" t="inlineStr"/>
+      <c r="P187" t="inlineStr"/>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>b9c96a9b-bf55-4dee-a03d-91f557b80ab7</t>
+        </is>
+      </c>
+      <c r="B188" t="n">
+        <v>105.07642</v>
+      </c>
+      <c r="C188" t="n">
+        <v>14.8186</v>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F188" t="n">
+        <v>331.9</v>
+      </c>
+      <c r="G188" t="n">
+        <v>4.16</v>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:10:00</t>
+        </is>
+      </c>
+      <c r="I188" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J188" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:59:41.083904+00:00</t>
+        </is>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L188" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N188" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O188" t="inlineStr"/>
+      <c r="P188" t="inlineStr"/>
+      <c r="Q188" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>d2b35a25-a36c-4c97-88e4-0909f335f574</t>
+        </is>
+      </c>
+      <c r="B189" t="n">
+        <v>105.076759</v>
+      </c>
+      <c r="C189" t="n">
+        <v>14.818603</v>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F189" t="n">
+        <v>331.9</v>
+      </c>
+      <c r="G189" t="n">
+        <v>4.072032</v>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>2026-01-10 01:11:00</t>
+        </is>
+      </c>
+      <c r="I189" s="2" t="n">
+        <v>46032</v>
+      </c>
+      <c r="J189" t="inlineStr">
+        <is>
+          <t>2026-01-10 02:01:46.010528+00:00</t>
+        </is>
+      </c>
+      <c r="K189" t="inlineStr">
+        <is>
+          <t>Tha Pho Si</t>
+        </is>
+      </c>
+      <c r="L189" t="inlineStr">
+        <is>
+          <t>Det Udom</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr">
+        <is>
+          <t>ป่าดงนาแก</t>
+        </is>
+      </c>
+      <c r="O189" t="inlineStr"/>
+      <c r="P189" t="inlineStr"/>
+      <c r="Q189" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>