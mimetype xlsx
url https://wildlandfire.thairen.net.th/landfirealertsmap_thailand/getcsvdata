--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="SNPP" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="NOAA20" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="NOAA21" sheetId="2" state="visible" r:id="rId2"/>
-    <sheet name="NOAA20" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="SNPP" sheetId="3" state="visible" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
     <numFmt numFmtId="165" formatCode="YYYY-MM-DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
@@ -430,51 +430,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:Q263"/>
+  <dimension ref="A1:Q33"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>unique_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>lon</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>lat</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -528,17609 +528,2187 @@
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>reserved_forests</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>protected_areas</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>forests_14_zone</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>coordinate_zone</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>17219eeb-1571-405e-908b-4434a4d9ce02</t>
+          <t>c590ec67-a27a-45b3-9596-209844f1b099</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>98.09141</v>
+        <v>98.34113000000001</v>
       </c>
       <c r="C2" t="n">
-        <v>19.69838</v>
+        <v>8.52026</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>304.82</v>
+        <v>303.23</v>
       </c>
       <c r="G2" t="n">
-        <v>0.83</v>
+        <v>1.93</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:02:00</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Na Pu Pom</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Pang Mapha</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Mae Hong Son</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>58e666af-4ad7-4bbc-95c5-45646f28b6f9</t>
+          <t>1223d3b3-029d-4d2c-930e-6c3ad7f433ce</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>98.091927</v>
+        <v>98.342316</v>
       </c>
       <c r="C3" t="n">
-        <v>19.698023</v>
+        <v>8.52023</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>304.82</v>
+        <v>303.24</v>
       </c>
       <c r="G3" t="n">
-        <v>0.828972</v>
+        <v>1.951947</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2026-02-04 02:12:00</t>
+          <t>2026-02-25 01:01:00</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Na Pu Pom</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Pang Mapha</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Mae Hong Son</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>7e5700d3-1695-42f8-ae73-7a27d49e3ab8</t>
+          <t>40efc221-c643-4c6b-a79e-3063e41107d7</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>98.47838</v>
+        <v>98.34846</v>
       </c>
       <c r="C4" t="n">
-        <v>16.95904</v>
+        <v>8.519349999999999</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>307.65</v>
+        <v>301.18</v>
       </c>
       <c r="G4" t="n">
-        <v>0.51</v>
+        <v>1.95</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:02:00</t>
         </is>
       </c>
       <c r="I4" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
-[...4 lines deleted...]
-      <c r="M4" t="inlineStr"/>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Thung Maphrao</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Thai Mueang</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>Phang Nga</t>
+        </is>
+      </c>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr"/>
       <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>5dcb81fc-83f3-474c-a7c0-aa3c71c5fb8a</t>
+          <t>de5161fa-6afa-4815-8a90-df7e6165937e</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>98.691917</v>
+        <v>98.34963999999999</v>
       </c>
       <c r="C5" t="n">
-        <v>16.274986</v>
+        <v>8.51933</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>300.56</v>
+        <v>301.19</v>
       </c>
       <c r="G5" t="n">
-        <v>0.554333</v>
+        <v>1.978438</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 01:01:00</t>
         </is>
       </c>
       <c r="I5" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Wale</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Phang Nga</t>
         </is>
       </c>
       <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>201d118b-6406-48f1-a29e-5188bd001014</t>
+          <t>61cc8edf-336c-409d-9f73-422a76d8f960</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>98.95265999999999</v>
+        <v>98.45456</v>
       </c>
       <c r="C6" t="n">
-        <v>18.15712</v>
+        <v>17.04091</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>303.29</v>
+        <v>311.02</v>
       </c>
       <c r="G6" t="n">
-        <v>0.71</v>
+        <v>1.08</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I6" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>Pa Phlu</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>Ban Hong</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>Lamphun</t>
-[...2 lines deleted...]
-      <c r="N6" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>dd6d25cd-be72-44f4-b167-f84575654b19</t>
+          <t>8770eb0d-d5ac-4d9a-b8ab-2c3f27ca1bff</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>98.953407</v>
+        <v>98.45549</v>
       </c>
       <c r="C7" t="n">
-        <v>18.157177</v>
+        <v>17.040962</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>303.29</v>
+        <v>311.02</v>
       </c>
       <c r="G7" t="n">
-        <v>0.716201</v>
+        <v>1.084276</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>2026-02-04 02:12:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I7" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>Pa Phlu</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>Ban Hong</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>Lamphun</t>
-[...2 lines deleted...]
-      <c r="N7" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>70bc1215-2561-4c42-9792-be3d77983522</t>
+          <t>c3f82fc1-4002-4cf6-bb16-0d07c9cfa5ce</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>99.04665</v>
+        <v>98.45603</v>
       </c>
       <c r="C8" t="n">
-        <v>8.673080000000001</v>
+        <v>17.04138</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>311.14</v>
+        <v>306.71</v>
       </c>
       <c r="G8" t="n">
-        <v>1.76</v>
+        <v>1.14</v>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>2026-02-04 02:17:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I8" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>Bang Sawan</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>Phrasaeng</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>ป่าคลองเหยียน</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O8" t="inlineStr"/>
       <c r="P8" t="inlineStr"/>
       <c r="Q8" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>78d9bf30-0396-4660-801f-ea524dbaa220</t>
+          <t>f3232d61-6ac6-4268-814a-5e1ad5b0637d</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>99.047218</v>
+        <v>98.456711</v>
       </c>
       <c r="C9" t="n">
-        <v>8.672790000000001</v>
+        <v>17.04133</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>311.14</v>
+        <v>306.71</v>
       </c>
       <c r="G9" t="n">
-        <v>1.766244</v>
+        <v>1.151846</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I9" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>Bang Sawan</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>Phrasaeng</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>ป่าคลองเหยียน</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O9" t="inlineStr"/>
       <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>08d71890-08ac-4447-9edb-301cf81fb1c6</t>
+          <t>0f2ba5bb-fca8-4f0a-b2eb-16508712f1a1</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>99.09385</v>
+        <v>98.61409</v>
       </c>
       <c r="C10" t="n">
-        <v>14.14339</v>
+        <v>16.50735</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>302.13</v>
+        <v>304.39</v>
       </c>
       <c r="G10" t="n">
-        <v>1.13</v>
+        <v>1.71</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I10" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Wang Krachae</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
-[...6 lines deleted...]
-      </c>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+        </is>
+      </c>
+      <c r="O10" t="inlineStr"/>
       <c r="P10" t="inlineStr"/>
       <c r="Q10" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>203dd2e3-8eab-4afa-a24d-1f82c5798078</t>
+          <t>692ed179-4107-46eb-9355-59e612e5a5b9</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>99.09465</v>
+        <v>98.61488300000001</v>
       </c>
       <c r="C11" t="n">
-        <v>14.143569</v>
+        <v>16.507267</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>302.13</v>
+        <v>304.39</v>
       </c>
       <c r="G11" t="n">
-        <v>1.135449</v>
+        <v>1.713005</v>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I11" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>Wang Krachae</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
-[...6 lines deleted...]
-      </c>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr"/>
       <c r="P11" t="inlineStr"/>
       <c r="Q11" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>f8b3ac38-05e8-4264-ad64-92c819c06794</t>
+          <t>d11c15e2-baf0-4ea0-ab21-723b90d2c484</t>
         </is>
       </c>
       <c r="B12" t="n">
-        <v>99.09659000000001</v>
+        <v>99.60875</v>
       </c>
       <c r="C12" t="n">
-        <v>14.13562</v>
+        <v>13.69498</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>301.4</v>
+        <v>300.91</v>
       </c>
       <c r="G12" t="n">
-        <v>0.86</v>
+        <v>1.33</v>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:42:00</t>
         </is>
       </c>
       <c r="I12" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Wang Krachae</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr"/>
       <c r="P12" t="inlineStr"/>
       <c r="Q12" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>50c73e77-3940-4c27-8511-9ea94ab9bb7f</t>
+          <t>cc209489-c39c-49ce-a5c6-e397c8e91cc6</t>
         </is>
       </c>
       <c r="B13" t="n">
-        <v>99.09719</v>
+        <v>99.609825</v>
       </c>
       <c r="C13" t="n">
-        <v>14.13917</v>
+        <v>13.694819</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>305.6</v>
+        <v>300.92</v>
       </c>
       <c r="G13" t="n">
-        <v>0.73</v>
+        <v>1.329262</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:41:00</t>
         </is>
       </c>
       <c r="I13" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Wang Krachae</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...11 lines deleted...]
-      </c>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr"/>
+      <c r="O13" t="inlineStr"/>
       <c r="P13" t="inlineStr"/>
       <c r="Q13" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>a62b0de3-2289-404f-b4af-4c0d2f216274</t>
+          <t>e2b1f9a1-fe7d-4817-bafe-0db2f65b8067</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>99.097374</v>
+        <v>99.63103</v>
       </c>
       <c r="C14" t="n">
-        <v>14.135806</v>
+        <v>14.5878</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>301.4</v>
+        <v>310.17</v>
       </c>
       <c r="G14" t="n">
-        <v>0.869629</v>
+        <v>0.8100000000000001</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 02:42:00</t>
         </is>
       </c>
       <c r="I14" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Wang Krachae</t>
+          <t>Thung Krabam</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
         </is>
       </c>
       <c r="O14" t="inlineStr"/>
       <c r="P14" t="inlineStr"/>
       <c r="Q14" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>b70c7475-144e-4da4-890f-7d58a7443608</t>
+          <t>b5852b2f-fb5a-48c7-8902-986e8c31efc6</t>
         </is>
       </c>
       <c r="B15" t="n">
-        <v>99.097992</v>
+        <v>99.63208</v>
       </c>
       <c r="C15" t="n">
-        <v>14.139349</v>
+        <v>14.587648</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>305.6</v>
+        <v>310.17</v>
       </c>
       <c r="G15" t="n">
-        <v>0.730433</v>
+        <v>0.784504</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 02:41:00</t>
         </is>
       </c>
       <c r="I15" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Wang Krachae</t>
+          <t>Thung Krabam</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
           <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
-[...6 lines deleted...]
-      </c>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr"/>
       <c r="P15" t="inlineStr"/>
       <c r="Q15" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>f40acfa2-33e9-4f9b-95a9-b0fabb788318</t>
+          <t>24f11d14-49e8-4ff9-b22e-dad3f9c0a27d</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>99.11098</v>
+        <v>99.83363</v>
       </c>
       <c r="C16" t="n">
-        <v>13.10289</v>
+        <v>14.86734</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>301.03</v>
+        <v>310.03</v>
       </c>
       <c r="G16" t="n">
-        <v>0.64</v>
+        <v>3.08</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I16" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
-[...4 lines deleted...]
-      <c r="M16" t="inlineStr"/>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Nong Krathum</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Doem Bang Nang Buat</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
       <c r="N16" t="inlineStr"/>
       <c r="O16" t="inlineStr"/>
       <c r="P16" t="inlineStr"/>
       <c r="Q16" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>30cc0209-6b4b-4c6e-b21d-3e658926fa12</t>
+          <t>cb0cca75-c16e-441a-b258-805a0503378e</t>
         </is>
       </c>
       <c r="B17" t="n">
-        <v>99.12708000000001</v>
+        <v>99.834763</v>
       </c>
       <c r="C17" t="n">
-        <v>14.14132</v>
+        <v>14.867346</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>302.03</v>
+        <v>310.04</v>
       </c>
       <c r="G17" t="n">
-        <v>0.6</v>
+        <v>3.08065</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I17" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Nong Krathum</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Doem Bang Nang Buat</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Suphan Buri</t>
         </is>
       </c>
       <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr"/>
       <c r="P17" t="inlineStr"/>
       <c r="Q17" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>af0a5dad-8f02-4ea1-8160-f844d0b34ffa</t>
+          <t>5688db11-bafa-47a5-a91a-95f3bc5e649c</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>99.127838</v>
+        <v>99.83511</v>
       </c>
       <c r="C18" t="n">
-        <v>14.141503</v>
+        <v>13.92812</v>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>302.03</v>
+        <v>307.42</v>
       </c>
       <c r="G18" t="n">
-        <v>0.566072</v>
+        <v>0.79</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 02:42:00</t>
         </is>
       </c>
       <c r="I18" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Yang Muang</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
           <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr"/>
       <c r="P18" t="inlineStr"/>
       <c r="Q18" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>069244b7-27b8-412d-b27a-acc18b9702bc</t>
+          <t>d1b8aacb-b6a9-45a7-9478-f0567d06af65</t>
         </is>
       </c>
       <c r="B19" t="n">
-        <v>99.13309</v>
+        <v>99.836578</v>
       </c>
       <c r="C19" t="n">
-        <v>14.12566</v>
+        <v>13.928051</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>301.29</v>
+        <v>307.43</v>
       </c>
       <c r="G19" t="n">
-        <v>0.95</v>
+        <v>0.782982</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:41:00</t>
         </is>
       </c>
       <c r="I19" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Yang Muang</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
           <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr"/>
       <c r="P19" t="inlineStr"/>
       <c r="Q19" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>1bebbf96-befc-4b41-bfb4-ffe88e686af1</t>
+          <t>e3f9fc9f-cb42-4a3d-9401-f2417c12f12c</t>
         </is>
       </c>
       <c r="B20" t="n">
-        <v>99.13352999999999</v>
+        <v>99.84069</v>
       </c>
       <c r="C20" t="n">
-        <v>14.12924</v>
+        <v>14.86665</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>310.44</v>
+        <v>306.24</v>
       </c>
       <c r="G20" t="n">
-        <v>0.95</v>
+        <v>3.13</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I20" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Nong Krathum</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Doem Bang Nang Buat</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Suphan Buri</t>
         </is>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr"/>
       <c r="P20" t="inlineStr"/>
       <c r="Q20" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>44fbaa87-ba44-4060-b281-cf194a00d738</t>
+          <t>d323613e-2e90-4c83-81c5-878f6c7ce2b8</t>
         </is>
       </c>
       <c r="B21" t="n">
-        <v>99.13382</v>
+        <v>99.84180499999999</v>
       </c>
       <c r="C21" t="n">
-        <v>14.125858</v>
+        <v>14.866656</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F21" t="n">
-        <v>301.29</v>
+        <v>306.26</v>
       </c>
       <c r="G21" t="n">
-        <v>0.957404</v>
+        <v>3.127533</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I21" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Nong Krathum</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Doem Bang Nang Buat</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Suphan Buri</t>
         </is>
       </c>
       <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr"/>
       <c r="P21" t="inlineStr"/>
       <c r="Q21" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>499a2bb6-c54b-4bea-ac2c-d581e2b5ab86</t>
+          <t>3c85d394-25d5-4264-8a3d-4bbbc6b9c4b8</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>99.13406999999999</v>
+        <v>100.93735</v>
       </c>
       <c r="C22" t="n">
-        <v>14.12693</v>
+        <v>14.9328</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F22" t="n">
-        <v>317.81</v>
+        <v>301</v>
       </c>
       <c r="G22" t="n">
-        <v>2.83</v>
+        <v>1.21</v>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I22" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Lopburi</t>
         </is>
       </c>
       <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr"/>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>80062188-7e94-425e-acae-35b2583081b1</t>
+          <t>35595b46-3032-408d-a49e-cbff7c8e7661</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>99.13432299999999</v>
+        <v>100.93837</v>
       </c>
       <c r="C23" t="n">
-        <v>14.129425</v>
+        <v>14.932825</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F23" t="n">
-        <v>310.44</v>
+        <v>301.01</v>
       </c>
       <c r="G23" t="n">
-        <v>0.957404</v>
+        <v>1.209303</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I23" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Lopburi</t>
         </is>
       </c>
       <c r="N23" t="inlineStr"/>
       <c r="O23" t="inlineStr"/>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>6db14373-a899-4f4c-b530-6e0f8e074211</t>
+          <t>91f22aa6-0f03-47eb-9f2a-5f6c509409be</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>99.134598</v>
+        <v>101.03601</v>
       </c>
       <c r="C24" t="n">
-        <v>14.126578</v>
+        <v>14.64993</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>317.81</v>
+        <v>299.71</v>
       </c>
       <c r="G24" t="n">
-        <v>2.83093</v>
+        <v>1.76</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 02:42:00</t>
         </is>
       </c>
       <c r="I24" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr"/>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>4cf13098-9193-474d-8a56-23ad93e47e19</t>
+          <t>44dbe0ab-0dc2-4533-bfbf-7f21b0f6a9d4</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>99.13748</v>
+        <v>101.037292</v>
       </c>
       <c r="C25" t="n">
-        <v>14.12856</v>
+        <v>14.6497</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>306.99</v>
+        <v>299.71</v>
       </c>
       <c r="G25" t="n">
-        <v>1.44</v>
+        <v>1.749822</v>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I25" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr"/>
       <c r="P25" t="inlineStr"/>
       <c r="Q25" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>dd58adab-29a5-426c-bc05-6b279bd16b93</t>
+          <t>729d33e7-d97a-44f0-ac48-68dd7db9b07f</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>99.138268</v>
+        <v>101.03869</v>
       </c>
       <c r="C26" t="n">
-        <v>14.128746</v>
+        <v>14.64839</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>306.99</v>
+        <v>303.23</v>
       </c>
       <c r="G26" t="n">
-        <v>1.439213</v>
+        <v>1.81</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 02:42:00</t>
         </is>
       </c>
       <c r="I26" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 04:48:34.940718+00:00</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N26" t="inlineStr"/>
       <c r="O26" t="inlineStr"/>
       <c r="P26" t="inlineStr"/>
       <c r="Q26" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>64d28363-2caf-405b-8d5d-068010bd96b0</t>
+          <t>129adce3-9774-4a21-8ef5-7b30cda05ce7</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>99.21138999999999</v>
+        <v>101.040352</v>
       </c>
       <c r="C27" t="n">
-        <v>17.22452</v>
+        <v>14.648273</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F27" t="n">
-        <v>307.99</v>
+        <v>303.23</v>
       </c>
       <c r="G27" t="n">
-        <v>1.16</v>
+        <v>1.809885</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 02:40:00</t>
         </is>
       </c>
       <c r="I27" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 03:34:24.635238+00:00</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>Mae Salit</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
-          <t>Ban Tak</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr"/>
-      <c r="P27" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P27" t="inlineStr"/>
       <c r="Q27" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>651c2812-429d-4742-9b1c-b94ad51ddcc8</t>
+          <t>64013c76-8bb2-4206-a581-76460111988e</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>99.212181</v>
+        <v>101.0765</v>
       </c>
       <c r="C28" t="n">
-        <v>17.224602</v>
+        <v>14.63651</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>307.99</v>
+        <v>303.76</v>
       </c>
       <c r="G28" t="n">
-        <v>1.165741</v>
+        <v>1.59</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 01:02:00</t>
         </is>
       </c>
       <c r="I28" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>Mae Salit</t>
+          <t>Thap Kwang</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
-          <t>Ban Tak</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N28" t="inlineStr">
         <is>
-          <t>ป่าแม่สลิดปละป่าโป่งแดง</t>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
         </is>
       </c>
       <c r="O28" t="inlineStr"/>
-      <c r="P28" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P28" t="inlineStr"/>
       <c r="Q28" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>ee8860ba-d79a-4450-8c8a-0a4bcc5053bb</t>
+          <t>862bc897-99dc-4657-8c3c-9d4c06088405</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>99.24104</v>
+        <v>101.078362</v>
       </c>
       <c r="C29" t="n">
-        <v>14.14003</v>
+        <v>14.636564</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F29" t="n">
-        <v>305.04</v>
+        <v>303.77</v>
       </c>
       <c r="G29" t="n">
-        <v>1.11</v>
+        <v>1.581867</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I29" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>Wang Dong</t>
+          <t>Thap Kwang</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N29" t="inlineStr"/>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
       <c r="O29" t="inlineStr"/>
       <c r="P29" t="inlineStr"/>
       <c r="Q29" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>eadaafde-5164-4d28-bb7b-03296169335f</t>
+          <t>a5b27917-ed62-462e-a60a-f29a47a22249</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>99.241829</v>
+        <v>104.78259</v>
       </c>
       <c r="C30" t="n">
-        <v>14.140194</v>
+        <v>15.63366</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>305.04</v>
+        <v>301.82</v>
       </c>
       <c r="G30" t="n">
-        <v>1.109125</v>
+        <v>0.27</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I30" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>Wang Dong</t>
+          <t>Rai Khi</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Lue Amnat</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Amnat Charoen</t>
         </is>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr"/>
       <c r="P30" t="inlineStr"/>
       <c r="Q30" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>3c620b3b-75a3-4d42-9323-4695e7b1d62b</t>
+          <t>604e346c-ea39-48fb-9110-b1d72ba66492</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>99.24518999999999</v>
+        <v>104.783127</v>
       </c>
       <c r="C31" t="n">
-        <v>14.13932</v>
+        <v>15.633738</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F31" t="n">
-        <v>303.67</v>
+        <v>301.82</v>
       </c>
       <c r="G31" t="n">
-        <v>1.11</v>
+        <v>0.274369</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I31" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>Wang Dong</t>
+          <t>Rai Khi</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Lue Amnat</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Amnat Charoen</t>
         </is>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr"/>
       <c r="P31" t="inlineStr"/>
       <c r="Q31" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>210deb90-ad3d-4ff0-8eca-9e39a2eb958e</t>
+          <t>ad1c3594-deaa-440a-9a1c-96dc83c87814</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>99.246002</v>
+        <v>105.44335</v>
       </c>
       <c r="C32" t="n">
-        <v>14.139478</v>
+        <v>15.64619</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>303.67</v>
+        <v>302.61</v>
       </c>
       <c r="G32" t="n">
-        <v>1.109125</v>
+        <v>0.52</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>2026-02-04 02:13:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I32" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
-          <t>2026-02-04 03:40:36.454799+00:00</t>
+          <t>2026-02-25 03:03:02.876583+00:00</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>Wang Dong</t>
+          <t>Nam Thaeng</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Si Mueang Mai</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N32" t="inlineStr"/>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr">
+        <is>
+          <t>ป่าดงภูโหล่น</t>
+        </is>
+      </c>
       <c r="O32" t="inlineStr"/>
       <c r="P32" t="inlineStr"/>
       <c r="Q32" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>78a72694-e267-44f4-b396-0b826c383dd2</t>
+          <t>2ed8370e-dd6f-4f7e-80b6-656f1a02c7f7</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>99.46178</v>
+        <v>105.444054</v>
       </c>
       <c r="C33" t="n">
-        <v>15.64745</v>
+        <v>15.646361</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F33" t="n">
-        <v>306.98</v>
+        <v>302.62</v>
       </c>
       <c r="G33" t="n">
-        <v>1.28</v>
+        <v>0.529353</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2026-02-04 02:14:00</t>
+          <t>2026-02-25 01:00:00</t>
         </is>
       </c>
       <c r="I33" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
-          <t>2026-02-04 04:45:09.907664+00:00</t>
+          <t>2026-02-25 01:50:08.342251+00:00</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Nam Thaeng</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Si Mueang Mai</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
+          <t>Ubon Ratchathani</t>
         </is>
       </c>
       <c r="N33" t="inlineStr">
         <is>
-          <t>ป่าแม่วงก์ - แม่เปิน</t>
+          <t>ป่าดงภูโหล่น</t>
         </is>
       </c>
       <c r="O33" t="inlineStr"/>
       <c r="P33" t="inlineStr"/>
       <c r="Q33" t="inlineStr">
-        <is>
-[...15416 lines deleted...]
-      <c r="Q263" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:Q363"/>
+  <dimension ref="A1:Q127"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>unique_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>lon</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>lat</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -18184,24357 +2762,8537 @@
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>reserved_forests</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>protected_areas</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>forests_14_zone</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>coordinate_zone</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>dea64c20-9687-4e7e-bc5c-7bd6c58d4d6a</t>
+          <t>27166b17-8d2d-49a8-a50f-9798166a3ce1</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>98.09298</v>
+        <v>98.34721</v>
       </c>
       <c r="C2" t="n">
-        <v>19.69809</v>
+        <v>8.514749999999999</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>297.63</v>
+        <v>326.01</v>
       </c>
       <c r="G2" t="n">
-        <v>0.39</v>
+        <v>2.42</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Na Pu Pom</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Pang Mapha</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Mae Hong Son</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>8ddca7f5-27b1-480d-8085-e6aa7f0b234e</t>
+          <t>732a1fb6-735b-4411-b675-6fd8a7443302</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>98.09322400000001</v>
+        <v>98.347374</v>
       </c>
       <c r="C3" t="n">
-        <v>19.698051</v>
+        <v>8.514639000000001</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>297.64</v>
+        <v>326.01</v>
       </c>
       <c r="G3" t="n">
-        <v>0.371796</v>
+        <v>2.361371</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2026-02-04 01:42:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Na Pu Pom</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Pang Mapha</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Mae Hong Son</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>cda59638-a951-4fe1-810c-ce6e48f4e935</t>
+          <t>0bbcf443-900b-4f5c-baf3-9fa76412418f</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>98.97499000000001</v>
+        <v>98.36201</v>
       </c>
       <c r="C4" t="n">
-        <v>14.07557</v>
+        <v>9.16201</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>300.57</v>
+        <v>318.1</v>
       </c>
       <c r="G4" t="n">
-        <v>1.06</v>
+        <v>1.87</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I4" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Bong Ti</t>
+          <t>Mae Nang Khao</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Khura Buri</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr"/>
-      <c r="P4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>30a0c72f-0424-4455-9872-81c747f222e2</t>
+          <t>70d1706c-ae8b-4e40-b104-1f6a63ad538c</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>98.975159</v>
+        <v>98.362167</v>
       </c>
       <c r="C5" t="n">
-        <v>14.075541</v>
+        <v>9.161896</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>300.57</v>
+        <v>318.1</v>
       </c>
       <c r="G5" t="n">
-        <v>1.027494</v>
+        <v>1.8368</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I5" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Bong Ti</t>
+          <t>Mae Nang Khao</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Khura Buri</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr"/>
-      <c r="P5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>5e07205d-8c00-4485-b37f-a7b70ca76bea</t>
+          <t>21fc5b1b-4636-42f3-82b7-e74875f07cc1</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>98.97889000000001</v>
+        <v>98.45482</v>
       </c>
       <c r="C6" t="n">
-        <v>14.07503</v>
+        <v>17.03962</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>302.2</v>
+        <v>305.64</v>
       </c>
       <c r="G6" t="n">
-        <v>1.06</v>
+        <v>1.21</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I6" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>Bong Ti</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O6" t="inlineStr"/>
-      <c r="P6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>213b3de3-8c2c-456a-80ef-062593053203</t>
+          <t>4200aa34-076b-4046-a58c-acfbe1642e24</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>98.979057</v>
+        <v>98.455063</v>
       </c>
       <c r="C7" t="n">
-        <v>14.074993</v>
+        <v>17.03969</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>302.2</v>
+        <v>305.64</v>
       </c>
       <c r="G7" t="n">
-        <v>1.027494</v>
+        <v>1.189008</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I7" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>Bong Ti</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O7" t="inlineStr"/>
-      <c r="P7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>f3e65c65-b949-41db-b75e-544d0f92d286</t>
+          <t>741e25f6-1a2a-410b-a757-55b0b297c3c8</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>98.98531</v>
+        <v>98.50098</v>
       </c>
       <c r="C8" t="n">
-        <v>14.15629</v>
+        <v>14.78881</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>299.54</v>
+        <v>309.12</v>
       </c>
       <c r="G8" t="n">
-        <v>2.25</v>
+        <v>1.36</v>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I8" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>Bong Ti</t>
+          <t>Pi Lok</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
           <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+          <t>ป่าเขาช้างเผือก</t>
         </is>
       </c>
       <c r="O8" t="inlineStr"/>
-      <c r="P8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P8" t="inlineStr"/>
       <c r="Q8" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>afa9e4fe-3467-40ef-ace3-12a41355b93a</t>
+          <t>a56bba9d-b7e9-42d0-85e5-7268d3a78939</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>98.985558</v>
+        <v>98.501244</v>
       </c>
       <c r="C9" t="n">
-        <v>14.156418</v>
+        <v>14.788873</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>299.54</v>
+        <v>309.12</v>
       </c>
       <c r="G9" t="n">
-        <v>2.193736</v>
+        <v>1.462615</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I9" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>Bong Ti</t>
+          <t>Pi Lok</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
           <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+          <t>ป่าเขาช้างเผือก</t>
         </is>
       </c>
       <c r="O9" t="inlineStr"/>
-      <c r="P9" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>217f17a0-daac-468b-bfe3-7a685bfafc2b</t>
+          <t>cbb6dcd3-c7ad-49f8-89e0-065707240db5</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>99.04631999999999</v>
+        <v>98.54051</v>
       </c>
       <c r="C10" t="n">
-        <v>8.67238</v>
+        <v>17.87694</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>327.74</v>
+        <v>300.89</v>
       </c>
       <c r="G10" t="n">
-        <v>3.07</v>
+        <v>1.26</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I10" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Bang Sawan</t>
+          <t>Muet Ka</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Phrasaeng</t>
+          <t>Doi Tao</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Chiang Mai</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>ป่าคลองเหยียน</t>
+          <t>ป่าแม่แจ่มและป่าแม่ตื่น</t>
         </is>
       </c>
       <c r="O10" t="inlineStr"/>
-      <c r="P10" t="inlineStr"/>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
       <c r="Q10" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>e7297ace-a892-474e-ae41-49065e296831</t>
+          <t>53eec403-eaf8-41f0-89b9-0403bcf5fd92</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>99.046539</v>
+        <v>98.540741</v>
       </c>
       <c r="C11" t="n">
-        <v>8.672382000000001</v>
+        <v>17.876976</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>327.74</v>
+        <v>300.89</v>
       </c>
       <c r="G11" t="n">
-        <v>2.992528</v>
+        <v>1.2393</v>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I11" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>Bang Sawan</t>
+          <t>Muet Ka</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Phrasaeng</t>
+          <t>Doi Tao</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Chiang Mai</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>ป่าคลองเหยียน</t>
+          <t>ป่าแม่แจ่มและป่าแม่ตื่น</t>
         </is>
       </c>
       <c r="O11" t="inlineStr"/>
-      <c r="P11" t="inlineStr"/>
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
       <c r="Q11" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>ed5ca509-0874-4706-af76-2322edd5d00e</t>
+          <t>50d4ed68-f93f-481e-90e2-6d3bd2c9a7d0</t>
         </is>
       </c>
       <c r="B12" t="n">
-        <v>99.10929</v>
+        <v>98.54353</v>
       </c>
       <c r="C12" t="n">
-        <v>13.10282</v>
+        <v>17.76446</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>312.29</v>
+        <v>299.81</v>
       </c>
       <c r="G12" t="n">
-        <v>1.96</v>
+        <v>0.98</v>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I12" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
-[...7 lines deleted...]
-      <c r="P12" t="inlineStr"/>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Ban Na</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Sam Ngao</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
+      <c r="P12" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q12" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>e2fa40cf-325f-4390-ab03-3369073c2530</t>
+          <t>4900b6e3-b585-4236-a3bb-39abecbf690c</t>
         </is>
       </c>
       <c r="B13" t="n">
-        <v>99.11633999999999</v>
+        <v>98.543755</v>
       </c>
       <c r="C13" t="n">
-        <v>14.07802</v>
+        <v>17.764414</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>302.65</v>
+        <v>299.81</v>
       </c>
       <c r="G13" t="n">
-        <v>1.49</v>
+        <v>0.943759</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I13" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
-[...3 lines deleted...]
-      <c r="P13" t="inlineStr"/>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q13" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>cb353925-a135-413c-b753-3976828c6a09</t>
+          <t>e4db581b-e944-43dd-9338-20212f548de7</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>99.116547</v>
+        <v>98.55157</v>
       </c>
       <c r="C14" t="n">
-        <v>14.078031</v>
+        <v>17.8901</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>302.65</v>
+        <v>300.69</v>
       </c>
       <c r="G14" t="n">
-        <v>1.453566</v>
+        <v>1.27</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I14" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Lum Sum</t>
+          <t>Muet Ka</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Doi Tao</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Chiang Mai</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
+          <t>ป่าแม่แจ่มและป่าแม่ตื่น</t>
         </is>
       </c>
       <c r="O14" t="inlineStr"/>
-      <c r="P14" t="inlineStr"/>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
       <c r="Q14" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>18c2ce3e-2882-4c8f-a2aa-775aecd03617</t>
+          <t>25a1dbb4-4a94-40d4-8e0c-d67df548b3c7</t>
         </is>
       </c>
       <c r="B15" t="n">
-        <v>99.11727999999999</v>
+        <v>98.551796</v>
       </c>
       <c r="C15" t="n">
-        <v>13.98063</v>
+        <v>17.890171</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>304.1</v>
+        <v>300.69</v>
       </c>
       <c r="G15" t="n">
-        <v>2.1</v>
+        <v>1.230641</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I15" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Si Mongkhon</t>
+          <t>Muet Ka</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Doi Tao</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N15" t="inlineStr"/>
+          <t>Chiang Mai</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>ป่าแม่แจ่มและป่าแม่ตื่น</t>
+        </is>
+      </c>
       <c r="O15" t="inlineStr"/>
-      <c r="P15" t="inlineStr"/>
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าตอนใต้จังหวัดเชียงใหม่</t>
+        </is>
+      </c>
       <c r="Q15" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>87e29e0f-8488-4dd6-8599-b540601921fe</t>
+          <t>8dda3454-a881-48a9-a9a6-30083601005d</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>99.11752300000001</v>
+        <v>98.60777</v>
       </c>
       <c r="C16" t="n">
-        <v>13.980584</v>
+        <v>17.69086</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>304.1</v>
+        <v>304.31</v>
       </c>
       <c r="G16" t="n">
-        <v>2.041926</v>
+        <v>1.12</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I16" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>Si Mongkhon</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
-          <t>Sai Yok</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...4 lines deleted...]
-      <c r="P16" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O16" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
+      <c r="P16" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q16" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>8cc68c49-dbc9-4c81-9298-7b4da12e2034</t>
+          <t>93bfc648-77d4-4f28-83cc-a58ba18cba75</t>
         </is>
       </c>
       <c r="B17" t="n">
-        <v>99.2092</v>
+        <v>98.608009</v>
       </c>
       <c r="C17" t="n">
-        <v>17.22265</v>
+        <v>17.690958</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>304.39</v>
+        <v>304.31</v>
       </c>
       <c r="G17" t="n">
-        <v>1.4</v>
+        <v>1.10216</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I17" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>Mae Salit</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
-          <t>Ban Tak</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
           <t>Tak</t>
         </is>
       </c>
       <c r="N17" t="inlineStr">
         <is>
-          <t>ป่าแม่สลิดปละป่าโป่งแดง</t>
-[...2 lines deleted...]
-      <c r="O17" t="inlineStr"/>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O17" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
       <c r="P17" t="inlineStr">
         <is>
-          <t>กลุ่มป่าเวียงโกศัย แม่วะ ป่าแม่มอก</t>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>340b0195-393e-4737-a774-e1e5b015c547</t>
+          <t>ca69bc08-521c-4ba2-9200-fc86f6f66f5b</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>99.20946499999999</v>
+        <v>98.61037</v>
       </c>
       <c r="C18" t="n">
-        <v>17.222639</v>
+        <v>17.36502</v>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>304.39</v>
+        <v>301.35</v>
       </c>
       <c r="G18" t="n">
-        <v>1.353744</v>
+        <v>1.08</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I18" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>Mae Salit</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
-          <t>Ban Tak</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
           <t>Tak</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
-          <t>ป่าแม่สลิดปละป่าโป่งแดง</t>
-[...2 lines deleted...]
-      <c r="O18" t="inlineStr"/>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
       <c r="P18" t="inlineStr">
         <is>
-          <t>กลุ่มป่าเวียงโกศัย แม่วะ ป่าแม่มอก</t>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
         </is>
       </c>
       <c r="Q18" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>5c1ccb1f-e117-4897-9427-0a4ebbd1cf96</t>
+          <t>6f0c562a-d469-46ab-b9eb-614bd6f87b5b</t>
         </is>
       </c>
       <c r="B19" t="n">
-        <v>99.24498</v>
+        <v>98.610634</v>
       </c>
       <c r="C19" t="n">
-        <v>14.13881</v>
+        <v>17.365057</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>310.43</v>
+        <v>301.35</v>
       </c>
       <c r="G19" t="n">
-        <v>2.34</v>
+        <v>1.061158</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I19" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>Wang Dong</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...4 lines deleted...]
-      <c r="P19" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q19" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>858a70ee-1441-4029-a521-2e3992bf171c</t>
+          <t>63f022cc-4a9f-4b7c-90e6-8bc3ca3e1b48</t>
         </is>
       </c>
       <c r="B20" t="n">
-        <v>99.245186</v>
+        <v>98.61351000000001</v>
       </c>
       <c r="C20" t="n">
-        <v>14.138691</v>
+        <v>16.51052</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>310.43</v>
+        <v>303.64</v>
       </c>
       <c r="G20" t="n">
-        <v>2.276329</v>
+        <v>1.12</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I20" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Wang Dong</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N20" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr">
+        <is>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+        </is>
+      </c>
       <c r="O20" t="inlineStr"/>
       <c r="P20" t="inlineStr"/>
       <c r="Q20" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>4e73fc54-c80c-4153-b2fb-6eb129dcf406</t>
+          <t>60c561e9-ade5-4b2a-bf07-d548c60d4096</t>
         </is>
       </c>
       <c r="B21" t="n">
-        <v>99.28125</v>
+        <v>98.61370100000001</v>
       </c>
       <c r="C21" t="n">
-        <v>8.95275</v>
+        <v>16.510439</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F21" t="n">
-        <v>307.58</v>
+        <v>303.64</v>
       </c>
       <c r="G21" t="n">
-        <v>0.82</v>
+        <v>1.086793</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I21" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>Tha Ruea</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>Ban Na Doem</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...2 lines deleted...]
-      <c r="N21" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+        </is>
+      </c>
       <c r="O21" t="inlineStr"/>
       <c r="P21" t="inlineStr"/>
       <c r="Q21" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>276660eb-9d90-4123-ae36-1c2273c4323f</t>
+          <t>fc4a9955-a37d-4797-885e-67c378352f64</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>99.281487</v>
+        <v>98.61468000000001</v>
       </c>
       <c r="C22" t="n">
-        <v>8.952653</v>
+        <v>16.51035</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F22" t="n">
-        <v>307.58</v>
+        <v>306.34</v>
       </c>
       <c r="G22" t="n">
-        <v>0.805474</v>
+        <v>1</v>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I22" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>Tha Ruea</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>Ban Na Doem</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...2 lines deleted...]
-      <c r="N22" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+        </is>
+      </c>
       <c r="O22" t="inlineStr"/>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>86c642ac-cd82-4589-9ed2-5924c41e9327</t>
+          <t>05ddfaef-c5a9-4fc0-8f46-5726a0c644bd</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>99.34103</v>
+        <v>98.61494399999999</v>
       </c>
       <c r="C23" t="n">
-        <v>8.03187</v>
+        <v>16.510406</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F23" t="n">
-        <v>303.44</v>
+        <v>306.34</v>
       </c>
       <c r="G23" t="n">
-        <v>0.66</v>
+        <v>0.972216</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I23" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>Din Daeng</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
-          <t>Lam Thap</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
-          <t>Krabi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N23" t="inlineStr">
         <is>
-          <t>ป่าหน้าไซ ป่าควนขาวเครา และป่าควนประ</t>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
         </is>
       </c>
       <c r="O23" t="inlineStr"/>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>cec73ac9-022c-4793-867f-db83b2bb58c5</t>
+          <t>b436b8a5-1bf3-4b0b-bb01-8c8378bca8c8</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>99.34123200000001</v>
+        <v>98.61839999999999</v>
       </c>
       <c r="C24" t="n">
-        <v>8.031692</v>
+        <v>16.50619</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>303.44</v>
+        <v>309.02</v>
       </c>
       <c r="G24" t="n">
-        <v>0.647948</v>
+        <v>1.9</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I24" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>Din Daeng</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
-          <t>Lam Thap</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
-          <t>Krabi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N24" t="inlineStr">
         <is>
-          <t>ป่าหน้าไซ ป่าควนขาวเครา และป่าควนประ</t>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
         </is>
       </c>
       <c r="O24" t="inlineStr"/>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>dcedc0f0-5406-4268-ab81-f72c00bb2449</t>
+          <t>50dbe231-451c-41ea-bb35-f1d27d8c7349</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>99.37739999999999</v>
+        <v>98.61869799999999</v>
       </c>
       <c r="C25" t="n">
-        <v>14.24692</v>
+        <v>16.506239</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>310.09</v>
+        <v>309.02</v>
       </c>
       <c r="G25" t="n">
-        <v>0.64</v>
+        <v>1.859544</v>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I25" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>Nong Kum</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Bo Phloi</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N25" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+        </is>
+      </c>
       <c r="O25" t="inlineStr"/>
       <c r="P25" t="inlineStr"/>
       <c r="Q25" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>7eb7529a-3c18-4b4a-9d9d-d82863b8aa7f</t>
+          <t>41d96d9f-6faf-41bd-8f99-2646ce290415</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>99.37763200000001</v>
+        <v>98.61912</v>
       </c>
       <c r="C26" t="n">
-        <v>14.246889</v>
+        <v>17.36742</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>310.09</v>
+        <v>303.88</v>
       </c>
       <c r="G26" t="n">
-        <v>0.619763</v>
+        <v>1.28</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I26" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>Nong Kum</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>Bo Phloi</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...4 lines deleted...]
-      <c r="P26" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr">
+        <is>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O26" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q26" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>7da00b74-9bf7-47be-93ec-79a799d1a8e7</t>
+          <t>2006afbe-29d3-407e-96d8-7b65f446ab52</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>99.38482999999999</v>
+        <v>98.619377</v>
       </c>
       <c r="C27" t="n">
-        <v>13.78003</v>
+        <v>17.367466</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F27" t="n">
-        <v>304.34</v>
+        <v>303.88</v>
       </c>
       <c r="G27" t="n">
-        <v>0.93</v>
+        <v>1.245488</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I27" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>Nong Phai</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
-          <t>Dan Makham Tia</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...4 lines deleted...]
-      <c r="P27" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr">
+        <is>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O27" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P27" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q27" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>fdeece91-6452-4d58-9eb0-5985f4d0190f</t>
+          <t>05ed543a-e172-4d68-925e-399f1b7a5f3d</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>99.385139</v>
+        <v>98.66322</v>
       </c>
       <c r="C28" t="n">
-        <v>13.780091</v>
+        <v>17.19074</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>304.34</v>
+        <v>306.9</v>
       </c>
       <c r="G28" t="n">
-        <v>0.917357</v>
+        <v>1.44</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I28" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>Nong Phai</t>
+          <t>Mae Tuen</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
-          <t>Dan Makham Tia</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...4 lines deleted...]
-      <c r="P28" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr">
+        <is>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O28" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P28" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q28" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>3c10fa7b-e340-4646-8b34-63c09de39df0</t>
+          <t>4d5f1c03-3079-49f2-a880-78d5a95e570e</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>99.46545</v>
+        <v>98.663414</v>
       </c>
       <c r="C29" t="n">
-        <v>15.64808</v>
+        <v>17.190733</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F29" t="n">
-        <v>328.05</v>
+        <v>306.9</v>
       </c>
       <c r="G29" t="n">
-        <v>5.25</v>
+        <v>1.41244</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:48:00</t>
         </is>
       </c>
       <c r="I29" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Mae Tuen</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N29" t="inlineStr">
         <is>
-          <t>ป่าแม่วงก์ - แม่เปิน</t>
-[...3 lines deleted...]
-      <c r="P29" t="inlineStr"/>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O29" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q29" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>7439dbca-b929-47b5-a58f-62562aa98f4c</t>
+          <t>dad00c50-4e38-4549-bf2b-a36f91e80189</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>99.465683</v>
+        <v>98.80043999999999</v>
       </c>
       <c r="C30" t="n">
-        <v>15.648001</v>
+        <v>8.673410000000001</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>328.05</v>
+        <v>307.37</v>
       </c>
       <c r="G30" t="n">
-        <v>5.135844</v>
+        <v>0.86</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I30" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Khlong Cha-Un</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr"/>
       <c r="P30" t="inlineStr"/>
       <c r="Q30" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>5c2053ec-a297-406b-b4b5-053a49eb3aaa</t>
+          <t>ef4162f3-65c6-431a-8aad-6867cb0e9692</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>99.51347</v>
+        <v>98.80062100000001</v>
       </c>
       <c r="C31" t="n">
-        <v>15.6118</v>
+        <v>8.673316</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F31" t="n">
-        <v>324.8</v>
+        <v>307.37</v>
       </c>
       <c r="G31" t="n">
-        <v>3.12</v>
+        <v>0.8371499999999999</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I31" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Khlong Cha-Un</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr"/>
       <c r="P31" t="inlineStr"/>
       <c r="Q31" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>c7cab4a7-9496-4239-81f2-a5c2ce7ca863</t>
+          <t>a515a6b3-348a-4a8f-99f0-515d2cbef120</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>99.513687</v>
+        <v>98.81833</v>
       </c>
       <c r="C32" t="n">
-        <v>15.611665</v>
+        <v>8.87825</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>324.8</v>
+        <v>313.75</v>
       </c>
       <c r="G32" t="n">
-        <v>3.039044</v>
+        <v>1.11</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I32" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phang Kan</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr"/>
       <c r="P32" t="inlineStr"/>
       <c r="Q32" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>69b72a83-862a-46de-83f4-95c14af55738</t>
+          <t>3fbcf8d0-7f8b-4cab-836b-d01377573923</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>99.51506999999999</v>
+        <v>98.818489</v>
       </c>
       <c r="C33" t="n">
-        <v>15.61023</v>
+        <v>8.878138</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F33" t="n">
-        <v>327.1</v>
+        <v>313.75</v>
       </c>
       <c r="G33" t="n">
-        <v>3.1</v>
+        <v>1.086787</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I33" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phang Kan</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr"/>
       <c r="P33" t="inlineStr"/>
       <c r="Q33" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>77dc9b95-9647-4437-9ac8-fafbda6442c3</t>
+          <t>97e7bcea-173a-4d8f-96e7-961697d83ded</t>
         </is>
       </c>
       <c r="B34" t="n">
-        <v>99.51532</v>
+        <v>98.84166999999999</v>
       </c>
       <c r="C34" t="n">
-        <v>15.610377</v>
+        <v>8.820169999999999</v>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F34" t="n">
-        <v>327.1</v>
+        <v>312.11</v>
       </c>
       <c r="G34" t="n">
-        <v>3.022171</v>
+        <v>1.03</v>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I34" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J34" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Khlong Cha-Un</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr"/>
       <c r="P34" t="inlineStr"/>
       <c r="Q34" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>4beb963a-1371-485c-ba46-c956fa7dd44f</t>
+          <t>a65b6d5d-4ec8-43cd-a0f3-15bd3d0ed53b</t>
         </is>
       </c>
       <c r="B35" t="n">
-        <v>99.53187</v>
+        <v>98.84189600000001</v>
       </c>
       <c r="C35" t="n">
-        <v>15.60412</v>
+        <v>8.820105</v>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F35" t="n">
-        <v>310.17</v>
+        <v>312.11</v>
       </c>
       <c r="G35" t="n">
-        <v>1.02</v>
+        <v>1.010145</v>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I35" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Khlong Cha-Un</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr"/>
       <c r="P35" t="inlineStr"/>
       <c r="Q35" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>b7c2714e-da98-43d3-b7e8-5d7d2dc50a5a</t>
+          <t>650ad10e-07da-4b17-8c5c-387951fb0b6b</t>
         </is>
       </c>
       <c r="B36" t="n">
-        <v>99.532112</v>
+        <v>98.92157</v>
       </c>
       <c r="C36" t="n">
-        <v>15.604257</v>
+        <v>10.11803</v>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F36" t="n">
-        <v>310.17</v>
+        <v>305.22</v>
       </c>
       <c r="G36" t="n">
-        <v>0.998539</v>
+        <v>0.57</v>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I36" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Khao Khai</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
-          <t>Mae Poen</t>
+          <t>Sawi</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
+          <t>Chumphon</t>
         </is>
       </c>
       <c r="N36" t="inlineStr">
         <is>
-          <t>ป่าแม่วงก์ - แม่เปิน</t>
+          <t>ป่าทุ่งระยะและป่านาสัก</t>
         </is>
       </c>
       <c r="O36" t="inlineStr"/>
       <c r="P36" t="inlineStr"/>
       <c r="Q36" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>4b7c2eda-afd2-40d9-a6c9-1786200f2c94</t>
+          <t>fe8358ba-b3b2-4c91-b1b0-d71db3beb963</t>
         </is>
       </c>
       <c r="B37" t="n">
-        <v>99.53463000000001</v>
+        <v>98.92179899999999</v>
       </c>
       <c r="C37" t="n">
-        <v>15.60519</v>
+        <v>10.117955</v>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F37" t="n">
-        <v>314.72</v>
+        <v>305.22</v>
       </c>
       <c r="G37" t="n">
-        <v>0.83</v>
+        <v>0.544697</v>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I37" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>Chum Ta Bong</t>
+          <t>Khao Khai</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
-          <t>Chum Ta Bong</t>
+          <t>Sawi</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
+          <t>Chumphon</t>
         </is>
       </c>
       <c r="N37" t="inlineStr">
         <is>
-          <t>ป่าแม่วงก์ - แม่เปิน</t>
+          <t>ป่าทุ่งระยะและป่านาสัก</t>
         </is>
       </c>
       <c r="O37" t="inlineStr"/>
       <c r="P37" t="inlineStr"/>
       <c r="Q37" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>6c6d0f7f-0359-4214-90f5-5d2d545f69fd</t>
+          <t>a85b8eeb-4ae6-421e-a2bb-184b5f15a8ce</t>
         </is>
       </c>
       <c r="B38" t="n">
-        <v>99.534836</v>
+        <v>99.06883999999999</v>
       </c>
       <c r="C38" t="n">
-        <v>15.605039</v>
+        <v>10.61925</v>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F38" t="n">
-        <v>314.72</v>
+        <v>304.18</v>
       </c>
       <c r="G38" t="n">
-        <v>0.798913</v>
+        <v>0.78</v>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I38" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>Chum Ta Bong</t>
+          <t>Rap Ro</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
-          <t>Chum Ta Bong</t>
+          <t>Tha Sae</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
-          <t>Nakhon Sawan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chumphon</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr"/>
       <c r="P38" t="inlineStr"/>
       <c r="Q38" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>4132f0b7-6c32-4d8b-a343-325fd6fafdcb</t>
+          <t>afe269e0-f138-4576-aa66-d17a3c2f01bf</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>99.56695999999999</v>
+        <v>99.069031</v>
       </c>
       <c r="C39" t="n">
-        <v>8.01845</v>
+        <v>10.619222</v>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F39" t="n">
-        <v>311.97</v>
+        <v>304.18</v>
       </c>
       <c r="G39" t="n">
-        <v>1.35</v>
+        <v>0.759533</v>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I39" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J39" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>Wang Hin</t>
+          <t>Rap Ro</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>Bang Khan</t>
+          <t>Tha Sae</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
+          <t>Chumphon</t>
         </is>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr"/>
       <c r="P39" t="inlineStr"/>
       <c r="Q39" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>7a7375c7-b551-4e4b-a517-6393601c2d6c</t>
+          <t>6d7f995f-7c78-4f94-b981-4d6f5b9b6b47</t>
         </is>
       </c>
       <c r="B40" t="n">
-        <v>99.567154</v>
+        <v>99.37381999999999</v>
       </c>
       <c r="C40" t="n">
-        <v>8.018312</v>
+        <v>11.0081</v>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F40" t="n">
-        <v>311.97</v>
+        <v>305.8</v>
       </c>
       <c r="G40" t="n">
-        <v>1.321221</v>
+        <v>0.59</v>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I40" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>Wang Hin</t>
+          <t>Sai Thong</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
-          <t>Bang Khan</t>
+          <t>Bang Saphan Noi</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
+          <t>Prachuap Khiri Khan</t>
         </is>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr"/>
       <c r="P40" t="inlineStr"/>
       <c r="Q40" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>f1225888-a5a7-4565-854e-2c2b34502f4e</t>
+          <t>88751066-1ee4-4ad3-8255-8d2a4e1076f8</t>
         </is>
       </c>
       <c r="B41" t="n">
-        <v>99.568</v>
+        <v>99.374008</v>
       </c>
       <c r="C41" t="n">
-        <v>11.44581</v>
+        <v>11.00805</v>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F41" t="n">
-        <v>305.74</v>
+        <v>305.8</v>
       </c>
       <c r="G41" t="n">
-        <v>0.88</v>
+        <v>0.577225</v>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I41" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>Ang Thong</t>
+          <t>Sai Thong</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
-          <t>Thap Sakae</t>
+          <t>Bang Saphan Noi</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>Prachuap Khiri Khan</t>
         </is>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr"/>
       <c r="P41" t="inlineStr"/>
       <c r="Q41" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>99ef1d15-2b66-4fc7-8248-9d1ad132e4f9</t>
+          <t>d3b029a7-4b6b-455b-a969-46da69cf22c9</t>
         </is>
       </c>
       <c r="B42" t="n">
-        <v>99.568214</v>
+        <v>99.44855</v>
       </c>
       <c r="C42" t="n">
-        <v>11.445861</v>
+        <v>13.78588</v>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F42" t="n">
-        <v>305.74</v>
+        <v>304.76</v>
       </c>
       <c r="G42" t="n">
-        <v>0.867548</v>
+        <v>0.74</v>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I42" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>Ang Thong</t>
+          <t>Nong Phai</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
-          <t>Thap Sakae</t>
+          <t>Dan Makham Tia</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
-          <t>Prachuap Khiri Khan</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr"/>
       <c r="P42" t="inlineStr"/>
       <c r="Q42" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>d26de911-58a5-4805-8afb-affcacb27350</t>
+          <t>b1f9d219-5b46-4a95-8cfc-6d26dccaeabf</t>
         </is>
       </c>
       <c r="B43" t="n">
-        <v>99.59023000000001</v>
+        <v>99.4487</v>
       </c>
       <c r="C43" t="n">
-        <v>8.38958</v>
+        <v>13.785765</v>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F43" t="n">
-        <v>308.5</v>
+        <v>304.76</v>
       </c>
       <c r="G43" t="n">
-        <v>0.82</v>
+        <v>0.723828</v>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I43" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>Suan Khan</t>
+          <t>Nong Phai</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
-          <t>Chang Klang</t>
+          <t>Dan Makham Tia</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr"/>
       <c r="P43" t="inlineStr"/>
       <c r="Q43" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>d82e9145-fb3c-4d9c-97aa-97ed69d00dde</t>
+          <t>d2754a6d-9428-4334-82dc-0cd30ffb3203</t>
         </is>
       </c>
       <c r="B44" t="n">
-        <v>99.59045399999999</v>
+        <v>99.47308</v>
       </c>
       <c r="C44" t="n">
-        <v>8.389605</v>
+        <v>7.77507</v>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F44" t="n">
-        <v>308.5</v>
+        <v>330.88</v>
       </c>
       <c r="G44" t="n">
-        <v>0.804796</v>
+        <v>3.52</v>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I44" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>Suan Khan</t>
+          <t>Wang Khiri</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
-          <t>Chang Klang</t>
+          <t>Huai Yot</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
+          <t>Trang</t>
         </is>
       </c>
       <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr"/>
       <c r="P44" t="inlineStr"/>
       <c r="Q44" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>2f9e2394-237a-4a5b-8c51-8328bc613d10</t>
+          <t>bc63482d-a412-4e38-85ad-1b727b960bd8</t>
         </is>
       </c>
       <c r="B45" t="n">
-        <v>99.61203</v>
+        <v>99.47328899999999</v>
       </c>
       <c r="C45" t="n">
-        <v>17.2607</v>
+        <v>7.77513</v>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F45" t="n">
-        <v>303.52</v>
+        <v>330.88</v>
       </c>
       <c r="G45" t="n">
-        <v>0.9</v>
+        <v>3.435042</v>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I45" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>Ban Mai Chai Mongkhon</t>
+          <t>Wang Khiri</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
-          <t>Thung Saliam</t>
+          <t>Huai Yot</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
-          <t>Sukhothai</t>
-[...6 lines deleted...]
-      </c>
+          <t>Trang</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr"/>
       <c r="P45" t="inlineStr"/>
       <c r="Q45" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>549a947f-c967-4bf1-a6c6-49c34f1685d8</t>
+          <t>44d371c1-b223-487d-94e5-0ac02807628f</t>
         </is>
       </c>
       <c r="B46" t="n">
-        <v>99.612274</v>
+        <v>99.47712</v>
       </c>
       <c r="C46" t="n">
-        <v>17.260725</v>
+        <v>14.13899</v>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F46" t="n">
-        <v>303.52</v>
+        <v>340.93</v>
       </c>
       <c r="G46" t="n">
-        <v>0.868056</v>
+        <v>6.65</v>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I46" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>Ban Mai Chai Mongkhon</t>
+          <t>Kaeng Sian</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
-          <t>Thung Saliam</t>
+          <t>Mueang Kanchanaburi</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
-          <t>Sukhothai</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr"/>
       <c r="P46" t="inlineStr"/>
       <c r="Q46" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>e27b918f-de71-4003-bf6a-9f6fc4d83180</t>
+          <t>2d9fe0b5-735c-47c8-b66e-aae853be695f</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>99.67413000000001</v>
+        <v>99.47732499999999</v>
       </c>
       <c r="C47" t="n">
-        <v>18.8576</v>
+        <v>14.138866</v>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F47" t="n">
-        <v>299.31</v>
+        <v>340.93</v>
       </c>
       <c r="G47" t="n">
-        <v>0.5</v>
+        <v>6.487517</v>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I47" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>Pong Don</t>
+          <t>Kaeng Sian</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
-          <t>Chae Hom</t>
+          <t>Mueang Kanchanaburi</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
-          <t>Lampang</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr"/>
-      <c r="P47" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P47" t="inlineStr"/>
       <c r="Q47" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>90b4eee3-35aa-4282-a69a-7255f2151ed9</t>
+          <t>f8a6e402-8634-4c49-a558-0b2fbb0a248a</t>
         </is>
       </c>
       <c r="B48" t="n">
-        <v>99.67440000000001</v>
+        <v>99.54743000000001</v>
       </c>
       <c r="C48" t="n">
-        <v>18.857529</v>
+        <v>11.32849</v>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F48" t="n">
-        <v>299.31</v>
+        <v>305.1</v>
       </c>
       <c r="G48" t="n">
-        <v>0.495224</v>
+        <v>0.46</v>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>2026-02-04 01:42:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I48" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>Pong Don</t>
+          <t>Thong Chai</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
-          <t>Chae Hom</t>
+          <t>Bang Saphan</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
-          <t>Lampang</t>
-[...6 lines deleted...]
-      </c>
+          <t>Prachuap Khiri Khan</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr"/>
-      <c r="P48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P48" t="inlineStr"/>
       <c r="Q48" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>926c43ca-2385-4a4e-a418-7906ff372fc9</t>
+          <t>1e82c3c8-0914-41aa-a8f8-ee8035f02613</t>
         </is>
       </c>
       <c r="B49" t="n">
-        <v>99.73692</v>
+        <v>99.547653</v>
       </c>
       <c r="C49" t="n">
-        <v>13.26495</v>
+        <v>11.328429</v>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F49" t="n">
-        <v>302.25</v>
+        <v>305.1</v>
       </c>
       <c r="G49" t="n">
-        <v>0.92</v>
+        <v>0.454376</v>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I49" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>Nong Chumphon</t>
+          <t>Thong Chai</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
-          <t>Khao Yoi</t>
+          <t>Bang Saphan</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
-          <t>Phetchaburi</t>
+          <t>Prachuap Khiri Khan</t>
         </is>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr"/>
       <c r="P49" t="inlineStr"/>
       <c r="Q49" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>7c7aafe0-544a-4bc9-8abf-f9db1fdf9fc7</t>
+          <t>2d9e08fe-cc5e-41fc-a631-fe295e7c9fec</t>
         </is>
       </c>
       <c r="B50" t="n">
-        <v>99.737183</v>
+        <v>99.57732</v>
       </c>
       <c r="C50" t="n">
-        <v>13.264928</v>
+        <v>13.74679</v>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F50" t="n">
-        <v>302.25</v>
+        <v>303.65</v>
       </c>
       <c r="G50" t="n">
-        <v>0.90891</v>
+        <v>0.84</v>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I50" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>Nong Chumphon</t>
+          <t>Nong Kwang</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
-          <t>Khao Yoi</t>
+          <t>Photharam</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
-          <t>Phetchaburi</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr"/>
       <c r="P50" t="inlineStr"/>
       <c r="Q50" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>d0001ae3-34c1-4274-aeac-df881e750b3a</t>
+          <t>888ffbd6-4c12-4645-992b-93e1ac13b5d8</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>99.77493</v>
+        <v>99.577591</v>
       </c>
       <c r="C51" t="n">
-        <v>7.48015</v>
+        <v>13.74679</v>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F51" t="n">
-        <v>307.76</v>
+        <v>303.65</v>
       </c>
       <c r="G51" t="n">
-        <v>1.95</v>
+        <v>0.817509</v>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I51" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>Na Chum Het</t>
+          <t>Nong Kwang</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
-          <t>Yan Ta Khao</t>
+          <t>Photharam</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
-          <t>Trang</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr"/>
       <c r="P51" t="inlineStr"/>
       <c r="Q51" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>c0604ede-a872-4e6d-ac19-3c579173ba77</t>
+          <t>29f0d735-4403-48ae-add0-eea1dbc7b7e5</t>
         </is>
       </c>
       <c r="B52" t="n">
-        <v>99.775154</v>
+        <v>99.57783999999999</v>
       </c>
       <c r="C52" t="n">
-        <v>7.480133</v>
+        <v>13.75014</v>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F52" t="n">
-        <v>307.76</v>
+        <v>304.41</v>
       </c>
       <c r="G52" t="n">
-        <v>1.900196</v>
+        <v>1.04</v>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I52" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>Na Chum Het</t>
+          <t>Nong Kwang</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
-          <t>Yan Ta Khao</t>
+          <t>Photharam</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
-          <t>Trang</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr"/>
       <c r="P52" t="inlineStr"/>
       <c r="Q52" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>4381b630-1032-4597-9104-097364e7feef</t>
+          <t>09158906-5487-4fbd-920a-45f6a89faadf</t>
         </is>
       </c>
       <c r="B53" t="n">
-        <v>99.78259</v>
+        <v>99.57811</v>
       </c>
       <c r="C53" t="n">
-        <v>15.07189</v>
+        <v>13.750137</v>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F53" t="n">
-        <v>304.96</v>
+        <v>304.41</v>
       </c>
       <c r="G53" t="n">
-        <v>0.6899999999999999</v>
+        <v>1.025798</v>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I53" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>Kabok Tia</t>
+          <t>Nong Kwang</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
-          <t>Noen Kham</t>
+          <t>Photharam</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
-          <t>Chainat</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr"/>
       <c r="P53" t="inlineStr"/>
       <c r="Q53" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>1e119a19-870f-48e7-8dd4-fbbf3588f974</t>
+          <t>4799355a-594c-4bc4-97cc-bb1096bd63cf</t>
         </is>
       </c>
       <c r="B54" t="n">
-        <v>99.782791</v>
+        <v>99.58177999999999</v>
       </c>
       <c r="C54" t="n">
-        <v>15.071898</v>
+        <v>13.6572</v>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F54" t="n">
-        <v>304.96</v>
+        <v>320.91</v>
       </c>
       <c r="G54" t="n">
-        <v>0.669771</v>
+        <v>1.71</v>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I54" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>Kabok Tia</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
-          <t>Noen Kham</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
-          <t>Chainat</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr"/>
       <c r="P54" t="inlineStr"/>
       <c r="Q54" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>05a144c5-465e-412d-a974-d7868953ee28</t>
+          <t>38a17425-a3e6-41ee-b5fb-3d7c9976b279</t>
         </is>
       </c>
       <c r="B55" t="n">
-        <v>99.80901</v>
+        <v>99.582016</v>
       </c>
       <c r="C55" t="n">
-        <v>14.81491</v>
+        <v>13.657012</v>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F55" t="n">
-        <v>305.24</v>
+        <v>320.91</v>
       </c>
       <c r="G55" t="n">
-        <v>0.91</v>
+        <v>1.660988</v>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I55" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>Chaeng Ngam</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
-          <t>Nong Ya Sai</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr"/>
       <c r="P55" t="inlineStr"/>
       <c r="Q55" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>02f4cb5e-a527-4db9-95eb-ebfc090273f2</t>
+          <t>e47186e4-e1ab-45f2-ba92-cb725fa2a3af</t>
         </is>
       </c>
       <c r="B56" t="n">
-        <v>99.809196</v>
+        <v>99.58231000000001</v>
       </c>
       <c r="C56" t="n">
-        <v>14.814837</v>
+        <v>13.66054</v>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F56" t="n">
-        <v>305.24</v>
+        <v>318.68</v>
       </c>
       <c r="G56" t="n">
-        <v>0.901452</v>
+        <v>1.68</v>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I56" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>Chaeng Ngam</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
-          <t>Nong Ya Sai</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr"/>
       <c r="P56" t="inlineStr"/>
       <c r="Q56" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>a758568e-57dc-4065-9e1b-5351c91eebe4</t>
+          <t>2f2dc7a5-7092-41a3-9963-7de452a1fa53</t>
         </is>
       </c>
       <c r="B57" t="n">
-        <v>99.86748</v>
+        <v>99.582542</v>
       </c>
       <c r="C57" t="n">
-        <v>6.91129</v>
+        <v>13.660358</v>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F57" t="n">
-        <v>306.17</v>
+        <v>318.68</v>
       </c>
       <c r="G57" t="n">
-        <v>0.8100000000000001</v>
+        <v>1.648121</v>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I57" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>Udai Charoen</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
-          <t>Khuan Kalong</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
-          <t>Satun</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr"/>
       <c r="P57" t="inlineStr"/>
       <c r="Q57" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>bcf10812-dba4-461d-a6d9-44ae8f2195c4</t>
+          <t>b8069904-e833-4141-92f6-939bbef4e9ea</t>
         </is>
       </c>
       <c r="B58" t="n">
-        <v>99.86769099999999</v>
+        <v>99.61039</v>
       </c>
       <c r="C58" t="n">
-        <v>6.911184</v>
+        <v>13.69732</v>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F58" t="n">
-        <v>306.17</v>
+        <v>310.11</v>
       </c>
       <c r="G58" t="n">
-        <v>0.7831090000000001</v>
+        <v>0.86</v>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>2026-02-04 01:46:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I58" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>Udai Charoen</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
-          <t>Khuan Kalong</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
-          <t>Satun</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr"/>
       <c r="P58" t="inlineStr"/>
       <c r="Q58" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>59f24833-0296-49d6-bd7e-f141478ffe1b</t>
+          <t>dcb04952-a07d-4e31-998c-adcff5ec4f51</t>
         </is>
       </c>
       <c r="B59" t="n">
-        <v>99.87811000000001</v>
+        <v>99.610649</v>
       </c>
       <c r="C59" t="n">
-        <v>14.97503</v>
+        <v>13.697223</v>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F59" t="n">
-        <v>307.23</v>
+        <v>310.11</v>
       </c>
       <c r="G59" t="n">
-        <v>0.91</v>
+        <v>0.83847</v>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I59" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>Noen Kham</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
-          <t>Noen Kham</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
-          <t>Chainat</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr"/>
       <c r="P59" t="inlineStr"/>
       <c r="Q59" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>1bb827aa-de9b-4205-8890-002f8c691120</t>
+          <t>57971ec5-db99-4a28-ba06-dc8256e0a86e</t>
         </is>
       </c>
       <c r="B60" t="n">
-        <v>99.878349</v>
+        <v>99.61091999999999</v>
       </c>
       <c r="C60" t="n">
-        <v>14.975014</v>
+        <v>13.70066</v>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F60" t="n">
-        <v>307.23</v>
+        <v>314.1</v>
       </c>
       <c r="G60" t="n">
-        <v>0.883632</v>
+        <v>0.86</v>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I60" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>Noen Kham</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
-          <t>Noen Kham</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
-          <t>Chainat</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr"/>
       <c r="P60" t="inlineStr"/>
       <c r="Q60" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>b34354ab-5b85-4d5f-872f-f1646b81f5d0</t>
+          <t>db3bd5db-0e2e-4a02-be1b-211f9da4bb70</t>
         </is>
       </c>
       <c r="B61" t="n">
-        <v>99.91027</v>
+        <v>99.611176</v>
       </c>
       <c r="C61" t="n">
-        <v>16.33379</v>
+        <v>13.700566</v>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F61" t="n">
-        <v>303.67</v>
+        <v>314.11</v>
       </c>
       <c r="G61" t="n">
-        <v>0.76</v>
+        <v>0.83847</v>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I61" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>Thung Thong</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
-          <t>Sai Thong Watthana</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
-          <t>Kamphaeng Phet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr"/>
       <c r="P61" t="inlineStr"/>
       <c r="Q61" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>b076717e-c848-468a-8512-ba1d1ccf09e3</t>
+          <t>e6853313-5c4f-4cc2-9e61-24e2abce7224</t>
         </is>
       </c>
       <c r="B62" t="n">
-        <v>99.910477</v>
+        <v>99.62809</v>
       </c>
       <c r="C62" t="n">
-        <v>16.333746</v>
+        <v>13.03121</v>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F62" t="n">
-        <v>303.67</v>
+        <v>312.2</v>
       </c>
       <c r="G62" t="n">
-        <v>0.749151</v>
+        <v>1.46</v>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I62" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>Thung Thong</t>
+          <t>Phu Sawan</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
-          <t>Sai Thong Watthana</t>
+          <t>Kaeng Krachan</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
-          <t>Kamphaeng Phet</t>
+          <t>Phetchaburi</t>
         </is>
       </c>
       <c r="N62" t="inlineStr">
         <is>
-          <t>ป่าหนองคล้า และป่าดงฉัตร</t>
+          <t>ป่ายางน้ำกลัดเหนือและป่ายางน้ำกลัดใต้</t>
         </is>
       </c>
       <c r="O62" t="inlineStr"/>
       <c r="P62" t="inlineStr"/>
       <c r="Q62" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>749fe865-45fd-4578-ac34-5e314fbac0b2</t>
+          <t>76c7fc1b-6abe-44fc-8c9d-48d5aa3403cf</t>
         </is>
       </c>
       <c r="B63" t="n">
-        <v>99.96961</v>
+        <v>99.62827299999999</v>
       </c>
       <c r="C63" t="n">
-        <v>8.03551</v>
+        <v>13.031095</v>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F63" t="n">
-        <v>312.59</v>
+        <v>312.2</v>
       </c>
       <c r="G63" t="n">
-        <v>1.45</v>
+        <v>1.422813</v>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I63" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>Ban Tun</t>
+          <t>Phu Sawan</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
-          <t>Cha-uat</t>
+          <t>Kaeng Krachan</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
-[...2 lines deleted...]
-      <c r="N63" t="inlineStr"/>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>ป่ายางน้ำกลัดเหนือและป่ายางน้ำกลัดใต้</t>
+        </is>
+      </c>
       <c r="O63" t="inlineStr"/>
       <c r="P63" t="inlineStr"/>
       <c r="Q63" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>3c6f5bb1-57ab-4e5d-a02f-23c89ee31596</t>
+          <t>6090b9a0-8539-4519-ab27-bd21c34aa837</t>
         </is>
       </c>
       <c r="B64" t="n">
-        <v>99.96985599999999</v>
+        <v>99.64944</v>
       </c>
       <c r="C64" t="n">
-        <v>8.035520999999999</v>
+        <v>13.58929</v>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F64" t="n">
-        <v>312.59</v>
+        <v>305.52</v>
       </c>
       <c r="G64" t="n">
-        <v>1.416846</v>
+        <v>1.11</v>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I64" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J64" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>Ban Tun</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
-          <t>Cha-uat</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
-[...2 lines deleted...]
-      <c r="N64" t="inlineStr"/>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>ป่าเขาบิน</t>
+        </is>
+      </c>
       <c r="O64" t="inlineStr"/>
       <c r="P64" t="inlineStr"/>
       <c r="Q64" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>52ff1ba3-b2e1-4eb7-9e6b-af835c798e35</t>
+          <t>865380ae-9446-4ec5-b18b-74ba46834ab2</t>
         </is>
       </c>
       <c r="B65" t="n">
-        <v>99.98914000000001</v>
+        <v>99.64965100000001</v>
       </c>
       <c r="C65" t="n">
-        <v>13.58792</v>
+        <v>13.589286</v>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F65" t="n">
-        <v>304.74</v>
+        <v>305.52</v>
       </c>
       <c r="G65" t="n">
-        <v>0.71</v>
+        <v>1.084593</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I65" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>Don Khlang</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
-          <t>Damnoen Saduak</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
           <t>Ratchaburi</t>
         </is>
       </c>
-      <c r="N65" t="inlineStr"/>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>ป่าเขาบิน</t>
+        </is>
+      </c>
       <c r="O65" t="inlineStr"/>
       <c r="P65" t="inlineStr"/>
       <c r="Q65" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>e187bb48-28eb-45f8-9e75-9999c1da1ff8</t>
+          <t>2f4712b0-8fc5-4531-9384-89f67fd33e69</t>
         </is>
       </c>
       <c r="B66" t="n">
-        <v>99.98936500000001</v>
+        <v>99.67131999999999</v>
       </c>
       <c r="C66" t="n">
-        <v>13.587754</v>
+        <v>14.77983</v>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>304.74</v>
+        <v>302.88</v>
       </c>
       <c r="G66" t="n">
-        <v>0.699407</v>
+        <v>0.6</v>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I66" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>Don Khlang</t>
+          <t>Nong Pling</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
-          <t>Damnoen Saduak</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N66" t="inlineStr"/>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr">
+        <is>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+        </is>
+      </c>
       <c r="O66" t="inlineStr"/>
       <c r="P66" t="inlineStr"/>
       <c r="Q66" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>6e6134d8-9220-4ab8-b746-7ab9a4ec80e0</t>
+          <t>89f767ec-11b6-4a27-9d2c-5ef864e95d63</t>
         </is>
       </c>
       <c r="B67" t="n">
-        <v>99.98962</v>
+        <v>99.671547</v>
       </c>
       <c r="C67" t="n">
-        <v>13.58551</v>
+        <v>14.779751</v>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F67" t="n">
-        <v>302.75</v>
+        <v>302.88</v>
       </c>
       <c r="G67" t="n">
-        <v>0.63</v>
+        <v>0.59309</v>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I67" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>Don Kruai</t>
+          <t>Nong Pling</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
-          <t>Damnoen Saduak</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M67" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N67" t="inlineStr"/>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N67" t="inlineStr">
+        <is>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+        </is>
+      </c>
       <c r="O67" t="inlineStr"/>
       <c r="P67" t="inlineStr"/>
       <c r="Q67" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>20ae9f77-725d-4db4-b065-e46fbd6c3a7c</t>
+          <t>72975981-410c-4a63-88cb-7b7084b066eb</t>
         </is>
       </c>
       <c r="B68" t="n">
-        <v>99.98988300000001</v>
+        <v>99.68449</v>
       </c>
       <c r="C68" t="n">
-        <v>13.585624</v>
+        <v>13.74411</v>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>302.75</v>
+        <v>302.84</v>
       </c>
       <c r="G68" t="n">
-        <v>0.628352</v>
+        <v>0.24</v>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I68" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>Don Khlang</t>
+          <t>Khao Cha-Ngum</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
-          <t>Damnoen Saduak</t>
+          <t>Photharam</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
           <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N68" t="inlineStr"/>
       <c r="O68" t="inlineStr"/>
       <c r="P68" t="inlineStr"/>
       <c r="Q68" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>1b2ad521-1e14-4abb-b7ab-d3e96088545b</t>
+          <t>38ff0220-4e73-49ff-8111-925f01b56321</t>
         </is>
       </c>
       <c r="B69" t="n">
-        <v>100.19471</v>
+        <v>99.68478399999999</v>
       </c>
       <c r="C69" t="n">
-        <v>7.07842</v>
+        <v>13.74413</v>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>316.32</v>
+        <v>302.84</v>
       </c>
       <c r="G69" t="n">
-        <v>1.41</v>
+        <v>0.225393</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I69" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>Khao Phra</t>
+          <t>Khao Cha-Ngum</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
-          <t>Rattaphum</t>
+          <t>Photharam</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
-          <t>Songkhla</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr"/>
       <c r="P69" t="inlineStr"/>
       <c r="Q69" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>641071e1-1208-4214-9627-0ce2ec2bd41e</t>
+          <t>05784d9b-8dab-4364-808c-01bef3f94ba7</t>
         </is>
       </c>
       <c r="B70" t="n">
-        <v>100.194893</v>
+        <v>99.72053</v>
       </c>
       <c r="C70" t="n">
-        <v>7.078317</v>
+        <v>13.85398</v>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>316.32</v>
+        <v>324.52</v>
       </c>
       <c r="G70" t="n">
-        <v>1.373429</v>
+        <v>3.58</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>2026-02-04 01:46:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I70" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J70" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>Khao Phra</t>
+          <t>Khao Sam Sip Hap</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
-          <t>Rattaphum</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
-          <t>Songkhla</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr"/>
       <c r="P70" t="inlineStr"/>
       <c r="Q70" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>8b6c7fa1-d92d-41e8-a656-e5343aaf8dd5</t>
+          <t>65d93431-5005-48fb-82dc-4c78bcfbc056</t>
         </is>
       </c>
       <c r="B71" t="n">
-        <v>100.20905</v>
+        <v>99.72071099999999</v>
       </c>
       <c r="C71" t="n">
-        <v>7.05588</v>
+        <v>13.853795</v>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F71" t="n">
-        <v>303.81</v>
+        <v>324.51</v>
       </c>
       <c r="G71" t="n">
-        <v>0.49</v>
+        <v>3.483295</v>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I71" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J71" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>Khao Phra</t>
+          <t>Khao Sam Sip Hap</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
-          <t>Rattaphum</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M71" t="inlineStr">
         <is>
-          <t>Songkhla</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr"/>
       <c r="P71" t="inlineStr"/>
       <c r="Q71" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>57d38ece-f742-45a2-a1dd-4d689b08a53c</t>
+          <t>81c98fd4-441a-4c5d-b415-13b51aa9b531</t>
         </is>
       </c>
       <c r="B72" t="n">
-        <v>100.209221</v>
+        <v>99.72414000000001</v>
       </c>
       <c r="C72" t="n">
-        <v>7.055732</v>
+        <v>13.85343</v>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F72" t="n">
-        <v>303.81</v>
+        <v>328.4</v>
       </c>
       <c r="G72" t="n">
-        <v>0.471334</v>
+        <v>3.59</v>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>2026-02-04 01:46:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I72" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J72" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>Khao Phra</t>
+          <t>Khao Sam Sip Hap</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
-          <t>Rattaphum</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M72" t="inlineStr">
         <is>
-          <t>Songkhla</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr"/>
       <c r="P72" t="inlineStr"/>
       <c r="Q72" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>a8b7054d-5fdb-4e4b-8a02-64675fb75126</t>
+          <t>756e866b-7f67-4491-891b-d1557b99a9df</t>
         </is>
       </c>
       <c r="B73" t="n">
-        <v>100.35451</v>
+        <v>99.724327</v>
       </c>
       <c r="C73" t="n">
-        <v>7.12187</v>
+        <v>13.853251</v>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F73" t="n">
-        <v>307.97</v>
+        <v>328.4</v>
       </c>
       <c r="G73" t="n">
-        <v>0.85</v>
+        <v>3.498559</v>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I73" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J73" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>Bang Riang</t>
+          <t>Khao Sam Sip Hap</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
-          <t>Khuan Niang</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M73" t="inlineStr">
         <is>
-          <t>Songkhla</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr"/>
       <c r="P73" t="inlineStr"/>
       <c r="Q73" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>8ec0ee55-168d-450e-8e68-f1240114c6e3</t>
+          <t>2aa8f63b-5941-4270-9ce7-f69747cbe3e4</t>
         </is>
       </c>
       <c r="B74" t="n">
-        <v>100.354668</v>
+        <v>99.73775000000001</v>
       </c>
       <c r="C74" t="n">
-        <v>7.121753</v>
+        <v>13.9162</v>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F74" t="n">
-        <v>307.97</v>
+        <v>316.43</v>
       </c>
       <c r="G74" t="n">
-        <v>0.829497</v>
+        <v>1.61</v>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>2026-02-04 01:46:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I74" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J74" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>Bang Riang</t>
+          <t>Saen To</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
-          <t>Khuan Niang</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M74" t="inlineStr">
         <is>
-          <t>Songkhla</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr"/>
       <c r="P74" t="inlineStr"/>
       <c r="Q74" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>dc2f9e85-037a-4220-9529-3d4d1a5a8f1c</t>
+          <t>c9baa430-be8d-47a8-a9ed-6ed34c24ec84</t>
         </is>
       </c>
       <c r="B75" t="n">
-        <v>100.49613</v>
+        <v>99.737976</v>
       </c>
       <c r="C75" t="n">
-        <v>17.67985</v>
+        <v>13.916148</v>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F75" t="n">
-        <v>308.02</v>
+        <v>316.42</v>
       </c>
       <c r="G75" t="n">
-        <v>0.98</v>
+        <v>1.577985</v>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I75" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J75" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>Pha Lueat</t>
+          <t>Saen To</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
-          <t>Tha Pla</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M75" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr"/>
-      <c r="P75" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P75" t="inlineStr"/>
       <c r="Q75" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>1ae5f150-a204-4055-b510-7bd5b9460261</t>
+          <t>cbc73393-4f7d-4f13-8a3b-a83771b989f2</t>
         </is>
       </c>
       <c r="B76" t="n">
-        <v>100.496391</v>
+        <v>99.79133</v>
       </c>
       <c r="C76" t="n">
-        <v>17.679768</v>
+        <v>12.90752</v>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F76" t="n">
-        <v>308.01</v>
+        <v>314.3</v>
       </c>
       <c r="G76" t="n">
-        <v>0.948425</v>
+        <v>1.28</v>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>2026-02-04 01:42:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I76" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J76" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>Pha Lueat</t>
+          <t>Wang Khrai</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
-          <t>Tha Pla</t>
+          <t>Tha Yang</t>
         </is>
       </c>
       <c r="M76" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr"/>
-      <c r="P76" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P76" t="inlineStr"/>
       <c r="Q76" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>d4ef11e8-c2b7-4ad6-bfb0-34a3299d3b79</t>
+          <t>f8ac0827-9b2c-4c95-8f8c-45bbf677a888</t>
         </is>
       </c>
       <c r="B77" t="n">
-        <v>100.50198</v>
+        <v>99.79151899999999</v>
       </c>
       <c r="C77" t="n">
-        <v>17.72228</v>
+        <v>12.907502</v>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F77" t="n">
-        <v>300.95</v>
+        <v>314.3</v>
       </c>
       <c r="G77" t="n">
-        <v>0.86</v>
+        <v>1.254186</v>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I77" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J77" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>Pha Lueat</t>
+          <t>Wang Khrai</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
-          <t>Tha Pla</t>
+          <t>Tha Yang</t>
         </is>
       </c>
       <c r="M77" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
+          <t>Phetchaburi</t>
         </is>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr"/>
       <c r="P77" t="inlineStr"/>
       <c r="Q77" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>d1725e3c-396f-4662-b1da-467a4bcccf74</t>
+          <t>255f2663-cf97-4c5a-ab1b-703f7b2b88f8</t>
         </is>
       </c>
       <c r="B78" t="n">
-        <v>100.502266</v>
+        <v>99.81149000000001</v>
       </c>
       <c r="C78" t="n">
-        <v>17.722294</v>
+        <v>14.26905</v>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F78" t="n">
-        <v>300.95</v>
+        <v>321.95</v>
       </c>
       <c r="G78" t="n">
-        <v>0.849541</v>
+        <v>2.04</v>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>2026-02-04 01:42:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I78" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J78" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>Pha Lueat</t>
+          <t>Rang Wai</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
-          <t>Tha Pla</t>
+          <t>Phanom Thuan</t>
         </is>
       </c>
       <c r="M78" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr"/>
       <c r="P78" t="inlineStr"/>
       <c r="Q78" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>b1f0dc96-bd06-4cc3-aa8f-e3cb251848cb</t>
+          <t>4ff28593-e14e-4e6f-b755-7392bd4b0af5</t>
         </is>
       </c>
       <c r="B79" t="n">
-        <v>100.73711</v>
+        <v>99.811729</v>
       </c>
       <c r="C79" t="n">
-        <v>14.68462</v>
+        <v>14.269144</v>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F79" t="n">
-        <v>301.75</v>
+        <v>321.95</v>
       </c>
       <c r="G79" t="n">
-        <v>0.36</v>
+        <v>1.994304</v>
       </c>
       <c r="H79" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I79" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J79" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>Nong Don</t>
+          <t>Rang Wai</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
-          <t>Nong Don</t>
+          <t>Phanom Thuan</t>
         </is>
       </c>
       <c r="M79" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr"/>
       <c r="P79" t="inlineStr"/>
       <c r="Q79" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>15c79a93-7353-4d83-9239-18d01c5cc3c9</t>
+          <t>17d1bd9d-113f-4ef3-bfeb-117d72a9125b</t>
         </is>
       </c>
       <c r="B80" t="n">
-        <v>100.737289</v>
+        <v>99.83588</v>
       </c>
       <c r="C80" t="n">
-        <v>14.684527</v>
+        <v>13.9285</v>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F80" t="n">
-        <v>301.75</v>
+        <v>307.66</v>
       </c>
       <c r="G80" t="n">
-        <v>0.343535</v>
+        <v>0.82</v>
       </c>
       <c r="H80" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I80" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J80" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>Nong Don</t>
+          <t>Yang Muang</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
-          <t>Nong Don</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M80" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr"/>
       <c r="P80" t="inlineStr"/>
       <c r="Q80" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>8283ed29-5261-4bd6-8862-75537dc50643</t>
+          <t>36d0dc3f-3033-444b-b692-9a8dbbe533c5</t>
         </is>
       </c>
       <c r="B81" t="n">
-        <v>100.75292</v>
+        <v>99.83612100000001</v>
       </c>
       <c r="C81" t="n">
-        <v>15.43611</v>
+        <v>13.928501</v>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F81" t="n">
-        <v>317.47</v>
+        <v>307.66</v>
       </c>
       <c r="G81" t="n">
-        <v>1.82</v>
+        <v>0.807756</v>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I81" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J81" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Yang Muang</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M81" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr"/>
       <c r="P81" t="inlineStr"/>
       <c r="Q81" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>a41749ac-69b5-457c-a66f-a201399c2c7b</t>
+          <t>bdbce65e-5970-4a17-87c3-b56952eaa715</t>
         </is>
       </c>
       <c r="B82" t="n">
-        <v>100.75312</v>
+        <v>100.1593</v>
       </c>
       <c r="C82" t="n">
-        <v>15.435937</v>
+        <v>14.75693</v>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F82" t="n">
-        <v>317.47</v>
+        <v>308.16</v>
       </c>
       <c r="G82" t="n">
-        <v>1.768673</v>
+        <v>2.01</v>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I82" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J82" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Wang Luek</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Sam Chuk</t>
         </is>
       </c>
       <c r="M82" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Suphan Buri</t>
         </is>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr"/>
       <c r="P82" t="inlineStr"/>
       <c r="Q82" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>991625e9-186d-4569-aeac-8b4a4e3d3870</t>
+          <t>d83f1f95-ec49-49c0-a4bc-79498244163b</t>
         </is>
       </c>
       <c r="B83" t="n">
-        <v>100.76102</v>
+        <v>100.159554</v>
       </c>
       <c r="C83" t="n">
-        <v>6.74192</v>
+        <v>14.756943</v>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F83" t="n">
-        <v>305.2</v>
+        <v>308.17</v>
       </c>
       <c r="G83" t="n">
-        <v>0.71</v>
+        <v>1.871369</v>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I83" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J83" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>Na Thawi</t>
+          <t>Wang Luek</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
-          <t>Na Thawi</t>
+          <t>Sam Chuk</t>
         </is>
       </c>
       <c r="M83" t="inlineStr">
         <is>
-          <t>Songkhla</t>
+          <t>Suphan Buri</t>
         </is>
       </c>
       <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr"/>
       <c r="P83" t="inlineStr"/>
       <c r="Q83" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>6f46e6c0-c3a4-452e-9e89-ca4721437b65</t>
+          <t>e72a0652-7134-449a-ba08-92a267594a53</t>
         </is>
       </c>
       <c r="B84" t="n">
-        <v>100.761215</v>
+        <v>100.38855</v>
       </c>
       <c r="C84" t="n">
-        <v>6.741749</v>
+        <v>13.91173</v>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F84" t="n">
-        <v>305.2</v>
+        <v>313.67</v>
       </c>
       <c r="G84" t="n">
-        <v>0.695508</v>
+        <v>0.79</v>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>2026-02-04 01:46:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I84" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J84" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>Na Thawi</t>
+          <t>Bang Rak Phatthana</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
-          <t>Na Thawi</t>
+          <t>Bang Bua Thong</t>
         </is>
       </c>
       <c r="M84" t="inlineStr">
         <is>
-          <t>Songkhla</t>
+          <t>Nonthaburi</t>
         </is>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr"/>
       <c r="P84" t="inlineStr"/>
       <c r="Q84" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>c290b744-1056-428f-95d8-c65db5882357</t>
+          <t>e53576a6-e8b4-4ea4-8412-b1876bad80c6</t>
         </is>
       </c>
       <c r="B85" t="n">
-        <v>100.80105</v>
+        <v>100.388748</v>
       </c>
       <c r="C85" t="n">
-        <v>14.67175</v>
+        <v>13.911704</v>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F85" t="n">
-        <v>314.17</v>
+        <v>313.67</v>
       </c>
       <c r="G85" t="n">
-        <v>1.93</v>
+        <v>0.76901</v>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I85" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>Phu Krang</t>
+          <t>Bang Rak Phatthana</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Bang Bua Thong</t>
         </is>
       </c>
       <c r="M85" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Nonthaburi</t>
         </is>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr"/>
       <c r="P85" t="inlineStr"/>
       <c r="Q85" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>25f2b054-10e5-4a98-897e-15498d331052</t>
+          <t>129bbe0d-6812-4f9b-82c8-84771efc317c</t>
         </is>
       </c>
       <c r="B86" t="n">
-        <v>100.801224</v>
+        <v>100.76382</v>
       </c>
       <c r="C86" t="n">
-        <v>14.671655</v>
+        <v>14.56912</v>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F86" t="n">
-        <v>314.17</v>
+        <v>306.76</v>
       </c>
       <c r="G86" t="n">
-        <v>1.888654</v>
+        <v>0.99</v>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I86" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J86" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>Phu Krang</t>
+          <t>Ban Khrua</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Ban Mo</t>
         </is>
       </c>
       <c r="M86" t="inlineStr">
         <is>
           <t>Saraburi</t>
         </is>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr"/>
       <c r="P86" t="inlineStr"/>
       <c r="Q86" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>0cb2017e-f10a-48bf-bee7-98ce75b88806</t>
+          <t>731dfb33-289c-4541-b7cc-316f11dc7252</t>
         </is>
       </c>
       <c r="B87" t="n">
-        <v>100.80168</v>
+        <v>100.764008</v>
       </c>
       <c r="C87" t="n">
-        <v>14.67514</v>
+        <v>14.56894</v>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F87" t="n">
-        <v>312.36</v>
+        <v>306.76</v>
       </c>
       <c r="G87" t="n">
-        <v>1.93</v>
+        <v>0.964847</v>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I87" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>Phu Krang</t>
+          <t>Ban Khrua</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Ban Mo</t>
         </is>
       </c>
       <c r="M87" t="inlineStr">
         <is>
           <t>Saraburi</t>
         </is>
       </c>
       <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr"/>
       <c r="P87" t="inlineStr"/>
       <c r="Q87" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>e84bfc36-a057-4e35-b260-3070d6cf3966</t>
+          <t>3df978a4-9921-47ee-88cc-b14e13a423b9</t>
         </is>
       </c>
       <c r="B88" t="n">
-        <v>100.801857</v>
+        <v>100.80235</v>
       </c>
       <c r="C88" t="n">
-        <v>14.675042</v>
+        <v>14.67206</v>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F88" t="n">
-        <v>312.36</v>
+        <v>320.1</v>
       </c>
       <c r="G88" t="n">
-        <v>1.888654</v>
+        <v>1.81</v>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I88" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
           <t>Phu Krang</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M88" t="inlineStr">
         <is>
           <t>Saraburi</t>
         </is>
       </c>
       <c r="N88" t="inlineStr"/>
       <c r="O88" t="inlineStr"/>
       <c r="P88" t="inlineStr"/>
       <c r="Q88" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>23f425ba-c167-40b0-80c6-f8363ca27a82</t>
+          <t>dc4df836-228d-43e9-ab30-fbbc7dd0f15c</t>
         </is>
       </c>
       <c r="B89" t="n">
-        <v>100.81066</v>
+        <v>100.80249</v>
       </c>
       <c r="C89" t="n">
-        <v>15.97431</v>
+        <v>14.671936</v>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F89" t="n">
-        <v>318.4</v>
+        <v>320.1</v>
       </c>
       <c r="G89" t="n">
-        <v>1.75</v>
+        <v>1.763403</v>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I89" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>Lat Khae</t>
+          <t>Phu Krang</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
-          <t>Chon Daen</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M89" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr"/>
       <c r="P89" t="inlineStr"/>
       <c r="Q89" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>e1fc70be-4f27-4df2-9a8b-31983793638a</t>
+          <t>5df5c3ad-8379-418b-9429-0860be4c1aa6</t>
         </is>
       </c>
       <c r="B90" t="n">
-        <v>100.810852</v>
+        <v>100.80291</v>
       </c>
       <c r="C90" t="n">
-        <v>15.974213</v>
+        <v>14.67534</v>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F90" t="n">
-        <v>318.4</v>
+        <v>306.76</v>
       </c>
       <c r="G90" t="n">
-        <v>1.71024</v>
+        <v>1.81</v>
       </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I90" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>Lat Khae</t>
+          <t>Phu Krang</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
-          <t>Chon Daen</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M90" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr"/>
       <c r="P90" t="inlineStr"/>
       <c r="Q90" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>14896b59-cfcc-4dcc-aa23-59457ce730ba</t>
+          <t>246a7422-fca8-40a7-a5b7-1b402cf3c046</t>
         </is>
       </c>
       <c r="B91" t="n">
-        <v>100.81119</v>
+        <v>100.803055</v>
       </c>
       <c r="C91" t="n">
-        <v>15.97774</v>
+        <v>14.67523</v>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F91" t="n">
-        <v>314.99</v>
+        <v>306.77</v>
       </c>
       <c r="G91" t="n">
-        <v>1.75</v>
+        <v>1.763403</v>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I91" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>Lat Khae</t>
+          <t>Phu Krang</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
-          <t>Chon Daen</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M91" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr"/>
       <c r="P91" t="inlineStr"/>
       <c r="Q91" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>19d4fe40-aa31-411c-8a01-0c37b0cfb25f</t>
+          <t>a5bbe439-b024-43c9-9e5b-f6ad6b190d77</t>
         </is>
       </c>
       <c r="B92" t="n">
-        <v>100.811378</v>
+        <v>100.93613</v>
       </c>
       <c r="C92" t="n">
-        <v>15.97765</v>
+        <v>14.93327</v>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F92" t="n">
-        <v>314.99</v>
+        <v>315.35</v>
       </c>
       <c r="G92" t="n">
-        <v>1.71024</v>
+        <v>1.54</v>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I92" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t>Lat Khae</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
-          <t>Chon Daen</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="M92" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N92" t="inlineStr"/>
       <c r="O92" t="inlineStr"/>
       <c r="P92" t="inlineStr"/>
       <c r="Q92" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>a48950f8-5257-41d1-bbd1-ceb80db47eb5</t>
+          <t>03606e66-ce34-47d9-b476-ba0e68272fe7</t>
         </is>
       </c>
       <c r="B93" t="n">
-        <v>100.82079</v>
+        <v>100.936333</v>
       </c>
       <c r="C93" t="n">
-        <v>15.9063</v>
+        <v>14.93328</v>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F93" t="n">
-        <v>304.15</v>
+        <v>315.35</v>
       </c>
       <c r="G93" t="n">
-        <v>1.19</v>
+        <v>1.514151</v>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I93" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J93" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t>Phaya Wang</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="M93" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr"/>
       <c r="P93" t="inlineStr"/>
       <c r="Q93" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>a71827e4-e28e-4217-bb2a-cf6918d2360c</t>
+          <t>b17baea4-e73e-4b6b-af08-61d5cc393f06</t>
         </is>
       </c>
       <c r="B94" t="n">
-        <v>100.821014</v>
+        <v>101.01408</v>
       </c>
       <c r="C94" t="n">
-        <v>15.906226</v>
+        <v>12.95891</v>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F94" t="n">
-        <v>304.15</v>
+        <v>311.38</v>
       </c>
       <c r="G94" t="n">
-        <v>1.16285</v>
+        <v>1.19</v>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I94" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J94" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t>Phaya Wang</t>
+          <t>Pong</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Bang Lamung</t>
         </is>
       </c>
       <c r="M94" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr"/>
       <c r="O94" t="inlineStr"/>
       <c r="P94" t="inlineStr"/>
       <c r="Q94" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>c1e660e7-76e7-4ef4-b9af-d8941b485733</t>
+          <t>a9476263-d416-4709-8a60-848b31c4b3f2</t>
         </is>
       </c>
       <c r="B95" t="n">
-        <v>100.83186</v>
+        <v>101.014252</v>
       </c>
       <c r="C95" t="n">
-        <v>15.463</v>
+        <v>12.958928</v>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F95" t="n">
-        <v>301</v>
+        <v>311.38</v>
       </c>
       <c r="G95" t="n">
-        <v>0.71</v>
+        <v>1.154429</v>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I95" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J95" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>Wang Thong</t>
+          <t>Pong</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Bang Lamung</t>
         </is>
       </c>
       <c r="M95" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr"/>
       <c r="O95" t="inlineStr"/>
       <c r="P95" t="inlineStr"/>
       <c r="Q95" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>86596d23-fc15-47bc-9e63-bbaab07b235d</t>
+          <t>2e8acb6d-bee1-407a-8eb3-d3df272cdf47</t>
         </is>
       </c>
       <c r="B96" t="n">
-        <v>100.832085</v>
+        <v>101.03632</v>
       </c>
       <c r="C96" t="n">
-        <v>15.462908</v>
+        <v>14.64237</v>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F96" t="n">
-        <v>301</v>
+        <v>308.31</v>
       </c>
       <c r="G96" t="n">
-        <v>0.697482</v>
+        <v>1.65</v>
       </c>
       <c r="H96" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I96" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J96" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t>Wang Thong</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M96" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr"/>
       <c r="O96" t="inlineStr"/>
       <c r="P96" t="inlineStr"/>
       <c r="Q96" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>f2acd0ad-4ca8-413a-b1ec-e0240ad11092</t>
+          <t>f18afc11-559a-49f6-8e14-83efdf7cb59d</t>
         </is>
       </c>
       <c r="B97" t="n">
-        <v>100.83569</v>
+        <v>101.036476</v>
       </c>
       <c r="C97" t="n">
-        <v>15.46244</v>
+        <v>14.642261</v>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F97" t="n">
-        <v>298.53</v>
+        <v>308.31</v>
       </c>
       <c r="G97" t="n">
-        <v>0.71</v>
+        <v>1.612069</v>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I97" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J97" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t>Wang Thong</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M97" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr"/>
       <c r="O97" t="inlineStr"/>
       <c r="P97" t="inlineStr"/>
       <c r="Q97" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>668908d2-0d3e-4508-b2b0-fd85e8c37b8b</t>
+          <t>77d53f1e-bebe-4a76-a03c-b787e2deecbf</t>
         </is>
       </c>
       <c r="B98" t="n">
-        <v>100.835915</v>
+        <v>101.03791</v>
       </c>
       <c r="C98" t="n">
-        <v>15.462344</v>
+        <v>14.73771</v>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F98" t="n">
-        <v>298.53</v>
+        <v>304.3</v>
       </c>
       <c r="G98" t="n">
-        <v>0.697482</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I98" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J98" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t>Wang Thong</t>
+          <t>Hin Son</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M98" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr"/>
       <c r="O98" t="inlineStr"/>
       <c r="P98" t="inlineStr"/>
       <c r="Q98" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>75946760-4f33-4e43-8f98-9d7e1ae94048</t>
+          <t>558877ec-dd26-46de-bf08-b4dfb057abe6</t>
         </is>
       </c>
       <c r="B99" t="n">
-        <v>100.85017</v>
+        <v>101.038078</v>
       </c>
       <c r="C99" t="n">
-        <v>15.1724</v>
+        <v>14.737504</v>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F99" t="n">
-        <v>301.82</v>
+        <v>304.3</v>
       </c>
       <c r="G99" t="n">
-        <v>1.01</v>
+        <v>0.911726</v>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I99" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J99" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t>Niyom Chai</t>
+          <t>Hin Son</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
-          <t>Sa Bot</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M99" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N99" t="inlineStr"/>
       <c r="O99" t="inlineStr"/>
       <c r="P99" t="inlineStr"/>
       <c r="Q99" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>0dad7700-030c-4c09-8625-c2888a86bc67</t>
+          <t>1cf3a736-d9e7-4330-bee9-139eea78efbb</t>
         </is>
       </c>
       <c r="B100" t="n">
-        <v>100.85041</v>
+        <v>101.04093</v>
       </c>
       <c r="C100" t="n">
-        <v>15.172447</v>
+        <v>14.64838</v>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F100" t="n">
-        <v>301.82</v>
+        <v>325.12</v>
       </c>
       <c r="G100" t="n">
-        <v>0.989676</v>
+        <v>3.08</v>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I100" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J100" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t>Niyom Chai</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
-          <t>Sa Bot</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M100" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N100" t="inlineStr"/>
       <c r="O100" t="inlineStr"/>
       <c r="P100" t="inlineStr"/>
       <c r="Q100" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>03077b66-29cc-441e-a1da-6999053e551f</t>
+          <t>47407fcf-f768-4648-b534-3758160ffeb4</t>
         </is>
       </c>
       <c r="B101" t="n">
-        <v>100.87309</v>
+        <v>101.041084</v>
       </c>
       <c r="C101" t="n">
-        <v>14.93757</v>
+        <v>14.648292</v>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F101" t="n">
-        <v>304.31</v>
+        <v>325.12</v>
       </c>
       <c r="G101" t="n">
-        <v>1.13</v>
+        <v>3.002804</v>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I101" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J101" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
-          <t>Di Lang</t>
+          <t>Ban Pa</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M101" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N101" t="inlineStr"/>
       <c r="O101" t="inlineStr"/>
       <c r="P101" t="inlineStr"/>
       <c r="Q101" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>254e99f8-e79c-4531-9ca4-0b702f06efcd</t>
+          <t>3ee958da-122f-4817-9eb4-f5c9767af2c1</t>
         </is>
       </c>
       <c r="B102" t="n">
-        <v>100.873299</v>
+        <v>101.07808</v>
       </c>
       <c r="C102" t="n">
-        <v>14.937598</v>
+        <v>14.63247</v>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F102" t="n">
-        <v>304.31</v>
+        <v>311.99</v>
       </c>
       <c r="G102" t="n">
-        <v>1.099843</v>
+        <v>2.34</v>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I102" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J102" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>Di Lang</t>
+          <t>Thap Kwang</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M102" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...2 lines deleted...]
-      <c r="N102" t="inlineStr"/>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
       <c r="O102" t="inlineStr"/>
       <c r="P102" t="inlineStr"/>
       <c r="Q102" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>05be085f-c028-45d8-90ca-b4b8ccab4017</t>
+          <t>7f0c1428-09fe-4cea-afd2-8a376ef4645f</t>
         </is>
       </c>
       <c r="B103" t="n">
-        <v>100.89832</v>
+        <v>101.078224</v>
       </c>
       <c r="C103" t="n">
-        <v>15.66714</v>
+        <v>14.632354</v>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F103" t="n">
-        <v>301.84</v>
+        <v>311.99</v>
       </c>
       <c r="G103" t="n">
-        <v>1.54</v>
+        <v>2.29135</v>
       </c>
       <c r="H103" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I103" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J103" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t>Sap Noi</t>
+          <t>Thap Kwang</t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
-          <t>Wichian Buri</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M103" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N103" t="inlineStr">
         <is>
-          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
         </is>
       </c>
       <c r="O103" t="inlineStr"/>
       <c r="P103" t="inlineStr"/>
       <c r="Q103" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>e26689a4-6d9c-4c93-b6d2-f1aa611b7d22</t>
+          <t>80097b5e-8509-4b0d-8ddc-66832f5150b6</t>
         </is>
       </c>
       <c r="B104" t="n">
-        <v>100.89856</v>
+        <v>101.08292</v>
       </c>
       <c r="C104" t="n">
-        <v>15.66704</v>
+        <v>13.04705</v>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F104" t="n">
-        <v>301.84</v>
+        <v>307.84</v>
       </c>
       <c r="G104" t="n">
-        <v>1.498707</v>
+        <v>1.25</v>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I104" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J104" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>Sap Noi</t>
+          <t>Bo Win</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
-          <t>Wichian Buri</t>
+          <t>Si Racha</t>
         </is>
       </c>
       <c r="M104" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr"/>
       <c r="O104" t="inlineStr"/>
       <c r="P104" t="inlineStr"/>
       <c r="Q104" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>e2c96ccb-8a03-4fb1-90ba-16f2daedbaaf</t>
+          <t>4af84c91-41ad-40d9-b439-7e3eadd6a715</t>
         </is>
       </c>
       <c r="B105" t="n">
-        <v>100.90216</v>
+        <v>101.083122</v>
       </c>
       <c r="C105" t="n">
-        <v>15.66658</v>
+        <v>13.046959</v>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F105" t="n">
-        <v>351.47</v>
+        <v>307.84</v>
       </c>
       <c r="G105" t="n">
-        <v>7.47</v>
+        <v>1.214602</v>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I105" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J105" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t>Sap Noi</t>
+          <t>Bo Win</t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
-          <t>Wichian Buri</t>
+          <t>Si Racha</t>
         </is>
       </c>
       <c r="M105" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr"/>
       <c r="O105" t="inlineStr"/>
       <c r="P105" t="inlineStr"/>
       <c r="Q105" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>90beaaab-1323-4a71-a91f-320827dc6371</t>
+          <t>d6c0f024-7549-4cf9-b8f8-52c88e7b110c</t>
         </is>
       </c>
       <c r="B106" t="n">
-        <v>100.90239</v>
+        <v>101.13985</v>
       </c>
       <c r="C106" t="n">
-        <v>15.666476</v>
+        <v>13.219</v>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F106" t="n">
-        <v>351.48</v>
+        <v>303.63</v>
       </c>
       <c r="G106" t="n">
-        <v>7.303797</v>
+        <v>0.82</v>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I106" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J106" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t>Sap Noi</t>
+          <t>Khlong Kio</t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
-          <t>Wichian Buri</t>
+          <t>Ban Bueng</t>
         </is>
       </c>
       <c r="M106" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chonburi</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr"/>
       <c r="O106" t="inlineStr"/>
       <c r="P106" t="inlineStr"/>
       <c r="Q106" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>5cc8196e-f7df-43d6-9774-e9c547bcd966</t>
+          <t>cb177149-fa16-423f-abab-ea56ba36440d</t>
         </is>
       </c>
       <c r="B107" t="n">
-        <v>100.90958</v>
+        <v>101.14003</v>
       </c>
       <c r="C107" t="n">
-        <v>13.11356</v>
+        <v>13.218854</v>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F107" t="n">
-        <v>308.31</v>
+        <v>303.63</v>
       </c>
       <c r="G107" t="n">
-        <v>1.27</v>
+        <v>0.798361</v>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I107" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J107" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>Thung Sukhla</t>
+          <t>Khlong Kio</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Ban Bueng</t>
         </is>
       </c>
       <c r="M107" t="inlineStr">
         <is>
           <t>Chonburi</t>
         </is>
       </c>
       <c r="N107" t="inlineStr"/>
       <c r="O107" t="inlineStr"/>
       <c r="P107" t="inlineStr"/>
       <c r="Q107" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>b213655f-f821-4ec1-aff6-64bd04a0fcec</t>
+          <t>7d0debae-a2d7-4765-bf3c-c9a96303d230</t>
         </is>
       </c>
       <c r="B108" t="n">
-        <v>100.909851</v>
+        <v>101.24669</v>
       </c>
       <c r="C108" t="n">
-        <v>13.113556</v>
+        <v>12.79625</v>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F108" t="n">
-        <v>308.31</v>
+        <v>307.14</v>
       </c>
       <c r="G108" t="n">
-        <v>1.239533</v>
+        <v>0.77</v>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I108" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J108" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t>Thung Sukhla</t>
+          <t>Nong Lalok</t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Ban Khai</t>
         </is>
       </c>
       <c r="M108" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Rayong</t>
         </is>
       </c>
       <c r="N108" t="inlineStr"/>
       <c r="O108" t="inlineStr"/>
       <c r="P108" t="inlineStr"/>
       <c r="Q108" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>e327082e-ee7a-4a36-9f09-9cc598ea5fc7</t>
+          <t>d937dc7c-104b-428d-b355-ff3958b68f7c</t>
         </is>
       </c>
       <c r="B109" t="n">
-        <v>100.91981</v>
+        <v>101.246872</v>
       </c>
       <c r="C109" t="n">
-        <v>17.88993</v>
+        <v>12.79616</v>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F109" t="n">
-        <v>301.92</v>
+        <v>307.14</v>
       </c>
       <c r="G109" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.755727</v>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I109" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J109" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
-          <t>Na Khum</t>
+          <t>Nong Lalok</t>
         </is>
       </c>
       <c r="L109" t="inlineStr">
         <is>
-          <t>Ban Khok</t>
+          <t>Ban Khai</t>
         </is>
       </c>
       <c r="M109" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
-[...16 lines deleted...]
-      </c>
+          <t>Rayong</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr"/>
+      <c r="O109" t="inlineStr"/>
+      <c r="P109" t="inlineStr"/>
       <c r="Q109" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>eb0cb4cf-aa9c-43fb-9146-97581bb84941</t>
+          <t>200cfc86-ff5b-4bf9-8084-636ece63bffe</t>
         </is>
       </c>
       <c r="B110" t="n">
-        <v>100.920059</v>
+        <v>101.59801</v>
       </c>
       <c r="C110" t="n">
-        <v>17.889952</v>
+        <v>12.85939</v>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F110" t="n">
-        <v>301.92</v>
+        <v>304.89</v>
       </c>
       <c r="G110" t="n">
-        <v>0.909344</v>
+        <v>0.8</v>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>2026-02-04 01:42:00</t>
+          <t>2026-02-25 01:51:00</t>
         </is>
       </c>
       <c r="I110" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J110" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>Na Khum</t>
+          <t>Krasae Bon</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
-          <t>Ban Khok</t>
+          <t>Klaeng</t>
         </is>
       </c>
       <c r="M110" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
-[...16 lines deleted...]
-      </c>
+          <t>Rayong</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr"/>
+      <c r="O110" t="inlineStr"/>
+      <c r="P110" t="inlineStr"/>
       <c r="Q110" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>3d658e56-e65d-40cf-a6ce-e28eed6b3303</t>
+          <t>3d3d1492-d482-41c9-8c56-de6ad6d2d318</t>
         </is>
       </c>
       <c r="B111" t="n">
-        <v>100.93061</v>
+        <v>101.59816</v>
       </c>
       <c r="C111" t="n">
-        <v>6.54798</v>
+        <v>12.859396</v>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F111" t="n">
-        <v>306.33</v>
+        <v>304.89</v>
       </c>
       <c r="G111" t="n">
-        <v>0.7</v>
+        <v>0.775412</v>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I111" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J111" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>Thung Pho</t>
+          <t>Krasae Bon</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
-          <t>Saba Yoi</t>
+          <t>Klaeng</t>
         </is>
       </c>
       <c r="M111" t="inlineStr">
         <is>
-          <t>Songkhla</t>
+          <t>Rayong</t>
         </is>
       </c>
       <c r="N111" t="inlineStr"/>
       <c r="O111" t="inlineStr"/>
       <c r="P111" t="inlineStr"/>
       <c r="Q111" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>9a39b1ad-602e-4835-b547-857a026e1dfe</t>
+          <t>bfc6b4f6-a2c0-459c-a0a2-155a58b27f8f</t>
         </is>
       </c>
       <c r="B112" t="n">
-        <v>100.930824</v>
+        <v>101.63521</v>
       </c>
       <c r="C112" t="n">
-        <v>6.547913</v>
+        <v>13.67183</v>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F112" t="n">
-        <v>306.33</v>
+        <v>305.25</v>
       </c>
       <c r="G112" t="n">
-        <v>0.691612</v>
+        <v>1.13</v>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>2026-02-04 01:46:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I112" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J112" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>Thung Pho</t>
+          <t>Tha Kradan</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
-          <t>Saba Yoi</t>
+          <t>Sanam Chai Khet</t>
         </is>
       </c>
       <c r="M112" t="inlineStr">
         <is>
-          <t>Songkhla</t>
-[...2 lines deleted...]
-      <c r="N112" t="inlineStr"/>
+          <t>Chachoengsao</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr">
+        <is>
+          <t>ป่าแควระบบ และป่าสียัด</t>
+        </is>
+      </c>
       <c r="O112" t="inlineStr"/>
       <c r="P112" t="inlineStr"/>
       <c r="Q112" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>33ef5033-8dca-44e0-8305-26d8a2f2473a</t>
+          <t>156f5afc-2bc0-4ed2-9310-9afc8a05ad7b</t>
         </is>
       </c>
       <c r="B113" t="n">
-        <v>100.93441</v>
+        <v>101.635368</v>
       </c>
       <c r="C113" t="n">
-        <v>15.90009</v>
+        <v>13.671716</v>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F113" t="n">
-        <v>311.83</v>
+        <v>305.25</v>
       </c>
       <c r="G113" t="n">
-        <v>1.59</v>
+        <v>1.106677</v>
       </c>
       <c r="H113" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I113" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J113" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t>Nong Chaeng</t>
+          <t>Tha Kradan</t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Sanam Chai Khet</t>
         </is>
       </c>
       <c r="M113" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Chachoengsao</t>
         </is>
       </c>
       <c r="N113" t="inlineStr">
         <is>
-          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+          <t>ป่าแควระบบ และป่าสียัด</t>
         </is>
       </c>
       <c r="O113" t="inlineStr"/>
       <c r="P113" t="inlineStr"/>
       <c r="Q113" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>c5cd0482-0249-43a7-850e-55da1fec4c74</t>
+          <t>1ca9e87f-9830-4694-a22c-b21c34c4afeb</t>
         </is>
       </c>
       <c r="B114" t="n">
-        <v>100.934639</v>
+        <v>101.78883</v>
       </c>
       <c r="C114" t="n">
-        <v>15.900035</v>
+        <v>15.32405</v>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F114" t="n">
-        <v>311.83</v>
+        <v>297.12</v>
       </c>
       <c r="G114" t="n">
-        <v>1.541911</v>
+        <v>0.99</v>
       </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I114" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J114" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>Nong Chaeng</t>
+          <t>Kut Phiman</t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M114" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr"/>
       <c r="O114" t="inlineStr"/>
       <c r="P114" t="inlineStr"/>
       <c r="Q114" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>f372f3a7-dce0-4213-ade0-54520a5492c1</t>
+          <t>f2c9b8d1-96c8-478b-9283-4be460143c91</t>
         </is>
       </c>
       <c r="B115" t="n">
-        <v>100.93558</v>
+        <v>101.789032</v>
       </c>
       <c r="C115" t="n">
-        <v>18.64433</v>
+        <v>15.323958</v>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F115" t="n">
-        <v>327.48</v>
+        <v>297.12</v>
       </c>
       <c r="G115" t="n">
-        <v>4.53</v>
+        <v>0.964033</v>
       </c>
       <c r="H115" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I115" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J115" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>Nam Pai</t>
+          <t>Kut Phiman</t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
-          <t>Mae Charim</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M115" t="inlineStr">
         <is>
-          <t>Nan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr"/>
       <c r="O115" t="inlineStr"/>
       <c r="P115" t="inlineStr"/>
       <c r="Q115" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>35d6955d-f3a2-42f7-ae8e-9848699a0769</t>
+          <t>94ca1411-b778-45d8-afec-284c5971c93a</t>
         </is>
       </c>
       <c r="B116" t="n">
-        <v>100.935837</v>
+        <v>102.59739</v>
       </c>
       <c r="C116" t="n">
-        <v>18.644417</v>
+        <v>14.39891</v>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F116" t="n">
-        <v>327.48</v>
+        <v>308.91</v>
       </c>
       <c r="G116" t="n">
-        <v>4.42285</v>
+        <v>0.75</v>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>2026-02-04 01:42:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I116" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J116" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>Nam Pai</t>
+          <t>Khok Mamuang</t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
-          <t>Mae Charim</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M116" t="inlineStr">
         <is>
-          <t>Nan</t>
+          <t>Buriram</t>
         </is>
       </c>
       <c r="N116" t="inlineStr">
         <is>
-          <t>ป่าแม่น้ำน่านตะวันออกตอนใต้</t>
+          <t>ป่าดงใหญ่</t>
         </is>
       </c>
       <c r="O116" t="inlineStr"/>
       <c r="P116" t="inlineStr"/>
       <c r="Q116" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>0a9bcb13-8fa7-4454-9ff9-ffeb49716070</t>
+          <t>93b3fe7a-eb30-4bee-a865-d2539c18be03</t>
         </is>
       </c>
       <c r="B117" t="n">
-        <v>100.98537</v>
+        <v>102.597534</v>
       </c>
       <c r="C117" t="n">
-        <v>6.64489</v>
+        <v>14.398834</v>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F117" t="n">
-        <v>308.19</v>
+        <v>308.91</v>
       </c>
       <c r="G117" t="n">
-        <v>0.9399999999999999</v>
+        <v>0.731953</v>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>2026-02-04 01:47:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I117" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J117" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>Pian</t>
+          <t>Khok Mamuang</t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
-          <t>Saba Yoi</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M117" t="inlineStr">
         <is>
-          <t>Songkhla</t>
-[...2 lines deleted...]
-      <c r="N117" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr">
+        <is>
+          <t>ป่าดงใหญ่</t>
+        </is>
+      </c>
       <c r="O117" t="inlineStr"/>
       <c r="P117" t="inlineStr"/>
       <c r="Q117" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>5fd6f297-b792-4915-94ea-c373a336e071</t>
+          <t>124adafa-a744-458e-ad5c-378d6f7abecb</t>
         </is>
       </c>
       <c r="B118" t="n">
-        <v>100.985573</v>
+        <v>102.6847</v>
       </c>
       <c r="C118" t="n">
-        <v>6.644879</v>
+        <v>14.37766</v>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F118" t="n">
-        <v>308.19</v>
+        <v>335.43</v>
       </c>
       <c r="G118" t="n">
-        <v>0.918616</v>
+        <v>10</v>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>2026-02-04 01:46:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I118" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J118" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
-          <t>Pian</t>
+          <t>Hu Thamnop</t>
         </is>
       </c>
       <c r="L118" t="inlineStr">
         <is>
-          <t>Saba Yoi</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M118" t="inlineStr">
         <is>
-          <t>Songkhla</t>
-[...2 lines deleted...]
-      <c r="N118" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N118" t="inlineStr">
+        <is>
+          <t>ป่าดงใหญ่</t>
+        </is>
+      </c>
       <c r="O118" t="inlineStr"/>
       <c r="P118" t="inlineStr"/>
       <c r="Q118" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>64335805-4309-4ee7-b6bf-2d57d962680c</t>
+          <t>a41ab62e-b722-4952-8cf2-01767c0638ba</t>
         </is>
       </c>
       <c r="B119" t="n">
-        <v>101.05627</v>
+        <v>102.684845</v>
       </c>
       <c r="C119" t="n">
-        <v>16.49949</v>
+        <v>14.377567</v>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F119" t="n">
-        <v>301.48</v>
+        <v>335.43</v>
       </c>
       <c r="G119" t="n">
-        <v>0.41</v>
+        <v>9.769273999999999</v>
       </c>
       <c r="H119" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I119" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J119" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
-          <t>Rim Si Muang</t>
+          <t>Hu Thamnop</t>
         </is>
       </c>
       <c r="L119" t="inlineStr">
         <is>
-          <t>Khao Kho</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M119" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Buriram</t>
         </is>
       </c>
       <c r="N119" t="inlineStr">
         <is>
-          <t>ป่าเขาปางก่อและป่าวังชมภู</t>
+          <t>ป่าดงใหญ่</t>
         </is>
       </c>
       <c r="O119" t="inlineStr"/>
       <c r="P119" t="inlineStr"/>
       <c r="Q119" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>22e5516e-8cec-40a9-95d3-82606c200649</t>
+          <t>79ac5590-0310-4b74-86da-4b18a67813aa</t>
         </is>
       </c>
       <c r="B120" t="n">
-        <v>101.056488</v>
+        <v>102.92059</v>
       </c>
       <c r="C120" t="n">
-        <v>16.499361</v>
+        <v>14.45834</v>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F120" t="n">
-        <v>301.49</v>
+        <v>304.03</v>
       </c>
       <c r="G120" t="n">
-        <v>0.405759</v>
+        <v>1.08</v>
       </c>
       <c r="H120" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I120" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J120" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t>Rim Si Muang</t>
+          <t>Ta Chong</t>
         </is>
       </c>
       <c r="L120" t="inlineStr">
         <is>
-          <t>Khao Kho</t>
+          <t>Lahan Sai</t>
         </is>
       </c>
       <c r="M120" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N120" t="inlineStr"/>
       <c r="O120" t="inlineStr"/>
       <c r="P120" t="inlineStr"/>
       <c r="Q120" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>7b37db5f-fc8a-4f0b-9591-674b46db8e88</t>
+          <t>b42db434-b5ff-4a04-adc1-bc417c38a387</t>
         </is>
       </c>
       <c r="B121" t="n">
-        <v>101.07551</v>
+        <v>102.920769</v>
       </c>
       <c r="C121" t="n">
-        <v>13.05748</v>
+        <v>14.458189</v>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F121" t="n">
-        <v>312.76</v>
+        <v>304.03</v>
       </c>
       <c r="G121" t="n">
-        <v>1.44</v>
+        <v>1.049407</v>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I121" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J121" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>Bo Win</t>
+          <t>Ta Chong</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Lahan Sai</t>
         </is>
       </c>
       <c r="M121" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Buriram</t>
         </is>
       </c>
       <c r="N121" t="inlineStr"/>
       <c r="O121" t="inlineStr"/>
       <c r="P121" t="inlineStr"/>
       <c r="Q121" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>c667944a-dc22-46f4-99a0-4a7fa2044b38</t>
+          <t>3c93bea6-eec2-46ce-bdf1-d44e98862500</t>
         </is>
       </c>
       <c r="B122" t="n">
-        <v>101.075752</v>
+        <v>104.11127</v>
       </c>
       <c r="C122" t="n">
-        <v>13.05741</v>
+        <v>14.48361</v>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F122" t="n">
-        <v>312.76</v>
+        <v>330.77</v>
       </c>
       <c r="G122" t="n">
-        <v>1.412169</v>
+        <v>3.93</v>
       </c>
       <c r="H122" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I122" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J122" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
-          <t>Bo Win</t>
+          <t>Phrai Phatthana</t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Phu Sing</t>
         </is>
       </c>
       <c r="M122" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Sisaket</t>
         </is>
       </c>
       <c r="N122" t="inlineStr"/>
       <c r="O122" t="inlineStr"/>
       <c r="P122" t="inlineStr"/>
       <c r="Q122" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>3c5b32e5-58d3-4f57-92cf-8426f4b9049a</t>
+          <t>34c089ab-76bb-4929-b98f-5a3654808ef3</t>
         </is>
       </c>
       <c r="B123" t="n">
-        <v>101.07997</v>
+        <v>104.11145</v>
       </c>
       <c r="C123" t="n">
-        <v>16.49952</v>
+        <v>14.483508</v>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F123" t="n">
-        <v>308.42</v>
+        <v>330.77</v>
       </c>
       <c r="G123" t="n">
-        <v>1.43</v>
+        <v>3.851892</v>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I123" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J123" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
-          <t>Rim Si Muang</t>
+          <t>Phrai Phatthana</t>
         </is>
       </c>
       <c r="L123" t="inlineStr">
         <is>
-          <t>Khao Kho</t>
+          <t>Phu Sing</t>
         </is>
       </c>
       <c r="M123" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sisaket</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr"/>
       <c r="O123" t="inlineStr"/>
       <c r="P123" t="inlineStr"/>
       <c r="Q123" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>60e5ef95-1181-4d1a-867a-ea97ac806132</t>
+          <t>17f1d4fb-9203-474b-a7c4-3549e46a0d58</t>
         </is>
       </c>
       <c r="B124" t="n">
-        <v>101.08017</v>
+        <v>105.01723</v>
       </c>
       <c r="C124" t="n">
-        <v>16.499399</v>
+        <v>14.44004</v>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F124" t="n">
-        <v>308.42</v>
+        <v>304.45</v>
       </c>
       <c r="G124" t="n">
-        <v>1.390911</v>
+        <v>1.27</v>
       </c>
       <c r="H124" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I124" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J124" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t>Rim Si Muang</t>
+          <t>Si Wichian</t>
         </is>
       </c>
       <c r="L124" t="inlineStr">
         <is>
-          <t>Khao Kho</t>
+          <t>Nam Yuen</t>
         </is>
       </c>
       <c r="M124" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Ubon Ratchathani</t>
         </is>
       </c>
       <c r="N124" t="inlineStr">
         <is>
-          <t>ป่าเขาปางก่อและป่าวังชมภู</t>
-[...2 lines deleted...]
-      <c r="O124" t="inlineStr"/>
+          <t>ป่าฝั่งซ้ายลำโดมใหญ่</t>
+        </is>
+      </c>
+      <c r="O124" t="inlineStr">
+        <is>
+          <t>Yot Dom</t>
+        </is>
+      </c>
       <c r="P124" t="inlineStr"/>
       <c r="Q124" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>a29417f2-f774-49f3-934c-2ad34b3026db</t>
+          <t>5a6b817b-8af1-4a68-b35a-ad788e1661de</t>
         </is>
       </c>
       <c r="B125" t="n">
-        <v>101.08529</v>
+        <v>105.017357</v>
       </c>
       <c r="C125" t="n">
-        <v>13.04917</v>
+        <v>14.440044</v>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F125" t="n">
-        <v>311</v>
+        <v>304.45</v>
       </c>
       <c r="G125" t="n">
-        <v>0.89</v>
+        <v>1.24479</v>
       </c>
       <c r="H125" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I125" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J125" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K125" t="inlineStr">
         <is>
-          <t>Bo Win</t>
+          <t>Si Wichian</t>
         </is>
       </c>
       <c r="L125" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Nam Yuen</t>
         </is>
       </c>
       <c r="M125" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...3 lines deleted...]
-      <c r="O125" t="inlineStr"/>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งซ้ายลำโดมใหญ่</t>
+        </is>
+      </c>
+      <c r="O125" t="inlineStr">
+        <is>
+          <t>Yot Dom</t>
+        </is>
+      </c>
       <c r="P125" t="inlineStr"/>
       <c r="Q125" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>82e34489-f563-47c6-8b2c-c7f19cdc9daf</t>
+          <t>fe2d033e-4203-4630-a2cc-b306ac279f24</t>
         </is>
       </c>
       <c r="B126" t="n">
-        <v>101.085526</v>
+        <v>105.518</v>
       </c>
       <c r="C126" t="n">
-        <v>13.049079</v>
+        <v>15.42129</v>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F126" t="n">
-        <v>311</v>
+        <v>315.74</v>
       </c>
       <c r="G126" t="n">
-        <v>0.861643</v>
+        <v>2.92</v>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>2026-02-04 01:43:00</t>
+          <t>2026-02-25 01:49:00</t>
         </is>
       </c>
       <c r="I126" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J126" t="inlineStr">
         <is>
-          <t>2026-02-04 02:37:37.726415+00:00</t>
+          <t>2026-02-25 03:35:44.368378+00:00</t>
         </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
-          <t>Bo Win</t>
+          <t>Huai Yang</t>
         </is>
       </c>
       <c r="L126" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Khong Chiam</t>
         </is>
       </c>
       <c r="M126" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...3 lines deleted...]
-      <c r="O126" t="inlineStr"/>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N126" t="inlineStr">
+        <is>
+          <t>ป่าดงภูโหล่น</t>
+        </is>
+      </c>
+      <c r="O126" t="inlineStr">
+        <is>
+          <t>Pha Taem</t>
+        </is>
+      </c>
       <c r="P126" t="inlineStr"/>
       <c r="Q126" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>4a765ea4-bd14-4870-bd5a-1b1915904bb5</t>
+          <t>e640bfce-0995-4fd3-91a9-dc55d7e856a7</t>
         </is>
       </c>
       <c r="B127" t="n">
-        <v>101.12041</v>
+        <v>105.518127</v>
       </c>
       <c r="C127" t="n">
-        <v>16.73538</v>
+        <v>15.421269</v>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>NOAA21</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F127" t="n">
-        <v>304.11</v>
+        <v>315.74</v>
       </c>
       <c r="G127" t="n">
-        <v>0.99</v>
+        <v>2.84342</v>
       </c>
       <c r="H127" t="inlineStr">
         <is>
-          <t>2026-02-04 01:45:00</t>
+          <t>2026-02-25 01:50:00</t>
         </is>
       </c>
       <c r="I127" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J127" t="inlineStr">
         <is>
-          <t>2026-02-04 04:38:40.149868+00:00</t>
+          <t>2026-02-25 02:41:35.595919+00:00</t>
         </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
-          <t>Nam Chun</t>
+          <t>Huai Yang</t>
         </is>
       </c>
       <c r="L127" t="inlineStr">
         <is>
-          <t>Lom Sak</t>
+          <t>Khong Chiam</t>
         </is>
       </c>
       <c r="M127" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Ubon Ratchathani</t>
         </is>
       </c>
       <c r="N127" t="inlineStr">
         <is>
-          <t>ป่าเขาโปลกหล่น</t>
+          <t>ป่าดงภูโหล่น</t>
         </is>
       </c>
       <c r="O127" t="inlineStr">
         <is>
-          <t>Khao Kho</t>
+          <t>Pha Taem</t>
         </is>
       </c>
       <c r="P127" t="inlineStr"/>
       <c r="Q127" t="inlineStr">
-        <is>
-[...15790 lines deleted...]
-      <c r="Q363" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:Q236"/>
+  <dimension ref="A1:Q70"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>unique_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>lon</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>lat</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -42588,15776 +11346,4702 @@
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>reserved_forests</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>protected_areas</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>forests_14_zone</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>coordinate_zone</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>d7853b6f-b0e2-4ca3-89c7-58653ba16341</t>
+          <t>3f880e65-a432-4375-9a3e-1604f1f6c1eb</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>98.69119999999999</v>
+        <v>98.34788</v>
       </c>
       <c r="C2" t="n">
-        <v>16.275578</v>
+        <v>8.514519999999999</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>306.65</v>
+        <v>305.87</v>
       </c>
       <c r="G2" t="n">
-        <v>1.347198</v>
+        <v>0.42</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Wale</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Phang Nga</t>
         </is>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>fc98b3fa-5466-445e-8042-e86c2a52b0c3</t>
+          <t>6e6324ef-8722-488c-8fc9-87a3bee44ad7</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>99.2059</v>
+        <v>98.348518</v>
       </c>
       <c r="C3" t="n">
-        <v>17.22631</v>
+        <v>8.514301</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>306.03</v>
+        <v>305.87</v>
       </c>
       <c r="G3" t="n">
-        <v>1.01</v>
+        <v>0.414946</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Mae Salit</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Ban Tak</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr"/>
-      <c r="P3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>0fd5d7df-1100-46c0-960b-6a7b94eda56b</t>
+          <t>bc04373b-2520-465b-8dea-b7b3b81c5e70</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>99.206909</v>
+        <v>98.34856000000001</v>
       </c>
       <c r="C4" t="n">
-        <v>17.226433</v>
+        <v>8.51681</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>306.03</v>
+        <v>305.33</v>
       </c>
       <c r="G4" t="n">
-        <v>1.013917</v>
+        <v>0.42</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I4" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Mae Salit</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Ban Tak</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr"/>
-      <c r="P4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>68ee0ecb-c04f-4f35-8720-f396d81151d7</t>
+          <t>5641149d-1250-4c72-91c8-2cad8caee8e1</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>99.37547000000001</v>
+        <v>98.34944900000001</v>
       </c>
       <c r="C5" t="n">
-        <v>14.2501</v>
+        <v>8.516970000000001</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>301.32</v>
+        <v>305.33</v>
       </c>
       <c r="G5" t="n">
-        <v>0.32</v>
+        <v>0.408888</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I5" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Nong Kum</t>
+          <t>Thung Maphrao</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Bo Phloi</t>
+          <t>Thai Mueang</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Phang Nga</t>
         </is>
       </c>
       <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>20543c6b-9744-4d1d-8d21-8a68d73b0485</t>
+          <t>e958547c-5eff-4c9f-a942-ac8c6ec3ec48</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>99.37645000000001</v>
+        <v>98.36127999999999</v>
       </c>
       <c r="C6" t="n">
-        <v>14.250067</v>
+        <v>9.16004</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>301.32</v>
+        <v>307.01</v>
       </c>
       <c r="G6" t="n">
-        <v>0.309322</v>
+        <v>1.53</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I6" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>Nong Kum</t>
+          <t>Mae Nang Khao</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>Bo Phloi</t>
+          <t>Khura Buri</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Phang Nga</t>
         </is>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>0e3d055b-b1f2-4fd0-9ad5-633950837945</t>
+          <t>1227b226-ba9e-454a-befb-d8c911964aa6</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>99.39619</v>
+        <v>98.362137</v>
       </c>
       <c r="C7" t="n">
-        <v>16.52388</v>
+        <v>9.160207</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>304.79</v>
+        <v>307.01</v>
       </c>
       <c r="G7" t="n">
-        <v>0.38</v>
+        <v>1.536029</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I7" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>Songtham</t>
+          <t>Mae Nang Khao</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>Mueang Kamphaeng Phet</t>
+          <t>Khura Buri</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>Kamphaeng Phet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>bc0b429f-b271-49a8-a27b-d2e7cc18dceb</t>
+          <t>76b2220d-dd5b-435c-92ff-40f9cc60e9be</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>99.397339</v>
+        <v>98.36409</v>
       </c>
       <c r="C8" t="n">
-        <v>16.52397</v>
+        <v>9.16221</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>304.8</v>
+        <v>306.81</v>
       </c>
       <c r="G8" t="n">
-        <v>0.391284</v>
+        <v>1.24</v>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I8" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>Songtham</t>
+          <t>Mae Nang Khao</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>Mueang Kamphaeng Phet</t>
+          <t>Khura Buri</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>Kamphaeng Phet</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr"/>
       <c r="P8" t="inlineStr"/>
       <c r="Q8" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>36e97074-28a2-4f20-87fc-c48246971da7</t>
+          <t>77f885e1-d329-4f71-80a7-940b0382ecea</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>99.67923999999999</v>
+        <v>98.3647</v>
       </c>
       <c r="C9" t="n">
-        <v>7.16938</v>
+        <v>9.161985</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>302.21</v>
+        <v>306.81</v>
       </c>
       <c r="G9" t="n">
-        <v>1.35</v>
+        <v>1.2423</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>2026-02-04 00:56:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I9" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>2026-02-04 04:22:13.568959+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>Tha Kham</t>
+          <t>Mae Nang Khao</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>Palian</t>
+          <t>Khura Buri</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
-          <t>Trang</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phang Nga</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr"/>
       <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>096c81eb-8b43-478e-891c-364310169e96</t>
+          <t>3e40e86c-f7a1-43bb-a3d2-faef50c19769</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>99.680862</v>
+        <v>98.45412</v>
       </c>
       <c r="C10" t="n">
-        <v>7.169384</v>
+        <v>17.04059</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>302.22</v>
+        <v>308.19</v>
       </c>
       <c r="G10" t="n">
-        <v>1.426844</v>
+        <v>1.21</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>2026-02-04 00:55:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I10" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>2026-02-04 01:41:12.070379+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Tha Kham</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Palian</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>Trang</t>
-[...2 lines deleted...]
-      <c r="N10" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O10" t="inlineStr"/>
       <c r="P10" t="inlineStr"/>
       <c r="Q10" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>71299a43-f79f-427d-b40a-5fe0ef4138b0</t>
+          <t>5b7486cb-f5b7-4fc3-b3ba-83a492e62b12</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>99.70571</v>
+        <v>98.454674</v>
       </c>
       <c r="C11" t="n">
-        <v>13.85282</v>
+        <v>17.040262</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>302.08</v>
+        <v>308.18</v>
       </c>
       <c r="G11" t="n">
-        <v>0.75</v>
+        <v>1.207758</v>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I11" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>Khao Sam Sip Hap</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N11" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O11" t="inlineStr"/>
       <c r="P11" t="inlineStr"/>
       <c r="Q11" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>92f13870-5064-4410-9f96-2bec5cb0e685</t>
+          <t>e5d41faa-1950-4287-82a3-b22e4c56a0fc</t>
         </is>
       </c>
       <c r="B12" t="n">
-        <v>99.70708500000001</v>
+        <v>98.49947</v>
       </c>
       <c r="C12" t="n">
-        <v>13.852859</v>
+        <v>14.78964</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>302.08</v>
+        <v>304.16</v>
       </c>
       <c r="G12" t="n">
-        <v>0.740057</v>
+        <v>0.57</v>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I12" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Khao Sam Sip Hap</t>
+          <t>Pi Lok</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>Kanchanaburi</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr"/>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>ป่าเขาช้างเผือก</t>
+        </is>
+      </c>
       <c r="O12" t="inlineStr"/>
       <c r="P12" t="inlineStr"/>
       <c r="Q12" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>d56b733d-4e71-4d01-9981-1e7c294adb46</t>
+          <t>060ad5e7-f52d-4b30-a57a-cff1f52ebd58</t>
         </is>
       </c>
       <c r="B13" t="n">
-        <v>100.09001</v>
+        <v>98.500046</v>
       </c>
       <c r="C13" t="n">
-        <v>19.07495</v>
+        <v>14.789395</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>300.38</v>
+        <v>304.16</v>
       </c>
       <c r="G13" t="n">
-        <v>0.55</v>
+        <v>0.768198</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I13" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Ban Tham</t>
+          <t>Pi Lok</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Dok Khamtai</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>Phayao</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>ป่าห้วยดอกเข็ม และป่าแม่อิงฝั่งขวา</t>
+          <t>ป่าเขาช้างเผือก</t>
         </is>
       </c>
       <c r="O13" t="inlineStr"/>
       <c r="P13" t="inlineStr"/>
       <c r="Q13" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>9f497550-bae1-406e-a76e-871c68dafdea</t>
+          <t>03de9d93-275c-4151-94ae-f74cd3b5fdb8</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>100.090828</v>
+        <v>98.6048</v>
       </c>
       <c r="C14" t="n">
-        <v>19.074945</v>
+        <v>17.68842</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>300.38</v>
+        <v>300.68</v>
       </c>
       <c r="G14" t="n">
-        <v>0.535384</v>
+        <v>0.79</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I14" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Ban Tham</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Dok Khamtai</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>Phayao</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>ป่าห้วยดอกเข็ม และป่าแม่อิงฝั่งขวา</t>
-[...3 lines deleted...]
-      <c r="P14" t="inlineStr"/>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O14" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q14" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>b70f13ce-a7fa-484a-a8af-865f1cdee44b</t>
+          <t>1e44ca4a-d554-4200-bb5e-0533fcb6e843</t>
         </is>
       </c>
       <c r="B15" t="n">
-        <v>100.49478</v>
+        <v>98.605324</v>
       </c>
       <c r="C15" t="n">
-        <v>17.67999</v>
+        <v>17.688068</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>304.6</v>
+        <v>300.68</v>
       </c>
       <c r="G15" t="n">
-        <v>0.84</v>
+        <v>0.791395</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:18:00</t>
         </is>
       </c>
       <c r="I15" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Pha Lueat</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Tha Pla</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>ป่าห้วยฉลอง และป่าห้วยสีเสียด</t>
-[...2 lines deleted...]
-      <c r="O15" t="inlineStr"/>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
         </is>
       </c>
       <c r="Q15" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>2ab8d833-2dfe-4ae2-81cd-388647cb1dbb</t>
+          <t>9b5cf5fc-b023-4be8-ac0c-60c9fbe76f2d</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>100.495705</v>
+        <v>98.60544</v>
       </c>
       <c r="C16" t="n">
-        <v>17.679951</v>
+        <v>17.69198</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>304.6</v>
+        <v>304.58</v>
       </c>
       <c r="G16" t="n">
-        <v>0.840166</v>
+        <v>0.91</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I16" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>Pha Lueat</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
-          <t>Tha Pla</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
-          <t>Uttaradit</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N16" t="inlineStr">
         <is>
-          <t>ป่าห้วยฉลอง และป่าห้วยสีเสียด</t>
-[...2 lines deleted...]
-      <c r="O16" t="inlineStr"/>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O16" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
       <c r="P16" t="inlineStr">
         <is>
-          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
         </is>
       </c>
       <c r="Q16" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>8e3f6c73-f5e4-4e5a-bb30-10a3f9e67121</t>
+          <t>65038d3b-b936-4c13-9ad0-4b581c13c1ea</t>
         </is>
       </c>
       <c r="B17" t="n">
-        <v>100.54762</v>
+        <v>98.60597199999999</v>
       </c>
       <c r="C17" t="n">
-        <v>18.74337</v>
+        <v>17.691624</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>298.19</v>
+        <v>304.58</v>
       </c>
       <c r="G17" t="n">
-        <v>0.32</v>
+        <v>0.902075</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:18:00</t>
         </is>
       </c>
       <c r="I17" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>Mae Khaning</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
-          <t>Wiang Sa</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
-          <t>Nan</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N17" t="inlineStr">
         <is>
-          <t>ป่าห้วยแม่ขะนิง</t>
-[...3 lines deleted...]
-      <c r="P17" t="inlineStr"/>
+          <t>ป่าอมก๋อม</t>
+        </is>
+      </c>
+      <c r="O17" t="inlineStr">
+        <is>
+          <t>Omkoi</t>
+        </is>
+      </c>
+      <c r="P17" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q17" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>ba6e3c9d-84e7-4c9a-ba31-96c2aebab42e</t>
+          <t>117be63b-510a-4190-8313-643ebf6a9f45</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>100.54836</v>
+        <v>98.60796000000001</v>
       </c>
       <c r="C18" t="n">
-        <v>18.74285</v>
+        <v>17.36384</v>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>298.11</v>
+        <v>302.87</v>
       </c>
       <c r="G18" t="n">
-        <v>0.37</v>
+        <v>1.47</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I18" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>Mae Khaning</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
-          <t>Wiang Sa</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
-          <t>Nan</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
-          <t>ป่าห้วยแม่ขะนิง</t>
-[...3 lines deleted...]
-      <c r="P18" t="inlineStr"/>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q18" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>af452f3b-2ab9-4fe4-92c0-d7609c1a8fec</t>
+          <t>2a61d840-fc84-4086-a7ca-ac2d30c402ee</t>
         </is>
       </c>
       <c r="B19" t="n">
-        <v>100.548698</v>
+        <v>98.608559</v>
       </c>
       <c r="C19" t="n">
-        <v>18.743471</v>
+        <v>17.363588</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>298.19</v>
+        <v>302.87</v>
       </c>
       <c r="G19" t="n">
-        <v>0.293938</v>
+        <v>1.249051</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:18:00</t>
         </is>
       </c>
       <c r="I19" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>Mae Khaning</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>Wiang Sa</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
-          <t>Nan</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N19" t="inlineStr">
         <is>
-          <t>ป่าห้วยแม่ขะนิง</t>
-[...3 lines deleted...]
-      <c r="P19" t="inlineStr"/>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q19" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>37bfca57-e29d-44c5-a6c9-c35d5b316999</t>
+          <t>87916afe-1c8d-428c-b845-ec31fbe58e1e</t>
         </is>
       </c>
       <c r="B20" t="n">
-        <v>100.549179</v>
+        <v>98.60934</v>
       </c>
       <c r="C20" t="n">
-        <v>18.742844</v>
+        <v>17.36518</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>298.11</v>
+        <v>300.92</v>
       </c>
       <c r="G20" t="n">
-        <v>0.355733</v>
+        <v>1.31</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I20" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Mae Khaning</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Wiang Sa</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>Nan</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>ป่าห้วยแม่ขะนิง</t>
-[...3 lines deleted...]
-      <c r="P20" t="inlineStr"/>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q20" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>6a8151e1-34bf-408f-b8c7-02de24c4413f</t>
+          <t>567ecef3-484a-42cc-9334-9b91988a7fc3</t>
         </is>
       </c>
       <c r="B21" t="n">
-        <v>100.75085</v>
+        <v>98.610184</v>
       </c>
       <c r="C21" t="n">
-        <v>15.43489</v>
+        <v>17.365255</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F21" t="n">
-        <v>307.6</v>
+        <v>300.92</v>
       </c>
       <c r="G21" t="n">
-        <v>1.71</v>
+        <v>1.42283</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I21" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Ban Na</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Sam Ngao</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...4 lines deleted...]
-      <c r="P21" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>ป่าแม่ตื่น</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr">
+        <is>
+          <t>Mae Tuen</t>
+        </is>
+      </c>
+      <c r="P21" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+        </is>
+      </c>
       <c r="Q21" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>a072205b-bbe2-4e5f-947b-c78b1e71947e</t>
+          <t>3fe1cc7b-06fb-44b1-b758-ab898b1567e1</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>100.75118</v>
+        <v>98.61257999999999</v>
       </c>
       <c r="C22" t="n">
-        <v>15.43738</v>
+        <v>16.51188</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F22" t="n">
-        <v>312.95</v>
+        <v>303.41</v>
       </c>
       <c r="G22" t="n">
-        <v>1.26</v>
+        <v>1.05</v>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I22" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr"/>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>f9732de7-608e-455e-8d2e-1d2203cd4be5</t>
+          <t>c7ea1a50-84dc-46a9-8918-a9f5de3588d4</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>100.752319</v>
+        <v>98.613159</v>
       </c>
       <c r="C23" t="n">
-        <v>15.437288</v>
+        <v>16.511621</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F23" t="n">
-        <v>312.95</v>
+        <v>303.41</v>
       </c>
       <c r="G23" t="n">
-        <v>1.249332</v>
+        <v>1.049944</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I23" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
-          <t>Khok Charoen</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...2 lines deleted...]
-      <c r="N23" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr">
+        <is>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+        </is>
+      </c>
       <c r="O23" t="inlineStr"/>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>93e4af7d-9745-4863-9f56-0b88057f12ab</t>
+          <t>91b79428-fc76-4292-9c78-8811f4d93bba</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>100.752327</v>
+        <v>98.61546</v>
       </c>
       <c r="C24" t="n">
-        <v>15.434909</v>
+        <v>16.50392</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>307.6</v>
+        <v>304.5</v>
       </c>
       <c r="G24" t="n">
-        <v>1.712032</v>
+        <v>0.88</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I24" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
-[...16 lines deleted...]
-      </c>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr"/>
+      <c r="L24" t="inlineStr"/>
+      <c r="M24" t="inlineStr"/>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr"/>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>721fab1f-ba09-4572-a6ef-14a9a30025c8</t>
+          <t>a6c45f1d-69b1-46a4-928c-4c85ddbc132b</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>100.807</v>
+        <v>98.61614</v>
       </c>
       <c r="C25" t="n">
-        <v>15.97486</v>
+        <v>16.50753</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>309.34</v>
+        <v>309.8</v>
       </c>
       <c r="G25" t="n">
-        <v>0.7</v>
+        <v>1.05</v>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I25" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>Lat Khae</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Chon Daen</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N25" t="inlineStr">
         <is>
-          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
         </is>
       </c>
       <c r="O25" t="inlineStr"/>
       <c r="P25" t="inlineStr"/>
       <c r="Q25" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>54ca55b6-bbd4-47bc-8ef6-b46571a8307d</t>
+          <t>63a0d7c9-0fbb-444d-94f8-a9b9f60fa426</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>100.808434</v>
+        <v>98.616699</v>
       </c>
       <c r="C26" t="n">
-        <v>15.974874</v>
+        <v>16.507273</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>309.34</v>
+        <v>309.8</v>
       </c>
       <c r="G26" t="n">
-        <v>0.6963859999999999</v>
+        <v>1.049944</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I26" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>Lat Khae</t>
+          <t>Chong Khaep</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>Chon Daen</t>
+          <t>Phop Phra</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N26" t="inlineStr">
         <is>
-          <t>ป่าวังโป่ง ป่าชนแดน และป่าวังกำแพง</t>
+          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
         </is>
       </c>
       <c r="O26" t="inlineStr"/>
       <c r="P26" t="inlineStr"/>
       <c r="Q26" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>9a14119c-74fe-4834-ae96-8268b4425c9f</t>
+          <t>7399bb3e-9ccd-4665-ae54-5bc1552d495a</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>100.85053</v>
+        <v>98.7444</v>
       </c>
       <c r="C27" t="n">
-        <v>14.67414</v>
+        <v>16.7807</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F27" t="n">
-        <v>304.86</v>
+        <v>299.07</v>
       </c>
       <c r="G27" t="n">
-        <v>1.32</v>
+        <v>0.43</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I27" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>Khao Wong</t>
+          <t>Phawo</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...2 lines deleted...]
-      <c r="N27" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr">
+        <is>
+          <t>ป่าแม่ละเมา</t>
+        </is>
+      </c>
       <c r="O27" t="inlineStr"/>
       <c r="P27" t="inlineStr"/>
       <c r="Q27" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>1cc52d9e-2aa5-48bb-8d54-3043c5e198d5</t>
+          <t>32c8a1bb-f5e0-4cfd-b93b-0d43ad607637</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>100.852036</v>
+        <v>98.74494900000001</v>
       </c>
       <c r="C28" t="n">
-        <v>14.674141</v>
+        <v>16.780365</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>304.86</v>
+        <v>299.07</v>
       </c>
       <c r="G28" t="n">
-        <v>1.306204</v>
+        <v>0.435423</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I28" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>Khao Wong</t>
+          <t>Phawo</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...2 lines deleted...]
-      <c r="N28" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr">
+        <is>
+          <t>ป่าแม่ละเมา</t>
+        </is>
+      </c>
       <c r="O28" t="inlineStr"/>
       <c r="P28" t="inlineStr"/>
       <c r="Q28" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>787a82b0-9b0b-49f3-a833-16b695589803</t>
+          <t>51134de0-8170-4fd6-9edd-01641639ab7c</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>100.85303</v>
+        <v>98.81416</v>
       </c>
       <c r="C29" t="n">
-        <v>15.79487</v>
+        <v>8.87895</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>high</t>
+          <t>nominal</t>
         </is>
       </c>
       <c r="F29" t="n">
-        <v>367</v>
+        <v>307.81</v>
       </c>
       <c r="G29" t="n">
-        <v>11</v>
+        <v>1.47</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I29" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>Wang Phikun</t>
+          <t>Phang Kan</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr"/>
       <c r="P29" t="inlineStr"/>
       <c r="Q29" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>80a65b53-323f-45d2-9544-321739c1f6a3</t>
+          <t>132b06b2-ae23-4108-a1b3-c57739573917</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>100.85424</v>
+        <v>98.814812</v>
       </c>
       <c r="C30" t="n">
-        <v>15.80052</v>
+        <v>8.878721000000001</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>307.22</v>
+        <v>307.81</v>
       </c>
       <c r="G30" t="n">
-        <v>1.38</v>
+        <v>1.473689</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I30" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>Sap Mai Daeng</t>
+          <t>Phang Kan</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr"/>
       <c r="P30" t="inlineStr"/>
       <c r="Q30" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>1230509e-d47f-4363-bd3e-3c13879a55cf</t>
+          <t>06d37d01-5661-4cf9-94c3-86c6804acad8</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>100.854485</v>
+        <v>98.84265000000001</v>
       </c>
       <c r="C31" t="n">
-        <v>15.794889</v>
+        <v>8.820259999999999</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>high</t>
+          <t>nominal</t>
         </is>
       </c>
       <c r="F31" t="n">
-        <v>367</v>
+        <v>305.86</v>
       </c>
       <c r="G31" t="n">
-        <v>11.009412</v>
+        <v>0.46</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I31" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>Wang Phikun</t>
+          <t>Khlong Cha-Un</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr"/>
       <c r="P31" t="inlineStr"/>
       <c r="Q31" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>6a0315d1-2e0b-45b8-b497-2b4ef5e136bd</t>
+          <t>03085371-bcc8-4088-9831-2387ad0d62fa</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>100.855705</v>
+        <v>98.84359000000001</v>
       </c>
       <c r="C32" t="n">
-        <v>15.800532</v>
+        <v>8.820479000000001</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>307.22</v>
+        <v>305.86</v>
       </c>
       <c r="G32" t="n">
-        <v>1.375049</v>
+        <v>0.457674</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I32" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>Sap Mai Daeng</t>
+          <t>Khlong Cha-Un</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Phanom</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Surat Thani</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr"/>
       <c r="P32" t="inlineStr"/>
       <c r="Q32" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>2de2e6ae-9aff-4399-a6d1-ad0f0b697954</t>
+          <t>030e3ec8-db3f-45fc-b081-d07ef6590d85</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>100.85701</v>
+        <v>99.47257</v>
       </c>
       <c r="C33" t="n">
-        <v>15.79404</v>
+        <v>7.77483</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F33" t="n">
-        <v>302.38</v>
+        <v>304.13</v>
       </c>
       <c r="G33" t="n">
-        <v>6.76</v>
+        <v>0.87</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I33" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>Sap Mai Daeng</t>
+          <t>Wang Khiri</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Huai Yot</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Trang</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr"/>
       <c r="P33" t="inlineStr"/>
       <c r="Q33" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>1ef73f8c-0d1e-4b13-9a32-87bfb537e588</t>
+          <t>78c31872-7a92-40f3-8f45-1be746fc859a</t>
         </is>
       </c>
       <c r="B34" t="n">
-        <v>100.858475</v>
+        <v>99.47363300000001</v>
       </c>
       <c r="C34" t="n">
-        <v>15.794054</v>
+        <v>7.77516</v>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F34" t="n">
-        <v>302.38</v>
+        <v>304.13</v>
       </c>
       <c r="G34" t="n">
-        <v>6.772167</v>
+        <v>0.85945</v>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I34" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J34" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>Sap Mai Daeng</t>
+          <t>Wang Khiri</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>Bueng Sam Phan</t>
+          <t>Huai Yot</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...6 lines deleted...]
-      </c>
+          <t>Trang</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr"/>
       <c r="P34" t="inlineStr"/>
       <c r="Q34" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>b931f3f5-7617-4ede-bc8a-64fec73153de</t>
+          <t>abd45b13-8f8c-4116-83db-073c846c16f7</t>
         </is>
       </c>
       <c r="B35" t="n">
-        <v>100.90997</v>
+        <v>99.58427</v>
       </c>
       <c r="C35" t="n">
-        <v>13.11364</v>
+        <v>13.65843</v>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F35" t="n">
-        <v>304</v>
+        <v>307.37</v>
       </c>
       <c r="G35" t="n">
-        <v>1.22</v>
+        <v>0.62</v>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I35" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>Thung Sukhla</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr"/>
       <c r="P35" t="inlineStr"/>
       <c r="Q35" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>7f178b31-0baa-4bb4-9dbf-7a51e3eb6805</t>
+          <t>0ab02406-e2ae-40b9-8f04-aa3713968ea3</t>
         </is>
       </c>
       <c r="B36" t="n">
-        <v>100.91048</v>
+        <v>99.585182</v>
       </c>
       <c r="C36" t="n">
-        <v>13.11719</v>
+        <v>13.658647</v>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F36" t="n">
-        <v>303.88</v>
+        <v>307.36</v>
       </c>
       <c r="G36" t="n">
-        <v>0.84</v>
+        <v>0.632651</v>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I36" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>Thung Sukhla</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr"/>
       <c r="P36" t="inlineStr"/>
       <c r="Q36" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>439f449c-0015-449a-b852-046a73940aa1</t>
+          <t>4932df5c-efba-435f-a2a5-7dd5b6fc335e</t>
         </is>
       </c>
       <c r="B37" t="n">
-        <v>100.911591</v>
+        <v>99.59422000000001</v>
       </c>
       <c r="C37" t="n">
-        <v>13.113621</v>
+        <v>8.16779</v>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F37" t="n">
-        <v>304</v>
+        <v>310.98</v>
       </c>
       <c r="G37" t="n">
-        <v>1.3097</v>
+        <v>0.75</v>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I37" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>Thung Sukhla</t>
+          <t>Khuan Krot</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Thung Song</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Nakhon Si Thammarat</t>
         </is>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr"/>
       <c r="P37" t="inlineStr"/>
       <c r="Q37" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>ab1176e8-0a93-4d80-ba3d-9e72206cba47</t>
+          <t>4bae06ba-975e-4faa-9854-1fdd3bd7616f</t>
         </is>
       </c>
       <c r="B38" t="n">
-        <v>100.911743</v>
+        <v>99.594894</v>
       </c>
       <c r="C38" t="n">
-        <v>13.117082</v>
+        <v>8.167491</v>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F38" t="n">
-        <v>303.89</v>
+        <v>310.98</v>
       </c>
       <c r="G38" t="n">
-        <v>0.973297</v>
+        <v>0.749814</v>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:21:00</t>
         </is>
       </c>
       <c r="I38" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>Thung Sukhla</t>
+          <t>Khuan Krot</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Thung Song</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Nakhon Si Thammarat</t>
         </is>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr"/>
       <c r="P38" t="inlineStr"/>
       <c r="Q38" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>984c1a24-1727-4091-a37f-5c54f9025209</t>
+          <t>91827ae1-b0ec-45f8-9895-0e40b3469cd2</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>101.03702</v>
+        <v>99.60764</v>
       </c>
       <c r="C39" t="n">
-        <v>14.64721</v>
+        <v>13.69536</v>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F39" t="n">
-        <v>300.43</v>
+        <v>312.03</v>
       </c>
       <c r="G39" t="n">
-        <v>2.39</v>
+        <v>1.88</v>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I39" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J39" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr"/>
       <c r="P39" t="inlineStr"/>
       <c r="Q39" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>69a20773-c0fe-4ba3-b46d-45e54cda8fcb</t>
+          <t>a3733e86-c56f-4133-87c6-acc8604426bf</t>
         </is>
       </c>
       <c r="B40" t="n">
-        <v>101.038559</v>
+        <v>99.608536</v>
       </c>
       <c r="C40" t="n">
-        <v>14.647204</v>
+        <v>13.695532</v>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F40" t="n">
-        <v>300.43</v>
+        <v>312.03</v>
       </c>
       <c r="G40" t="n">
-        <v>2.385809</v>
+        <v>1.865565</v>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I40" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr"/>
       <c r="P40" t="inlineStr"/>
       <c r="Q40" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>eca5119d-b6c8-4c0a-998e-a3186f0a1b60</t>
+          <t>8ce5d557-8448-458a-807a-e93db48c5eca</t>
         </is>
       </c>
       <c r="B41" t="n">
-        <v>101.24306</v>
+        <v>99.60908999999999</v>
       </c>
       <c r="C41" t="n">
-        <v>16.40761</v>
+        <v>13.70332</v>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F41" t="n">
-        <v>315.71</v>
+        <v>304.01</v>
       </c>
       <c r="G41" t="n">
-        <v>1.71</v>
+        <v>0.64</v>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I41" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>Na Pa</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
-          <t>Mueang Phetchabun</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr"/>
       <c r="P41" t="inlineStr"/>
       <c r="Q41" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>e469d827-3bb9-495d-b642-82568ac9583a</t>
+          <t>0acafb9c-2a65-4e10-b075-e24825486083</t>
         </is>
       </c>
       <c r="B42" t="n">
-        <v>101.24325</v>
+        <v>99.609993</v>
       </c>
       <c r="C42" t="n">
-        <v>16.4064</v>
+        <v>13.703482</v>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F42" t="n">
-        <v>315.85</v>
+        <v>304.01</v>
       </c>
       <c r="G42" t="n">
-        <v>1.65</v>
+        <v>0.644005</v>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I42" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>Na Pa</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
-          <t>Mueang Phetchabun</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr"/>
       <c r="P42" t="inlineStr"/>
       <c r="Q42" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>b6c5df39-af68-4aa4-a9b8-373c5d286b28</t>
+          <t>4d5133bb-4edb-4fe9-bd10-84a511428bd2</t>
         </is>
       </c>
       <c r="B43" t="n">
-        <v>101.244247</v>
+        <v>99.64709000000001</v>
       </c>
       <c r="C43" t="n">
-        <v>16.407505</v>
+        <v>13.58846</v>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F43" t="n">
-        <v>315.71</v>
+        <v>307.53</v>
       </c>
       <c r="G43" t="n">
-        <v>1.690416</v>
+        <v>0.7</v>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I43" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>Na Pa</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
-          <t>Mueang Phetchabun</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...2 lines deleted...]
-      <c r="N43" t="inlineStr"/>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>ป่าเขาบิน</t>
+        </is>
+      </c>
       <c r="O43" t="inlineStr"/>
       <c r="P43" t="inlineStr"/>
       <c r="Q43" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>14f88b28-9d7a-4822-9225-840ce7fda6e1</t>
+          <t>45073ed6-09b8-489d-b095-7cf0043163f7</t>
         </is>
       </c>
       <c r="B44" t="n">
-        <v>101.244804</v>
+        <v>99.64769699999999</v>
       </c>
       <c r="C44" t="n">
-        <v>16.406397</v>
+        <v>13.588139</v>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F44" t="n">
-        <v>315.86</v>
+        <v>307.53</v>
       </c>
       <c r="G44" t="n">
-        <v>1.661633</v>
+        <v>0.704134</v>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I44" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>Na Pa</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
-          <t>Mueang Phetchabun</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
-          <t>Phetchabun</t>
-[...2 lines deleted...]
-      <c r="N44" t="inlineStr"/>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>ป่าเขาบิน</t>
+        </is>
+      </c>
       <c r="O44" t="inlineStr"/>
       <c r="P44" t="inlineStr"/>
       <c r="Q44" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>b8f9474b-8d29-42c9-8a77-ed5f77f59f1a</t>
+          <t>2792b9cc-2458-49f9-b69a-08a896adbe4b</t>
         </is>
       </c>
       <c r="B45" t="n">
-        <v>101.31615</v>
+        <v>99.66978</v>
       </c>
       <c r="C45" t="n">
-        <v>13.2766</v>
+        <v>14.78136</v>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F45" t="n">
-        <v>301.4</v>
+        <v>308.19</v>
       </c>
       <c r="G45" t="n">
-        <v>2.6</v>
+        <v>1.27</v>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I45" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
-          <t>2026-02-04 04:22:13.568959+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>Nong I Run</t>
+          <t>Nong Pling</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
-          <t>Ban Bueng</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N45" t="inlineStr"/>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr">
+        <is>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+        </is>
+      </c>
       <c r="O45" t="inlineStr"/>
       <c r="P45" t="inlineStr"/>
       <c r="Q45" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>71775c1a-9e30-423e-9452-19e845a7805f</t>
+          <t>03d3485f-52ad-40e7-8ae4-a6325526729b</t>
         </is>
       </c>
       <c r="B46" t="n">
-        <v>101.31778</v>
+        <v>99.67067</v>
       </c>
       <c r="C46" t="n">
-        <v>13.276641</v>
+        <v>14.781511</v>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F46" t="n">
-        <v>301.41</v>
+        <v>308.19</v>
       </c>
       <c r="G46" t="n">
-        <v>2.585003</v>
+        <v>1.27423</v>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I46" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
-          <t>2026-02-04 01:41:12.070379+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>Nong I Run</t>
+          <t>Nong Pling</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
-          <t>Ban Bueng</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N46" t="inlineStr"/>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr">
+        <is>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+        </is>
+      </c>
       <c r="O46" t="inlineStr"/>
       <c r="P46" t="inlineStr"/>
       <c r="Q46" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>9af73dad-81dc-4781-b665-83bf6ef09cd0</t>
+          <t>bf3228ab-b793-4a9d-846f-be3d00c8fcb5</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>101.31802</v>
+        <v>99.67136000000001</v>
       </c>
       <c r="C47" t="n">
-        <v>13.27633</v>
+        <v>14.78037</v>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F47" t="n">
-        <v>298.73</v>
+        <v>305.28</v>
       </c>
       <c r="G47" t="n">
-        <v>1.23</v>
+        <v>0.55</v>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I47" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>Nong I Run</t>
+          <t>Nong Pling</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
-          <t>Ban Bueng</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N47" t="inlineStr"/>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr">
+        <is>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+        </is>
+      </c>
       <c r="O47" t="inlineStr"/>
       <c r="P47" t="inlineStr"/>
       <c r="Q47" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>27adc05d-6d4e-4133-8278-1cd1f44216b1</t>
+          <t>f0a89f8c-bd61-41ea-8549-e9b831a08609</t>
         </is>
       </c>
       <c r="B48" t="n">
-        <v>101.31941</v>
+        <v>99.671982</v>
       </c>
       <c r="C48" t="n">
-        <v>13.28239</v>
+        <v>14.780149</v>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F48" t="n">
-        <v>307.49</v>
+        <v>305.28</v>
       </c>
       <c r="G48" t="n">
-        <v>1.94</v>
+        <v>0.547982</v>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I48" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>Bo Kwang Thong</t>
+          <t>Nong Pling</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Lao Khwan</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N48" t="inlineStr"/>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr">
+        <is>
+          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+        </is>
+      </c>
       <c r="O48" t="inlineStr"/>
       <c r="P48" t="inlineStr"/>
       <c r="Q48" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>3572051d-72c8-42fa-8ab6-6235825d8a8c</t>
+          <t>a2d49784-ab4e-416c-b985-796c48d28c5e</t>
         </is>
       </c>
       <c r="B49" t="n">
-        <v>101.31974</v>
+        <v>99.83627</v>
       </c>
       <c r="C49" t="n">
-        <v>13.276293</v>
+        <v>13.92684</v>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F49" t="n">
-        <v>298.73</v>
+        <v>316.88</v>
       </c>
       <c r="G49" t="n">
-        <v>1.22385</v>
+        <v>1.57</v>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I49" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>Hang Sung</t>
+          <t>Yang Muang</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
-          <t>Nong Yai</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr"/>
       <c r="P49" t="inlineStr"/>
       <c r="Q49" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>e907bdef-09f5-4086-9ea4-815f202c98f9</t>
+          <t>5b84057a-89df-4b91-ba5f-46df28ae9275</t>
         </is>
       </c>
       <c r="B50" t="n">
-        <v>101.321182</v>
+        <v>99.836906</v>
       </c>
       <c r="C50" t="n">
-        <v>13.282337</v>
+        <v>13.926576</v>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F50" t="n">
-        <v>307.5</v>
+        <v>316.88</v>
       </c>
       <c r="G50" t="n">
-        <v>1.954322</v>
+        <v>1.553858</v>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I50" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>Bo Kwang Thong</t>
+          <t>Yang Muang</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Tha Maka</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr"/>
       <c r="P50" t="inlineStr"/>
       <c r="Q50" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>2f102068-9edb-43af-91cf-e38a8b3f8bee</t>
+          <t>e14a7ff4-9418-4284-9670-d5d8e2f94cd7</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>101.32526</v>
+        <v>99.85865</v>
       </c>
       <c r="C51" t="n">
-        <v>13.30655</v>
+        <v>14.10584</v>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F51" t="n">
-        <v>298.72</v>
+        <v>304.38</v>
       </c>
       <c r="G51" t="n">
-        <v>0.87</v>
+        <v>0.3</v>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I51" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>Bo Kwang Thong</t>
+          <t>Bo Suphan</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Song Phi Nong</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Suphan Buri</t>
         </is>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr"/>
       <c r="P51" t="inlineStr"/>
       <c r="Q51" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>690ae746-3f7c-4071-91d5-2adc4647f2d0</t>
+          <t>01672a20-94d1-4e7c-8ec2-d40506127889</t>
         </is>
       </c>
       <c r="B52" t="n">
-        <v>101.32662</v>
+        <v>99.859566</v>
       </c>
       <c r="C52" t="n">
-        <v>13.31261</v>
+        <v>14.106002</v>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F52" t="n">
-        <v>301.36</v>
+        <v>304.38</v>
       </c>
       <c r="G52" t="n">
-        <v>0.87</v>
+        <v>0.308129</v>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I52" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>Bo Kwang Thong</t>
+          <t>Bo Suphan</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Song Phi Nong</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Suphan Buri</t>
         </is>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr"/>
       <c r="P52" t="inlineStr"/>
       <c r="Q52" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>04999e80-9386-44a0-898f-c6b69d0c6351</t>
+          <t>fc59efaf-34e6-49ab-abe3-d0b27aeafd66</t>
         </is>
       </c>
       <c r="B53" t="n">
-        <v>101.327019</v>
+        <v>100.85093</v>
       </c>
       <c r="C53" t="n">
-        <v>13.306511</v>
+        <v>14.67777</v>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F53" t="n">
-        <v>298.73</v>
+        <v>308.38</v>
       </c>
       <c r="G53" t="n">
-        <v>0.8626200000000001</v>
+        <v>1.33</v>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I53" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>Bo Kwang Thong</t>
+          <t>Khao Wong</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr"/>
       <c r="P53" t="inlineStr"/>
       <c r="Q53" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>53ac5711-dadf-42d5-b534-23b6ec71b52f</t>
+          <t>66c7b1be-1c12-4d46-b3a8-6be87775e904</t>
         </is>
       </c>
       <c r="B54" t="n">
-        <v>101.328377</v>
+        <v>100.85184</v>
       </c>
       <c r="C54" t="n">
-        <v>13.312572</v>
+        <v>14.67459</v>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F54" t="n">
-        <v>301.36</v>
+        <v>308.38</v>
       </c>
       <c r="G54" t="n">
-        <v>0.8626200000000001</v>
+        <v>1.09</v>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I54" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>Bo Kwang Thong</t>
+          <t>Khao Wong</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr"/>
       <c r="P54" t="inlineStr"/>
       <c r="Q54" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>74ad6716-35bd-483e-9289-48c1dec48a1e</t>
+          <t>fda6dab7-f5f6-4ad0-9dfd-ad2e73e25d85</t>
         </is>
       </c>
       <c r="B55" t="n">
-        <v>101.38982</v>
+        <v>100.851952</v>
       </c>
       <c r="C55" t="n">
-        <v>13.2422</v>
+        <v>14.678064</v>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F55" t="n">
-        <v>301.29</v>
+        <v>308.38</v>
       </c>
       <c r="G55" t="n">
-        <v>1.54</v>
+        <v>1.338067</v>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I55" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>That Thong</t>
+          <t>Khao Wong</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...11 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr"/>
+      <c r="O55" t="inlineStr"/>
       <c r="P55" t="inlineStr"/>
       <c r="Q55" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>dfea73fb-417a-4d63-a747-5053c62937e3</t>
+          <t>dbe22994-0eb3-48b4-adc5-c6c56b3947bf</t>
         </is>
       </c>
       <c r="B56" t="n">
-        <v>101.391434</v>
+        <v>100.852493</v>
       </c>
       <c r="C56" t="n">
-        <v>13.242179</v>
+        <v>14.674271</v>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F56" t="n">
-        <v>301.3</v>
+        <v>308.38</v>
       </c>
       <c r="G56" t="n">
-        <v>1.548602</v>
+        <v>1.081615</v>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I56" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>That Thong</t>
+          <t>Khao Wong</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...11 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr"/>
+      <c r="O56" t="inlineStr"/>
       <c r="P56" t="inlineStr"/>
       <c r="Q56" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>36312d11-8b60-40e1-bf42-5c9708366a3b</t>
+          <t>5811a875-d7d1-4a17-a9dc-475653545bae</t>
         </is>
       </c>
       <c r="B57" t="n">
-        <v>101.3925</v>
+        <v>100.93639</v>
       </c>
       <c r="C57" t="n">
-        <v>13.24212</v>
+        <v>14.93599</v>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F57" t="n">
-        <v>311.1</v>
+        <v>313.67</v>
       </c>
       <c r="G57" t="n">
-        <v>1.7</v>
+        <v>2.04</v>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I57" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>That Thong</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...11 lines deleted...]
-      </c>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr"/>
+      <c r="O57" t="inlineStr"/>
       <c r="P57" t="inlineStr"/>
       <c r="Q57" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>e87b9b6e-625b-44a8-b94d-aaac40e3bb9c</t>
+          <t>0b77105f-c068-4db3-862a-facb5a2b80c9</t>
         </is>
       </c>
       <c r="B58" t="n">
-        <v>101.393768</v>
+        <v>100.937386</v>
       </c>
       <c r="C58" t="n">
-        <v>13.241996</v>
+        <v>14.936232</v>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F58" t="n">
-        <v>311.1</v>
+        <v>313.67</v>
       </c>
       <c r="G58" t="n">
-        <v>1.676234</v>
+        <v>2.035812</v>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I58" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>That Thong</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...11 lines deleted...]
-      </c>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr"/>
+      <c r="O58" t="inlineStr"/>
       <c r="P58" t="inlineStr"/>
       <c r="Q58" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>aa7512f9-78ab-413c-8852-20321371ebc7</t>
+          <t>bb17e20c-4386-491c-bc9a-dc5fe25b18c3</t>
         </is>
       </c>
       <c r="B59" t="n">
-        <v>101.39418</v>
+        <v>102.01492</v>
       </c>
       <c r="C59" t="n">
-        <v>13.24128</v>
+        <v>13.88584</v>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F59" t="n">
-        <v>300.67</v>
+        <v>303.75</v>
       </c>
       <c r="G59" t="n">
-        <v>1.5</v>
+        <v>1.06</v>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I59" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>That Thong</t>
+          <t>Khok Pi Khong</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Mueang Sa Kaeo</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...11 lines deleted...]
-      </c>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr"/>
+      <c r="O59" t="inlineStr"/>
       <c r="P59" t="inlineStr"/>
       <c r="Q59" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>23c1da58-50e3-4393-8b14-3ce530ddf334</t>
+          <t>5e9f94d6-dd6f-4a4b-9e71-e9c96bb478e7</t>
         </is>
       </c>
       <c r="B60" t="n">
-        <v>101.39595</v>
+        <v>102.01606</v>
       </c>
       <c r="C60" t="n">
-        <v>13.241227</v>
+        <v>13.886121</v>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F60" t="n">
-        <v>300.67</v>
+        <v>303.75</v>
       </c>
       <c r="G60" t="n">
-        <v>1.502253</v>
+        <v>1.066796</v>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I60" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>That Thong</t>
+          <t>Khok Pi Khong</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
-          <t>Bo Thong</t>
+          <t>Mueang Sa Kaeo</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...11 lines deleted...]
-      </c>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr"/>
+      <c r="O60" t="inlineStr"/>
       <c r="P60" t="inlineStr"/>
       <c r="Q60" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>e289e237-3594-4498-8703-0e78bf412bcd</t>
+          <t>96d09efa-63ee-44cd-828f-6c9ba2c353f6</t>
         </is>
       </c>
       <c r="B61" t="n">
-        <v>101.48949</v>
+        <v>102.11636</v>
       </c>
       <c r="C61" t="n">
-        <v>16.16216</v>
+        <v>17.15692</v>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F61" t="n">
-        <v>302.94</v>
+        <v>299.74</v>
       </c>
       <c r="G61" t="n">
-        <v>1.45</v>
+        <v>1.31</v>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I61" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
-          <t>2026-02-04 05:01:38.812759+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Non Muang</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Si Bun Rueang</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
-[...2 lines deleted...]
-      <c r="N61" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
       <c r="O61" t="inlineStr"/>
       <c r="P61" t="inlineStr"/>
       <c r="Q61" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>45c0ee33-99f4-4549-99e0-575d28ff9b7b</t>
+          <t>4c0b5934-f47f-4295-a6ee-4d40838daeab</t>
         </is>
       </c>
       <c r="B62" t="n">
-        <v>101.492653</v>
+        <v>102.117119</v>
       </c>
       <c r="C62" t="n">
-        <v>16.162205</v>
+        <v>17.156689</v>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F62" t="n">
-        <v>302.95</v>
+        <v>299.74</v>
       </c>
       <c r="G62" t="n">
-        <v>1.45751</v>
+        <v>1.309362</v>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:18:00</t>
         </is>
       </c>
       <c r="I62" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
-          <t>2026-02-04 01:41:12.070379+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Non Muang</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Si Bun Rueang</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
-[...2 lines deleted...]
-      <c r="N62" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
       <c r="O62" t="inlineStr"/>
       <c r="P62" t="inlineStr"/>
       <c r="Q62" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>2f5a0d0e-892e-48b3-945b-1f44d7199a61</t>
+          <t>bb63489c-6c30-4590-95f1-a7f3a4260fa3</t>
         </is>
       </c>
       <c r="B63" t="n">
-        <v>101.49452</v>
+        <v>102.68115</v>
       </c>
       <c r="C63" t="n">
-        <v>16.16005</v>
+        <v>14.37929</v>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F63" t="n">
-        <v>304.69</v>
+        <v>300.74</v>
       </c>
       <c r="G63" t="n">
-        <v>2.01</v>
+        <v>1.13</v>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I63" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Hu Thamnop</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
-[...2 lines deleted...]
-      <c r="N63" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>ป่าดงใหญ่</t>
+        </is>
+      </c>
       <c r="O63" t="inlineStr"/>
       <c r="P63" t="inlineStr"/>
       <c r="Q63" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>306c83a5-5ae9-462f-916e-996b8d8f297b</t>
+          <t>d0cc471b-4745-456f-9fa3-3891f8fbb833</t>
         </is>
       </c>
       <c r="B64" t="n">
-        <v>101.495689</v>
+        <v>102.682358</v>
       </c>
       <c r="C64" t="n">
-        <v>16.159945</v>
+        <v>14.379613</v>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F64" t="n">
-        <v>304.69</v>
+        <v>300.74</v>
       </c>
       <c r="G64" t="n">
-        <v>2.017046</v>
+        <v>1.126312</v>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I64" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J64" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Hu Thamnop</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
-[...2 lines deleted...]
-      <c r="N64" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>ป่าดงใหญ่</t>
+        </is>
+      </c>
       <c r="O64" t="inlineStr"/>
       <c r="P64" t="inlineStr"/>
       <c r="Q64" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>45778240-d2a3-43b9-a5cd-01aff9228d61</t>
+          <t>5f888b37-c367-4ef1-9098-3704497d5836</t>
         </is>
       </c>
       <c r="B65" t="n">
-        <v>101.49782</v>
+        <v>102.68655</v>
       </c>
       <c r="C65" t="n">
-        <v>16.1614</v>
+        <v>14.37824</v>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F65" t="n">
-        <v>301.08</v>
+        <v>301.59</v>
       </c>
       <c r="G65" t="n">
-        <v>1.45</v>
+        <v>1.13</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I65" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
-          <t>2026-02-04 05:01:38.812759+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Hu Thamnop</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
-[...2 lines deleted...]
-      <c r="N65" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>ป่าดงใหญ่</t>
+        </is>
+      </c>
       <c r="O65" t="inlineStr"/>
       <c r="P65" t="inlineStr"/>
       <c r="Q65" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>3356af3e-146c-46c3-b62a-5883020c9f06</t>
+          <t>d0248248-a375-4d00-b775-611604699287</t>
         </is>
       </c>
       <c r="B66" t="n">
-        <v>101.499878</v>
+        <v>102.687759</v>
       </c>
       <c r="C66" t="n">
-        <v>16.161543</v>
+        <v>14.378566</v>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>301.09</v>
+        <v>301.59</v>
       </c>
       <c r="G66" t="n">
-        <v>1.45751</v>
+        <v>1.126312</v>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I66" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
-          <t>2026-02-04 01:41:12.070379+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Hu Thamnop</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Pakham</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
-[...2 lines deleted...]
-      <c r="N66" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr">
+        <is>
+          <t>ป่าดงใหญ่</t>
+        </is>
+      </c>
       <c r="O66" t="inlineStr"/>
       <c r="P66" t="inlineStr"/>
       <c r="Q66" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>d2cb03d3-221a-4e3e-9bf8-f58ec74b2018</t>
+          <t>2c207c70-2ebd-4185-839b-0cbe23d63794</t>
         </is>
       </c>
       <c r="B67" t="n">
-        <v>101.52586</v>
+        <v>103.8998</v>
       </c>
       <c r="C67" t="n">
-        <v>15.85187</v>
+        <v>14.77903</v>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F67" t="n">
-        <v>312.19</v>
+        <v>318.5</v>
       </c>
       <c r="G67" t="n">
-        <v>1.2</v>
+        <v>2.16</v>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>2026-02-04 02:34:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I67" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
-          <t>2026-02-04 05:18:03.810627+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>Wang Takhe</t>
+          <t>Narong</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
-          <t>Nong Bua Rawe</t>
+          <t>Si Narong</t>
         </is>
       </c>
       <c r="M67" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
+          <t>Surin</t>
         </is>
       </c>
       <c r="N67" t="inlineStr">
         <is>
-          <t>ป่านายางกลัก</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าฝั่งขวาห้วยเสน</t>
+        </is>
+      </c>
+      <c r="O67" t="inlineStr"/>
+      <c r="P67" t="inlineStr"/>
       <c r="Q67" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>bb83d023-570f-4c67-9c2f-dd73cf29a318</t>
+          <t>9106c069-9677-475d-97a6-f1d8864a7fd8</t>
         </is>
       </c>
       <c r="B68" t="n">
-        <v>101.527466</v>
+        <v>103.901154</v>
       </c>
       <c r="C68" t="n">
-        <v>15.851845</v>
+        <v>14.779401</v>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>312.19</v>
+        <v>318.5</v>
       </c>
       <c r="G68" t="n">
-        <v>1.205887</v>
+        <v>2.168494</v>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>2026-02-04 02:33:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I68" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
-          <t>2026-02-04 03:29:12.056112+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>Wang Takhe</t>
+          <t>Narong</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
-          <t>Nong Bua Rawe</t>
+          <t>Si Narong</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
+          <t>Surin</t>
         </is>
       </c>
       <c r="N68" t="inlineStr">
         <is>
-          <t>ป่านายางกลัก</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าฝั่งขวาห้วยเสน</t>
+        </is>
+      </c>
+      <c r="O68" t="inlineStr"/>
+      <c r="P68" t="inlineStr"/>
       <c r="Q68" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>8d45c751-70bd-4239-9858-30579568199d</t>
+          <t>529349ee-afde-4290-b93d-d008c6fa1e97</t>
         </is>
       </c>
       <c r="B69" t="n">
-        <v>101.54691</v>
+        <v>104.78564</v>
       </c>
       <c r="C69" t="n">
-        <v>16.17134</v>
+        <v>14.73084</v>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>306.05</v>
+        <v>303.46</v>
       </c>
       <c r="G69" t="n">
-        <v>1.84</v>
+        <v>0.78</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:19:00</t>
         </is>
       </c>
       <c r="I69" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
-          <t>2026-02-04 05:01:38.812759+00:00</t>
+          <t>2026-02-25 04:54:56.351442+00:00</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Tha Khlo</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Benchalak</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
+          <t>Sisaket</t>
         </is>
       </c>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr"/>
       <c r="P69" t="inlineStr"/>
       <c r="Q69" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>f02b32c1-1aba-47b4-91d0-a9700ed2aa70</t>
+          <t>a5d3f6c0-6816-472c-a07b-acce7ea43a04</t>
         </is>
       </c>
       <c r="B70" t="n">
-        <v>101.54804</v>
+        <v>104.786621</v>
       </c>
       <c r="C70" t="n">
-        <v>16.17463</v>
+        <v>14.730553</v>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>300.5</v>
+        <v>303.46</v>
       </c>
       <c r="G70" t="n">
-        <v>1.9</v>
+        <v>0.778529</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>2026-02-04 00:53:00</t>
+          <t>2026-02-25 02:20:00</t>
         </is>
       </c>
       <c r="I70" s="2" t="n">
-        <v>46057</v>
+        <v>46078</v>
       </c>
       <c r="J70" t="inlineStr">
         <is>
-          <t>2026-02-04 05:01:38.812759+00:00</t>
+          <t>2026-02-25 03:52:08.318303+00:00</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>Wang Chomphu</t>
+          <t>Tha Khlo</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
-          <t>Nong Bua Daeng</t>
+          <t>Benchalak</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
-          <t>Chaiyaphum</t>
+          <t>Sisaket</t>
         </is>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr"/>
       <c r="P70" t="inlineStr"/>
       <c r="Q70" t="inlineStr">
-        <is>
-[...11076 lines deleted...]
-      <c r="Q236" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>