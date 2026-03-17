--- v3 (2026-02-24)
+++ v4 (2026-03-17)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="NOAA20" sheetId="1" state="visible" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="SNPP" sheetId="3" state="visible" r:id="rId3"/>
+    <sheet name="NOAA21" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="SNPP" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="NOAA20" sheetId="3" state="visible" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
     <numFmt numFmtId="165" formatCode="YYYY-MM-DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
@@ -430,51 +430,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:Q33"/>
+  <dimension ref="A1:Q248"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>unique_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>lon</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>lat</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -528,2187 +528,17046 @@
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>reserved_forests</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>protected_areas</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>forests_14_zone</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>coordinate_zone</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>c590ec67-a27a-45b3-9596-209844f1b099</t>
+          <t>0d280c47-ffca-4c41-b3bc-596da48f1494</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>98.34113000000001</v>
+        <v>97.864136</v>
       </c>
       <c r="C2" t="n">
-        <v>8.52026</v>
+        <v>19.556345</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>303.23</v>
+        <v>322.24</v>
       </c>
       <c r="G2" t="n">
-        <v>1.93</v>
+        <v>2.499181</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2026-02-25 01:02:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mok Champae</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mueang Mae Hong Son</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...4 lines deleted...]
-      <c r="P2" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>Tham Pla - Namtok Pha Suea</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>1223d3b3-029d-4d2c-930e-6c3ad7f433ce</t>
+          <t>75da8e77-c627-47f1-ad3d-5321d35005dd</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>98.342316</v>
+        <v>97.866432</v>
       </c>
       <c r="C3" t="n">
-        <v>8.52023</v>
+        <v>19.548819</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>303.24</v>
+        <v>306.71</v>
       </c>
       <c r="G3" t="n">
-        <v>1.951947</v>
+        <v>1.29048</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2026-02-25 01:01:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mok Champae</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mueang Mae Hong Son</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...4 lines deleted...]
-      <c r="P3" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O3" t="inlineStr">
+        <is>
+          <t>Tham Pla - Namtok Pha Suea</t>
+        </is>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>40efc221-c643-4c6b-a79e-3063e41107d7</t>
+          <t>85b8c7a7-3362-4089-ab04-21f3a2da1a23</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>98.34846</v>
+        <v>97.867355</v>
       </c>
       <c r="C4" t="n">
-        <v>8.519349999999999</v>
+        <v>19.552288</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>301.18</v>
+        <v>309.02</v>
       </c>
       <c r="G4" t="n">
-        <v>1.95</v>
+        <v>1.438536</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>2026-02-25 01:02:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I4" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mok Champae</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mueang Mae Hong Son</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...4 lines deleted...]
-      <c r="P4" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O4" t="inlineStr">
+        <is>
+          <t>Tham Pla - Namtok Pha Suea</t>
+        </is>
+      </c>
+      <c r="P4" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>de5161fa-6afa-4815-8a90-df7e6165937e</t>
+          <t>2075c0be-c8c3-4f0f-94ef-eb3cb2973012</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>98.34963999999999</v>
+        <v>97.989586</v>
       </c>
       <c r="C5" t="n">
-        <v>8.51933</v>
+        <v>18.682095</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>301.19</v>
+        <v>301.66</v>
       </c>
       <c r="G5" t="n">
-        <v>1.978438</v>
+        <v>0.421182</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>2026-02-25 01:01:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I5" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mueang Pon</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Khun Yuam</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...2 lines deleted...]
-      <c r="N5" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>ป่าแม่ยวมฝั่งซ้าย แปลง 1</t>
+        </is>
+      </c>
       <c r="O5" t="inlineStr"/>
-      <c r="P5" t="inlineStr"/>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าสาละวิน</t>
+        </is>
+      </c>
       <c r="Q5" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>61cc8edf-336c-409d-9f73-422a76d8f960</t>
+          <t>77ea124c-2405-44b2-8db9-752b3f37a110</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>98.45456</v>
+        <v>98.214851</v>
       </c>
       <c r="C6" t="n">
-        <v>17.04091</v>
+        <v>17.308189</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>311.02</v>
+        <v>304.5</v>
       </c>
       <c r="G6" t="n">
-        <v>1.08</v>
+        <v>0.730129</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I6" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>Khane Chue</t>
+          <t>Mae Usu</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Tha Song Yang</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
           <t>Tak</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
-          <t>ป่าแม่ระมาด</t>
+          <t>ป่าท่าสองยาง</t>
         </is>
       </c>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>8770eb0d-d5ac-4d9a-b8ab-2c3f27ca1bff</t>
+          <t>ccea14cc-11bf-4f8d-86f0-f861696ec18c</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>98.45549</v>
+        <v>98.321983</v>
       </c>
       <c r="C7" t="n">
-        <v>17.040962</v>
+        <v>14.830522</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>311.02</v>
+        <v>317.21</v>
       </c>
       <c r="G7" t="n">
-        <v>1.084276</v>
+        <v>1.644848</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:56:00</t>
         </is>
       </c>
       <c r="I7" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>Khane Chue</t>
+          <t>Pi Lok</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
-          <t>ป่าแม่ระมาด</t>
-[...2 lines deleted...]
-      <c r="O7" t="inlineStr"/>
+          <t>ป่าเขาช้างเผือก</t>
+        </is>
+      </c>
+      <c r="O7" t="inlineStr">
+        <is>
+          <t>Thong Pha Phoom</t>
+        </is>
+      </c>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>c3f82fc1-4002-4cf6-bb16-0d07c9cfa5ce</t>
+          <t>0b786a22-3934-490b-8566-538e067936d7</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>98.45603</v>
+        <v>98.325508</v>
       </c>
       <c r="C8" t="n">
-        <v>17.04138</v>
+        <v>14.82999</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>306.71</v>
+        <v>303.29</v>
       </c>
       <c r="G8" t="n">
-        <v>1.14</v>
+        <v>1.055121</v>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:56:00</t>
         </is>
       </c>
       <c r="I8" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>Khane Chue</t>
+          <t>Pi Lok</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>ป่าแม่ระมาด</t>
-[...2 lines deleted...]
-      <c r="O8" t="inlineStr"/>
+          <t>ป่าเขาช้างเผือก</t>
+        </is>
+      </c>
+      <c r="O8" t="inlineStr">
+        <is>
+          <t>Thong Pha Phoom</t>
+        </is>
+      </c>
       <c r="P8" t="inlineStr"/>
       <c r="Q8" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>f3232d61-6ac6-4268-814a-5e1ad5b0637d</t>
+          <t>8e139d20-977e-43de-a110-27e7804a8f16</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>98.456711</v>
+        <v>98.329185</v>
       </c>
       <c r="C9" t="n">
-        <v>17.04133</v>
+        <v>17.059938</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>306.71</v>
+        <v>304.39</v>
       </c>
       <c r="G9" t="n">
-        <v>1.151846</v>
+        <v>1.054978</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I9" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
-[...21 lines deleted...]
-      </c>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr"/>
+      <c r="L9" t="inlineStr"/>
+      <c r="M9" t="inlineStr"/>
+      <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr"/>
       <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>0f2ba5bb-fca8-4f0a-b2eb-16508712f1a1</t>
+          <t>c0a365ba-3f8b-4c9e-8e49-fbb28828a6d8</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>98.61409</v>
+        <v>98.426964</v>
       </c>
       <c r="C10" t="n">
-        <v>16.50735</v>
+        <v>19.327868</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>304.39</v>
+        <v>299.09</v>
       </c>
       <c r="G10" t="n">
-        <v>1.71</v>
+        <v>0.419193</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I10" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Thung Yao</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Pai</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr"/>
-      <c r="P10" t="inlineStr"/>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q10" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>692ed179-4107-46eb-9355-59e612e5a5b9</t>
+          <t>8ea33df6-400d-447a-bca3-c46901c59cee</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>98.61488300000001</v>
+        <v>98.428703</v>
       </c>
       <c r="C11" t="n">
-        <v>16.507267</v>
+        <v>17.072924</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>304.39</v>
+        <v>306.93</v>
       </c>
       <c r="G11" t="n">
-        <v>1.713005</v>
+        <v>1.254995</v>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I11" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
           <t>Tak</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O11" t="inlineStr"/>
       <c r="P11" t="inlineStr"/>
       <c r="Q11" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>d11c15e2-baf0-4ea0-ab21-723b90d2c484</t>
+          <t>b0f180ae-fac0-4dab-882c-d86b0cdf4741</t>
         </is>
       </c>
       <c r="B12" t="n">
-        <v>99.60875</v>
+        <v>98.42929100000001</v>
       </c>
       <c r="C12" t="n">
-        <v>13.69498</v>
+        <v>17.0763</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>300.91</v>
+        <v>313.93</v>
       </c>
       <c r="G12" t="n">
-        <v>1.33</v>
+        <v>1.254995</v>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>2026-02-25 02:42:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I12" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N12" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O12" t="inlineStr"/>
       <c r="P12" t="inlineStr"/>
       <c r="Q12" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>cc209489-c39c-49ce-a5c6-e397c8e91cc6</t>
+          <t>93bd2a26-1907-4615-a813-e4c6c6a98c0e</t>
         </is>
       </c>
       <c r="B13" t="n">
-        <v>99.609825</v>
+        <v>98.42987100000001</v>
       </c>
       <c r="C13" t="n">
-        <v>13.694819</v>
+        <v>17.079679</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>300.92</v>
+        <v>304.31</v>
       </c>
       <c r="G13" t="n">
-        <v>1.329262</v>
+        <v>1.320303</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I13" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N13" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O13" t="inlineStr"/>
       <c r="P13" t="inlineStr"/>
       <c r="Q13" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>e2b1f9a1-fe7d-4817-bafe-0db2f65b8067</t>
+          <t>41cc1363-f3d8-4e8a-b16d-a17a091eb841</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>99.63103</v>
+        <v>98.46210499999999</v>
       </c>
       <c r="C14" t="n">
-        <v>14.5878</v>
+        <v>17.086647</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>310.17</v>
+        <v>305.33</v>
       </c>
       <c r="G14" t="n">
-        <v>0.8100000000000001</v>
+        <v>0.656689</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>2026-02-25 02:42:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I14" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Thung Krabam</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O14" t="inlineStr"/>
       <c r="P14" t="inlineStr"/>
       <c r="Q14" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>b5852b2f-fb5a-48c7-8902-986e8c31efc6</t>
+          <t>582a1fa7-cf3a-47bd-91c3-65516d72c23e</t>
         </is>
       </c>
       <c r="B15" t="n">
-        <v>99.63208</v>
+        <v>98.462677</v>
       </c>
       <c r="C15" t="n">
-        <v>14.587648</v>
+        <v>17.090029</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>310.17</v>
+        <v>304.08</v>
       </c>
       <c r="G15" t="n">
-        <v>0.784504</v>
+        <v>0.656689</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I15" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Thung Krabam</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O15" t="inlineStr"/>
       <c r="P15" t="inlineStr"/>
       <c r="Q15" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>24f11d14-49e8-4ff9-b22e-dad3f9c0a27d</t>
+          <t>c2b25df2-6d39-46bc-9014-779e1104d980</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>99.83363</v>
+        <v>98.465576</v>
       </c>
       <c r="C16" t="n">
-        <v>14.86734</v>
+        <v>17.084724</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>310.03</v>
+        <v>308.64</v>
       </c>
       <c r="G16" t="n">
-        <v>3.08</v>
+        <v>1.130851</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I16" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>Nong Krathum</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
-          <t>Doem Bang Nang Buat</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
-[...2 lines deleted...]
-      <c r="N16" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O16" t="inlineStr"/>
       <c r="P16" t="inlineStr"/>
       <c r="Q16" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>cb0cca75-c16e-441a-b258-805a0503378e</t>
+          <t>4c43dbaa-9a22-434f-89b5-bbbb476c8c51</t>
         </is>
       </c>
       <c r="B17" t="n">
-        <v>99.834763</v>
+        <v>98.465935</v>
       </c>
       <c r="C17" t="n">
-        <v>14.867346</v>
+        <v>17.086086</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>310.04</v>
+        <v>311.18</v>
       </c>
       <c r="G17" t="n">
-        <v>3.08065</v>
+        <v>1.814302</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I17" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>Nong Krathum</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
-          <t>Doem Bang Nang Buat</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
-[...2 lines deleted...]
-      <c r="N17" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O17" t="inlineStr"/>
       <c r="P17" t="inlineStr"/>
       <c r="Q17" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>5688db11-bafa-47a5-a91a-95f3bc5e649c</t>
+          <t>66353265-95d3-440c-8ae6-03f78ad4f95c</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>99.83511</v>
+        <v>98.479195</v>
       </c>
       <c r="C18" t="n">
-        <v>13.92812</v>
+        <v>17.094528</v>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>307.42</v>
+        <v>303.55</v>
       </c>
       <c r="G18" t="n">
-        <v>0.79</v>
+        <v>0.91064</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>2026-02-25 02:42:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I18" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>Yang Muang</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N18" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O18" t="inlineStr"/>
       <c r="P18" t="inlineStr"/>
       <c r="Q18" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>d1b8aacb-b6a9-45a7-9478-f0567d06af65</t>
+          <t>3642447c-3b2e-4675-95d1-e4651fdbc095</t>
         </is>
       </c>
       <c r="B19" t="n">
-        <v>99.836578</v>
+        <v>98.539581</v>
       </c>
       <c r="C19" t="n">
-        <v>13.928051</v>
+        <v>16.654097</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>307.43</v>
+        <v>311.41</v>
       </c>
       <c r="G19" t="n">
-        <v>0.782982</v>
+        <v>1.442171</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I19" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>Yang Muang</t>
+          <t>Mae Tao</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr"/>
       <c r="P19" t="inlineStr"/>
       <c r="Q19" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>e3f9fc9f-cb42-4a3d-9401-f2417c12f12c</t>
+          <t>198b6e04-23a7-40ad-92f6-0d67a7ef3168</t>
         </is>
       </c>
       <c r="B20" t="n">
-        <v>99.84069</v>
+        <v>98.558212</v>
       </c>
       <c r="C20" t="n">
-        <v>14.86665</v>
+        <v>16.651335</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>306.24</v>
+        <v>323.07</v>
       </c>
       <c r="G20" t="n">
-        <v>3.13</v>
+        <v>1.278008</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I20" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Nong Krathum</t>
+          <t>Mae Ku</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Doem Bang Nang Buat</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr"/>
       <c r="P20" t="inlineStr"/>
       <c r="Q20" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>d323613e-2e90-4c83-81c5-878f6c7ce2b8</t>
+          <t>ec41d5e5-4a09-4569-a1d3-6adcc2ca3ca9</t>
         </is>
       </c>
       <c r="B21" t="n">
-        <v>99.84180499999999</v>
+        <v>98.59425400000001</v>
       </c>
       <c r="C21" t="n">
-        <v>14.866656</v>
+        <v>14.861131</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F21" t="n">
-        <v>306.26</v>
+        <v>303.7</v>
       </c>
       <c r="G21" t="n">
-        <v>3.127533</v>
+        <v>0.910739</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:56:00</t>
         </is>
       </c>
       <c r="I21" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>Nong Krathum</t>
+          <t>Tha Khanun</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>Doem Bang Nang Buat</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr"/>
       <c r="P21" t="inlineStr"/>
       <c r="Q21" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>3c85d394-25d5-4264-8a3d-4bbbc6b9c4b8</t>
+          <t>b89e400e-1848-41af-b059-8daf3564f140</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>100.93735</v>
+        <v>98.629784</v>
       </c>
       <c r="C22" t="n">
-        <v>14.9328</v>
+        <v>16.716372</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F22" t="n">
-        <v>301</v>
+        <v>315.24</v>
       </c>
       <c r="G22" t="n">
-        <v>1.21</v>
+        <v>1.541741</v>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I22" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Phrathat Pha Daeng</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...2 lines deleted...]
-      <c r="N22" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>ป่าแม่สอด</t>
+        </is>
+      </c>
       <c r="O22" t="inlineStr"/>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>35595b46-3032-408d-a49e-cbff7c8e7661</t>
+          <t>fe5ca491-c201-4a9a-9733-1a69530aaf22</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>100.93837</v>
+        <v>98.631981</v>
       </c>
       <c r="C23" t="n">
-        <v>14.932825</v>
+        <v>16.729799</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F23" t="n">
-        <v>301.01</v>
+        <v>302.61</v>
       </c>
       <c r="G23" t="n">
-        <v>1.209303</v>
+        <v>0.900621</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I23" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Mae Pa</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...2 lines deleted...]
-      <c r="N23" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr">
+        <is>
+          <t>ป่าแม่สอด</t>
+        </is>
+      </c>
       <c r="O23" t="inlineStr"/>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>91f22aa6-0f03-47eb-9f2a-5f6c509409be</t>
+          <t>5347ff09-1bcc-4c49-80f6-576d330f6794</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>101.03601</v>
+        <v>98.749825</v>
       </c>
       <c r="C24" t="n">
-        <v>14.64993</v>
+        <v>16.609133</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>299.71</v>
+        <v>303.39</v>
       </c>
       <c r="G24" t="n">
-        <v>1.76</v>
+        <v>0.627874</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>2026-02-25 02:42:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I24" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Mae Ku</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...2 lines deleted...]
-      <c r="N24" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr">
+        <is>
+          <t>ป่าแม่สอด</t>
+        </is>
+      </c>
       <c r="O24" t="inlineStr"/>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>44dbe0ab-0dc2-4533-bfbf-7f21b0f6a9d4</t>
+          <t>158cd82a-3ee1-452b-a6ec-1b3ad8118bf9</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>101.037292</v>
+        <v>98.777176</v>
       </c>
       <c r="C25" t="n">
-        <v>14.6497</v>
+        <v>14.581376</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>299.71</v>
+        <v>300.92</v>
       </c>
       <c r="G25" t="n">
-        <v>1.749822</v>
+        <v>0.581697</v>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:56:00</t>
         </is>
       </c>
       <c r="I25" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Lin Thin</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N25" t="inlineStr"/>
-      <c r="O25" t="inlineStr"/>
-      <c r="P25" t="inlineStr"/>
+      <c r="O25" t="inlineStr">
+        <is>
+          <t>Khuean Sinakharin</t>
+        </is>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>กลุ่มป่ารอบเขื่อนศรีนครินทร์</t>
+        </is>
+      </c>
       <c r="Q25" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>729d33e7-d97a-44f0-ac48-68dd7db9b07f</t>
+          <t>e9a670a0-8909-465e-98ec-d5652c176e51</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>101.03869</v>
+        <v>98.784897</v>
       </c>
       <c r="C26" t="n">
-        <v>14.64839</v>
+        <v>14.58359</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>303.23</v>
+        <v>302.33</v>
       </c>
       <c r="G26" t="n">
-        <v>1.81</v>
+        <v>0.785</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>2026-02-25 02:42:00</t>
+          <t>2026-03-18 01:56:00</t>
         </is>
       </c>
       <c r="I26" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
-          <t>2026-02-25 04:48:34.940718+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Lin Thin</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...4 lines deleted...]
-      <c r="P26" t="inlineStr"/>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr">
+        <is>
+          <t>ป่าเขาพระฤาษี และป่าเขาบ่อแร่ แปลงที่1</t>
+        </is>
+      </c>
+      <c r="O26" t="inlineStr">
+        <is>
+          <t>Khuean Sinakharin</t>
+        </is>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>กลุ่มป่ารอบเขื่อนศรีนครินทร์</t>
+        </is>
+      </c>
       <c r="Q26" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>129adce3-9774-4a21-8ef5-7b30cda05ce7</t>
+          <t>f52964a5-895d-48c2-a47c-9469d48c1433</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>101.040352</v>
+        <v>99.01005600000001</v>
       </c>
       <c r="C27" t="n">
-        <v>14.648273</v>
+        <v>9.022162</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F27" t="n">
-        <v>303.23</v>
+        <v>309.49</v>
       </c>
       <c r="G27" t="n">
-        <v>1.809885</v>
+        <v>0.933779</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>2026-02-25 02:40:00</t>
+          <t>2026-03-18 01:58:00</t>
         </is>
       </c>
       <c r="I27" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
-          <t>2026-02-25 03:34:24.635238+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Yan Yao</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Khiri Rat Nikhom</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Surat Thani</t>
         </is>
       </c>
       <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr"/>
       <c r="P27" t="inlineStr"/>
       <c r="Q27" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>64013c76-8bb2-4206-a581-76460111988e</t>
+          <t>99221498-7d39-4812-b9ec-a03dc063e97b</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>101.0765</v>
+        <v>99.01413700000001</v>
       </c>
       <c r="C28" t="n">
-        <v>14.63651</v>
+        <v>14.221588</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>303.76</v>
+        <v>308.89</v>
       </c>
       <c r="G28" t="n">
-        <v>1.59</v>
+        <v>0.847269</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>2026-02-25 01:02:00</t>
+          <t>2026-03-18 01:56:00</t>
         </is>
       </c>
       <c r="I28" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>Thap Kwang</t>
+          <t>Wang Krachae</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Sai Yok</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N28" t="inlineStr">
         <is>
-          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+          <t>ป่าวังใหญ่ และป่าแม่น้ำน้อย</t>
         </is>
       </c>
       <c r="O28" t="inlineStr"/>
-      <c r="P28" t="inlineStr"/>
+      <c r="P28" t="inlineStr">
+        <is>
+          <t>กลุ่มป่ารอบเขื่อนศรีนครินทร์</t>
+        </is>
+      </c>
       <c r="Q28" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>862bc897-99dc-4657-8c3c-9d4c06088405</t>
+          <t>eadfcb68-e452-4ccb-9139-1e483a497509</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>101.078362</v>
+        <v>99.042145</v>
       </c>
       <c r="C29" t="n">
-        <v>14.636564</v>
+        <v>8.264412</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F29" t="n">
-        <v>303.77</v>
+        <v>304.29</v>
       </c>
       <c r="G29" t="n">
-        <v>1.581867</v>
+        <v>0.659285</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:58:00</t>
         </is>
       </c>
       <c r="I29" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>Thap Kwang</t>
+          <t>Khao Phanom</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Khao Phanom</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Krabi</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr"/>
       <c r="P29" t="inlineStr"/>
       <c r="Q29" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>a5b27917-ed62-462e-a60a-f29a47a22249</t>
+          <t>a1410af6-7aad-47bb-bab7-affaec4709d4</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>104.78259</v>
+        <v>99.075531</v>
       </c>
       <c r="C30" t="n">
-        <v>15.63366</v>
+        <v>16.747446</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>301.82</v>
+        <v>303.67</v>
       </c>
       <c r="G30" t="n">
-        <v>0.27</v>
+        <v>0.370359</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I30" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>Rai Khi</t>
+          <t>Nong Bua Tai</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>Lue Amnat</t>
+          <t>Mueang Tak</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
-          <t>Amnat Charoen</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N30" t="inlineStr"/>
-      <c r="O30" t="inlineStr"/>
+      <c r="O30" t="inlineStr">
+        <is>
+          <t>Lan Sang</t>
+        </is>
+      </c>
       <c r="P30" t="inlineStr"/>
       <c r="Q30" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>604e346c-ea39-48fb-9110-b1d72ba66492</t>
+          <t>a07d88a5-1d64-4d86-8174-26dbcb8108d1</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>104.783127</v>
+        <v>99.07916299999999</v>
       </c>
       <c r="C31" t="n">
-        <v>15.633738</v>
+        <v>16.746895</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F31" t="n">
-        <v>301.82</v>
+        <v>309.98</v>
       </c>
       <c r="G31" t="n">
-        <v>0.274369</v>
+        <v>1.026453</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:55:00</t>
         </is>
       </c>
       <c r="I31" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>Rai Khi</t>
+          <t>Nong Bua Tai</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>Lue Amnat</t>
+          <t>Mueang Tak</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>Amnat Charoen</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr"/>
       <c r="P31" t="inlineStr"/>
       <c r="Q31" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>ad1c3594-deaa-440a-9a1c-96dc83c87814</t>
+          <t>72dabdd5-ea99-4bc3-82d4-9a88d67eab9f</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>105.44335</v>
+        <v>99.280602</v>
       </c>
       <c r="C32" t="n">
-        <v>15.64619</v>
+        <v>13.928491</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>302.61</v>
+        <v>328.63</v>
       </c>
       <c r="G32" t="n">
-        <v>0.52</v>
+        <v>2.611364</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:56:00</t>
         </is>
       </c>
       <c r="I32" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
-          <t>2026-02-25 03:03:02.876583+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>Nam Thaeng</t>
+          <t>Chorakhe Phueak</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Si Mueang Mai</t>
+          <t>Dan Makham Tia</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
-          <t>Ubon Ratchathani</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr"/>
       <c r="P32" t="inlineStr"/>
       <c r="Q32" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>2ed8370e-dd6f-4f7e-80b6-656f1a02c7f7</t>
+          <t>9b9bdce6-c220-47f1-9c87-1229015d038d</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>105.444054</v>
+        <v>99.372147</v>
       </c>
       <c r="C33" t="n">
-        <v>15.646361</v>
+        <v>7.537507</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>NOAA20</t>
+          <t>NOAA21</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F33" t="n">
-        <v>302.62</v>
+        <v>305.52</v>
       </c>
       <c r="G33" t="n">
-        <v>0.529353</v>
+        <v>0.6887180000000001</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2026-02-25 01:00:00</t>
+          <t>2026-03-18 01:58:00</t>
         </is>
       </c>
       <c r="I33" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:08.342251+00:00</t>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>Nam Thaeng</t>
+          <t>Mai Fat</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Si Mueang Mai</t>
+          <t>Sikao</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>Ubon Ratchathani</t>
+          <t>Trang</t>
         </is>
       </c>
       <c r="N33" t="inlineStr">
         <is>
-          <t>ป่าดงภูโหล่น</t>
+          <t>ป่าสายควนหละ และป่าเขาหวาง</t>
         </is>
       </c>
       <c r="O33" t="inlineStr"/>
       <c r="P33" t="inlineStr"/>
       <c r="Q33" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>cbfe4cfd-6b33-4051-b235-66308c5f28a1</t>
+        </is>
+      </c>
+      <c r="B34" t="n">
+        <v>99.395355</v>
+      </c>
+      <c r="C34" t="n">
+        <v>14.359945</v>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>328.24</v>
+      </c>
+      <c r="G34" t="n">
+        <v>3.418081</v>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I34" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>Bo Phloi</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>Bo Phloi</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr"/>
+      <c r="O34" t="inlineStr"/>
+      <c r="P34" t="inlineStr"/>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>03e04f4d-7979-4969-8a41-23911d558d0a</t>
+        </is>
+      </c>
+      <c r="B35" t="n">
+        <v>99.42609400000001</v>
+      </c>
+      <c r="C35" t="n">
+        <v>13.714801</v>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>331</v>
+      </c>
+      <c r="G35" t="n">
+        <v>3.96081</v>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I35" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>Kaem On</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>Chom Bueng</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr"/>
+      <c r="O35" t="inlineStr"/>
+      <c r="P35" t="inlineStr"/>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>24a6afa4-e3c7-4235-b09a-af43acfc1dfb</t>
+        </is>
+      </c>
+      <c r="B36" t="n">
+        <v>99.44272599999999</v>
+      </c>
+      <c r="C36" t="n">
+        <v>16.507755</v>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>313.53</v>
+      </c>
+      <c r="G36" t="n">
+        <v>1.360516</v>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I36" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>Songtham</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>Mueang Kamphaeng Phet</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>Kamphaeng Phet</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr"/>
+      <c r="O36" t="inlineStr"/>
+      <c r="P36" t="inlineStr"/>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>c8cba9b5-2f9d-4747-83a8-d6984884f761</t>
+        </is>
+      </c>
+      <c r="B37" t="n">
+        <v>99.460419</v>
+      </c>
+      <c r="C37" t="n">
+        <v>13.640965</v>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>332.32</v>
+      </c>
+      <c r="G37" t="n">
+        <v>3.982577</v>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I37" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K37" t="inlineStr">
+        <is>
+          <t>Dan Thap Tako</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>Chom Bueng</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
+        </is>
+      </c>
+      <c r="O37" t="inlineStr"/>
+      <c r="P37" t="inlineStr"/>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>733246ee-0b60-450c-ae43-4b41299d9c08</t>
+        </is>
+      </c>
+      <c r="B38" t="n">
+        <v>99.46096</v>
+      </c>
+      <c r="C38" t="n">
+        <v>13.64426</v>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>338.62</v>
+      </c>
+      <c r="G38" t="n">
+        <v>3.982577</v>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I38" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>Dan Thap Tako</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>Chom Bueng</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr"/>
+      <c r="P38" t="inlineStr"/>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>d10980bc-7e84-488f-8d12-1471734c55af</t>
+        </is>
+      </c>
+      <c r="B39" t="n">
+        <v>99.52356</v>
+      </c>
+      <c r="C39" t="n">
+        <v>8.364629000000001</v>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>309.24</v>
+      </c>
+      <c r="G39" t="n">
+        <v>1.003241</v>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:58:00</t>
+        </is>
+      </c>
+      <c r="I39" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>Lak Chang</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>Chang Klang</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>Nakhon Si Thammarat</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr"/>
+      <c r="O39" t="inlineStr"/>
+      <c r="P39" t="inlineStr"/>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>f07f87e2-04e7-41e5-84ab-21f1fc51a6c1</t>
+        </is>
+      </c>
+      <c r="B40" t="n">
+        <v>99.542091</v>
+      </c>
+      <c r="C40" t="n">
+        <v>8.276742</v>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F40" t="n">
+        <v>307.85</v>
+      </c>
+      <c r="G40" t="n">
+        <v>0.789942</v>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:58:00</t>
+        </is>
+      </c>
+      <c r="I40" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>Kaeo Saen</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>Na Bon</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>Nakhon Si Thammarat</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr"/>
+      <c r="O40" t="inlineStr"/>
+      <c r="P40" t="inlineStr"/>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>2a0e75c6-149e-48bf-b2d6-b9f1c75694d2</t>
+        </is>
+      </c>
+      <c r="B41" t="n">
+        <v>99.62940999999999</v>
+      </c>
+      <c r="C41" t="n">
+        <v>16.836323</v>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F41" t="n">
+        <v>314.27</v>
+      </c>
+      <c r="G41" t="n">
+        <v>1.491757</v>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I41" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K41" t="inlineStr">
+        <is>
+          <t>Ban Namphu</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>Khiri Mat</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>Sukhothai</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr">
+        <is>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O41" t="inlineStr">
+        <is>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr"/>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>e44103ed-1296-466e-93c1-3bb6ca32b867</t>
+        </is>
+      </c>
+      <c r="B42" t="n">
+        <v>99.63303399999999</v>
+      </c>
+      <c r="C42" t="n">
+        <v>16.835762</v>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F42" t="n">
+        <v>308.32</v>
+      </c>
+      <c r="G42" t="n">
+        <v>0.92698</v>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I42" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>Ban Namphu</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Khiri Mat</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>Sukhothai</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O42" t="inlineStr">
+        <is>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr"/>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>07162de9-896f-4809-beee-bed97e284fec</t>
+        </is>
+      </c>
+      <c r="B43" t="n">
+        <v>99.63549</v>
+      </c>
+      <c r="C43" t="n">
+        <v>16.828613</v>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F43" t="n">
+        <v>306.4</v>
+      </c>
+      <c r="G43" t="n">
+        <v>1.585891</v>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I43" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Ban Namphu</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Khiri Mat</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>Sukhothai</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O43" t="inlineStr">
+        <is>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P43" t="inlineStr"/>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>640e648a-4ef0-4eb4-a2d7-89c551b6dd06</t>
+        </is>
+      </c>
+      <c r="B44" t="n">
+        <v>99.63607</v>
+      </c>
+      <c r="C44" t="n">
+        <v>16.831909</v>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F44" t="n">
+        <v>320.57</v>
+      </c>
+      <c r="G44" t="n">
+        <v>1.585891</v>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I44" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>Ban Namphu</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Khiri Mat</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>Sukhothai</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O44" t="inlineStr">
+        <is>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P44" t="inlineStr"/>
+      <c r="Q44" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>75e44759-164a-44c9-8dcd-123f15d57d33</t>
+        </is>
+      </c>
+      <c r="B45" t="n">
+        <v>99.63666499999999</v>
+      </c>
+      <c r="C45" t="n">
+        <v>16.835203</v>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F45" t="n">
+        <v>310.87</v>
+      </c>
+      <c r="G45" t="n">
+        <v>0.92698</v>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I45" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>Ban Namphu</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Khiri Mat</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>Sukhothai</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr">
+        <is>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O45" t="inlineStr">
+        <is>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P45" t="inlineStr"/>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>f910f4cb-85a1-4289-97de-172dc6880eaa</t>
+        </is>
+      </c>
+      <c r="B46" t="n">
+        <v>99.637238</v>
+      </c>
+      <c r="C46" t="n">
+        <v>16.838499</v>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F46" t="n">
+        <v>306.42</v>
+      </c>
+      <c r="G46" t="n">
+        <v>0.92698</v>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I46" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>Ban Namphu</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>Khiri Mat</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>Sukhothai</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr">
+        <is>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O46" t="inlineStr">
+        <is>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P46" t="inlineStr"/>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>b792c27d-2ec5-41ec-b341-88abde8047af</t>
+        </is>
+      </c>
+      <c r="B47" t="n">
+        <v>99.669411</v>
+      </c>
+      <c r="C47" t="n">
+        <v>12.899892</v>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F47" t="n">
+        <v>310.27</v>
+      </c>
+      <c r="G47" t="n">
+        <v>0.661971</v>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I47" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K47" t="inlineStr">
+        <is>
+          <t>Kaeng Krachan</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>Kaeng Krachan</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr"/>
+      <c r="O47" t="inlineStr"/>
+      <c r="P47" t="inlineStr"/>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>518fccae-b092-4ea5-b610-814b7dbb2d37</t>
+        </is>
+      </c>
+      <c r="B48" t="n">
+        <v>99.68609600000001</v>
+      </c>
+      <c r="C48" t="n">
+        <v>7.973403</v>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F48" t="n">
+        <v>313.48</v>
+      </c>
+      <c r="G48" t="n">
+        <v>1.361591</v>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:58:00</t>
+        </is>
+      </c>
+      <c r="I48" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>Ratsada</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>Trang</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr"/>
+      <c r="O48" t="inlineStr"/>
+      <c r="P48" t="inlineStr"/>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>058179bb-c978-4962-92b6-6f90e49402ed</t>
+        </is>
+      </c>
+      <c r="B49" t="n">
+        <v>99.692238</v>
+      </c>
+      <c r="C49" t="n">
+        <v>13.471765</v>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F49" t="n">
+        <v>303.85</v>
+      </c>
+      <c r="G49" t="n">
+        <v>0.594105</v>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I49" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J49" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K49" t="inlineStr">
+        <is>
+          <t>Ang Hin</t>
+        </is>
+      </c>
+      <c r="L49" t="inlineStr">
+        <is>
+          <t>Pak Tho</t>
+        </is>
+      </c>
+      <c r="M49" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N49" t="inlineStr"/>
+      <c r="O49" t="inlineStr"/>
+      <c r="P49" t="inlineStr"/>
+      <c r="Q49" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>a0ca6b52-b00b-4c2a-9094-6da013faf321</t>
+        </is>
+      </c>
+      <c r="B50" t="n">
+        <v>99.727386</v>
+      </c>
+      <c r="C50" t="n">
+        <v>13.704528</v>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F50" t="n">
+        <v>309.54</v>
+      </c>
+      <c r="G50" t="n">
+        <v>1.235798</v>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I50" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J50" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K50" t="inlineStr">
+        <is>
+          <t>Khao Cha-Ngum</t>
+        </is>
+      </c>
+      <c r="L50" t="inlineStr">
+        <is>
+          <t>Photharam</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N50" t="inlineStr"/>
+      <c r="O50" t="inlineStr"/>
+      <c r="P50" t="inlineStr"/>
+      <c r="Q50" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>0fb286c6-0d32-4ddf-9d4d-2dace7eafc9c</t>
+        </is>
+      </c>
+      <c r="B51" t="n">
+        <v>99.797394</v>
+      </c>
+      <c r="C51" t="n">
+        <v>17.824667</v>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F51" t="n">
+        <v>301.82</v>
+      </c>
+      <c r="G51" t="n">
+        <v>0.931831</v>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I51" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J51" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K51" t="inlineStr">
+        <is>
+          <t>Na Phun</t>
+        </is>
+      </c>
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>Wang Chin</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr">
+        <is>
+          <t>Phrae</t>
+        </is>
+      </c>
+      <c r="N51" t="inlineStr">
+        <is>
+          <t>ป่าแม่ยมฝั่งตะวันออก</t>
+        </is>
+      </c>
+      <c r="O51" t="inlineStr"/>
+      <c r="P51" t="inlineStr"/>
+      <c r="Q51" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>303459a1-d4ea-4b28-8601-770c0460ecc7</t>
+        </is>
+      </c>
+      <c r="B52" t="n">
+        <v>99.855057</v>
+      </c>
+      <c r="C52" t="n">
+        <v>18.125591</v>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F52" t="n">
+        <v>304.87</v>
+      </c>
+      <c r="G52" t="n">
+        <v>0.644595</v>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I52" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J52" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K52" t="inlineStr">
+        <is>
+          <t>Ban Pin</t>
+        </is>
+      </c>
+      <c r="L52" t="inlineStr">
+        <is>
+          <t>Long</t>
+        </is>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>Phrae</t>
+        </is>
+      </c>
+      <c r="N52" t="inlineStr">
+        <is>
+          <t>ป่าแม่ลานและป่าแม่กาง</t>
+        </is>
+      </c>
+      <c r="O52" t="inlineStr"/>
+      <c r="P52" t="inlineStr"/>
+      <c r="Q52" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>151ed183-54bc-4e00-aac7-dde3e86d0d46</t>
+        </is>
+      </c>
+      <c r="B53" t="n">
+        <v>99.862236</v>
+      </c>
+      <c r="C53" t="n">
+        <v>18.253731</v>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F53" t="n">
+        <v>303.38</v>
+      </c>
+      <c r="G53" t="n">
+        <v>0.9479109999999999</v>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I53" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J53" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K53" t="inlineStr">
+        <is>
+          <t>Ban Pin</t>
+        </is>
+      </c>
+      <c r="L53" t="inlineStr">
+        <is>
+          <t>Long</t>
+        </is>
+      </c>
+      <c r="M53" t="inlineStr">
+        <is>
+          <t>Phrae</t>
+        </is>
+      </c>
+      <c r="N53" t="inlineStr">
+        <is>
+          <t>ป่าแม่ลานและป่าแม่กาง</t>
+        </is>
+      </c>
+      <c r="O53" t="inlineStr"/>
+      <c r="P53" t="inlineStr"/>
+      <c r="Q53" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>790e820f-e273-4c5e-aec5-f24a384e5152</t>
+        </is>
+      </c>
+      <c r="B54" t="n">
+        <v>99.884438</v>
+      </c>
+      <c r="C54" t="n">
+        <v>14.150304</v>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F54" t="n">
+        <v>303.59</v>
+      </c>
+      <c r="G54" t="n">
+        <v>0.649077</v>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I54" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K54" t="inlineStr">
+        <is>
+          <t>Bo Suphan</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Song Phi Nong</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr">
+        <is>
+          <t>Suphan Buri</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr"/>
+      <c r="O54" t="inlineStr"/>
+      <c r="P54" t="inlineStr"/>
+      <c r="Q54" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>d333ea77-3311-4ae0-b77d-400e67f46e2a</t>
+        </is>
+      </c>
+      <c r="B55" t="n">
+        <v>99.911812</v>
+      </c>
+      <c r="C55" t="n">
+        <v>14.074186</v>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F55" t="n">
+        <v>305.94</v>
+      </c>
+      <c r="G55" t="n">
+        <v>0.655434</v>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I55" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K55" t="inlineStr">
+        <is>
+          <t>Thung Luk Nok</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Kamphaeng Saen</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>Nakhon Pathom</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr"/>
+      <c r="O55" t="inlineStr"/>
+      <c r="P55" t="inlineStr"/>
+      <c r="Q55" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>1c74f23a-1fec-464f-ae35-430aeef57fb7</t>
+        </is>
+      </c>
+      <c r="B56" t="n">
+        <v>99.94098700000001</v>
+      </c>
+      <c r="C56" t="n">
+        <v>18.326839</v>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F56" t="n">
+        <v>310.46</v>
+      </c>
+      <c r="G56" t="n">
+        <v>1.034402</v>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I56" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>Wiang Ta</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Long</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>Phrae</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>ป่าแม่ต้าตอนขุน</t>
+        </is>
+      </c>
+      <c r="O56" t="inlineStr"/>
+      <c r="P56" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าแม่ยม</t>
+        </is>
+      </c>
+      <c r="Q56" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>f1e85f49-6804-4041-b2fd-aa81052360f3</t>
+        </is>
+      </c>
+      <c r="B57" t="n">
+        <v>99.94156599999999</v>
+      </c>
+      <c r="C57" t="n">
+        <v>18.330133</v>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F57" t="n">
+        <v>315</v>
+      </c>
+      <c r="G57" t="n">
+        <v>1.034402</v>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I57" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K57" t="inlineStr">
+        <is>
+          <t>Wiang Ta</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Long</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>Phrae</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>ป่าแม่ต้าตอนขุน</t>
+        </is>
+      </c>
+      <c r="O57" t="inlineStr"/>
+      <c r="P57" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าแม่ยม</t>
+        </is>
+      </c>
+      <c r="Q57" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>a598f3f9-f99a-48c3-8317-cc9847765487</t>
+        </is>
+      </c>
+      <c r="B58" t="n">
+        <v>100.009254</v>
+      </c>
+      <c r="C58" t="n">
+        <v>17.611193</v>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F58" t="n">
+        <v>310.38</v>
+      </c>
+      <c r="G58" t="n">
+        <v>0.822747</v>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I58" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>Chai Chumphon</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Laplae</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr"/>
+      <c r="O58" t="inlineStr"/>
+      <c r="P58" t="inlineStr"/>
+      <c r="Q58" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>e995f514-06fb-4035-a903-057eaebcc910</t>
+        </is>
+      </c>
+      <c r="B59" t="n">
+        <v>100.135857</v>
+      </c>
+      <c r="C59" t="n">
+        <v>20.046415</v>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F59" t="n">
+        <v>301.66</v>
+      </c>
+      <c r="G59" t="n">
+        <v>0.411074</v>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I59" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J59" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K59" t="inlineStr">
+        <is>
+          <t>Pa Sang</t>
+        </is>
+      </c>
+      <c r="L59" t="inlineStr">
+        <is>
+          <t>Wiang Chiang Rung</t>
+        </is>
+      </c>
+      <c r="M59" t="inlineStr">
+        <is>
+          <t>Chiang Rai</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr">
+        <is>
+          <t>ป่าห้วยสักและป่าแม่กกฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O59" t="inlineStr"/>
+      <c r="P59" t="inlineStr"/>
+      <c r="Q59" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>782aac8f-99c4-4ba3-b2d4-209ef1635089</t>
+        </is>
+      </c>
+      <c r="B60" t="n">
+        <v>100.157181</v>
+      </c>
+      <c r="C60" t="n">
+        <v>6.834846</v>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F60" t="n">
+        <v>304.53</v>
+      </c>
+      <c r="G60" t="n">
+        <v>1.089337</v>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:58:00</t>
+        </is>
+      </c>
+      <c r="I60" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K60" t="inlineStr">
+        <is>
+          <t>Thung Nui</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>Khuan Kalong</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>Satun</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>ป่าหัวกะหมิง</t>
+        </is>
+      </c>
+      <c r="O60" t="inlineStr"/>
+      <c r="P60" t="inlineStr"/>
+      <c r="Q60" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>d6e9f0a5-09f5-454c-ac99-bbc34ed09f08</t>
+        </is>
+      </c>
+      <c r="B61" t="n">
+        <v>100.208839</v>
+      </c>
+      <c r="C61" t="n">
+        <v>17.358677</v>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F61" t="n">
+        <v>304.18</v>
+      </c>
+      <c r="G61" t="n">
+        <v>0.866447</v>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I61" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K61" t="inlineStr">
+        <is>
+          <t>Na Yang</t>
+        </is>
+      </c>
+      <c r="L61" t="inlineStr">
+        <is>
+          <t>Phichai</t>
+        </is>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr">
+        <is>
+          <t>ป่านาอิน-นายาง</t>
+        </is>
+      </c>
+      <c r="O61" t="inlineStr"/>
+      <c r="P61" t="inlineStr"/>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>859ae64f-f69a-4ed6-a76a-b0f462910ae2</t>
+        </is>
+      </c>
+      <c r="B62" t="n">
+        <v>100.275658</v>
+      </c>
+      <c r="C62" t="n">
+        <v>18.578329</v>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F62" t="n">
+        <v>306.17</v>
+      </c>
+      <c r="G62" t="n">
+        <v>0.777457</v>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I62" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K62" t="inlineStr">
+        <is>
+          <t>Tao Pun</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>Song</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>Phrae</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>ป่าแม่สอง</t>
+        </is>
+      </c>
+      <c r="O62" t="inlineStr"/>
+      <c r="P62" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าแม่ยม</t>
+        </is>
+      </c>
+      <c r="Q62" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>cf5ce8ce-15f3-416b-adc6-7c0b1d1c79f9</t>
+        </is>
+      </c>
+      <c r="B63" t="n">
+        <v>100.384743</v>
+      </c>
+      <c r="C63" t="n">
+        <v>17.746832</v>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F63" t="n">
+        <v>304.19</v>
+      </c>
+      <c r="G63" t="n">
+        <v>0.79043</v>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I63" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K63" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>ป่าลำน้ำน่านฝั่ขวา</t>
+        </is>
+      </c>
+      <c r="O63" t="inlineStr"/>
+      <c r="P63" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q63" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>73a9314b-315a-49ff-9810-6b407d810ee3</t>
+        </is>
+      </c>
+      <c r="B64" t="n">
+        <v>100.385315</v>
+      </c>
+      <c r="C64" t="n">
+        <v>17.750122</v>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F64" t="n">
+        <v>307.7</v>
+      </c>
+      <c r="G64" t="n">
+        <v>0.79043</v>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I64" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J64" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K64" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="L64" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M64" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr">
+        <is>
+          <t>ป่าลำน้ำน่านฝั่ขวา</t>
+        </is>
+      </c>
+      <c r="O64" t="inlineStr"/>
+      <c r="P64" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q64" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>5b4f321b-b353-4ccf-b87f-30a1f523412d</t>
+        </is>
+      </c>
+      <c r="B65" t="n">
+        <v>100.441139</v>
+      </c>
+      <c r="C65" t="n">
+        <v>17.710943</v>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F65" t="n">
+        <v>305.55</v>
+      </c>
+      <c r="G65" t="n">
+        <v>0.887612</v>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I65" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K65" t="inlineStr">
+        <is>
+          <t>Pha Lueat</t>
+        </is>
+      </c>
+      <c r="L65" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr"/>
+      <c r="O65" t="inlineStr"/>
+      <c r="P65" t="inlineStr"/>
+      <c r="Q65" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>060fe57b-ed38-4cfc-b598-f37481334b45</t>
+        </is>
+      </c>
+      <c r="B66" t="n">
+        <v>100.463272</v>
+      </c>
+      <c r="C66" t="n">
+        <v>17.816454</v>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F66" t="n">
+        <v>308.76</v>
+      </c>
+      <c r="G66" t="n">
+        <v>1.007276</v>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I66" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K66" t="inlineStr">
+        <is>
+          <t>Pha Lueat</t>
+        </is>
+      </c>
+      <c r="L66" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M66" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr">
+        <is>
+          <t>ป่าลำน้ำน่านฝั่ขวา</t>
+        </is>
+      </c>
+      <c r="O66" t="inlineStr">
+        <is>
+          <t>Lam Nam Nan</t>
+        </is>
+      </c>
+      <c r="P66" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q66" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>dd0d5113-f629-4342-9ae6-799c3e674724</t>
+        </is>
+      </c>
+      <c r="B67" t="n">
+        <v>100.466301</v>
+      </c>
+      <c r="C67" t="n">
+        <v>17.812601</v>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F67" t="n">
+        <v>307.84</v>
+      </c>
+      <c r="G67" t="n">
+        <v>1.501916</v>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I67" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K67" t="inlineStr">
+        <is>
+          <t>Pha Lueat</t>
+        </is>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N67" t="inlineStr">
+        <is>
+          <t>ป่าลำน้ำน่านฝั่ขวา</t>
+        </is>
+      </c>
+      <c r="O67" t="inlineStr">
+        <is>
+          <t>Lam Nam Nan</t>
+        </is>
+      </c>
+      <c r="P67" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q67" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>610b0895-46c4-4ed6-80a0-054fdd69d0db</t>
+        </is>
+      </c>
+      <c r="B68" t="n">
+        <v>100.530266</v>
+      </c>
+      <c r="C68" t="n">
+        <v>16.705383</v>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F68" t="n">
+        <v>306.38</v>
+      </c>
+      <c r="G68" t="n">
+        <v>1.498401</v>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I68" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K68" t="inlineStr">
+        <is>
+          <t>Tha Muen Ram</t>
+        </is>
+      </c>
+      <c r="L68" t="inlineStr">
+        <is>
+          <t>Wang Thong</t>
+        </is>
+      </c>
+      <c r="M68" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N68" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O68" t="inlineStr"/>
+      <c r="P68" t="inlineStr"/>
+      <c r="Q68" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>68401618-b823-4fda-afa4-91b1bd9038d2</t>
+        </is>
+      </c>
+      <c r="B69" t="n">
+        <v>100.533844</v>
+      </c>
+      <c r="C69" t="n">
+        <v>16.704815</v>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F69" t="n">
+        <v>309.2</v>
+      </c>
+      <c r="G69" t="n">
+        <v>0.915096</v>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I69" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K69" t="inlineStr">
+        <is>
+          <t>Tha Muen Ram</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Wang Thong</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O69" t="inlineStr"/>
+      <c r="P69" t="inlineStr"/>
+      <c r="Q69" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>45c2a108-14f9-410b-907a-9d470f8f3379</t>
+        </is>
+      </c>
+      <c r="B70" t="n">
+        <v>100.537956</v>
+      </c>
+      <c r="C70" t="n">
+        <v>16.707548</v>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F70" t="n">
+        <v>305.49</v>
+      </c>
+      <c r="G70" t="n">
+        <v>1.449243</v>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I70" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K70" t="inlineStr">
+        <is>
+          <t>Tha Muen Ram</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>Wang Thong</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O70" t="inlineStr"/>
+      <c r="P70" t="inlineStr"/>
+      <c r="Q70" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>dc7fb115-89c6-49c1-b6e2-3119e40e6135</t>
+        </is>
+      </c>
+      <c r="B71" t="n">
+        <v>100.545662</v>
+      </c>
+      <c r="C71" t="n">
+        <v>16.709707</v>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F71" t="n">
+        <v>304.74</v>
+      </c>
+      <c r="G71" t="n">
+        <v>1.657141</v>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I71" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>Tha Muen Ram</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Wang Thong</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O71" t="inlineStr"/>
+      <c r="P71" t="inlineStr"/>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>808c1a5e-2905-473c-95eb-7d0bdb39995b</t>
+        </is>
+      </c>
+      <c r="B72" t="n">
+        <v>100.575829</v>
+      </c>
+      <c r="C72" t="n">
+        <v>17.938171</v>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>303.02</v>
+      </c>
+      <c r="G72" t="n">
+        <v>1.348498</v>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I72" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K72" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O72" t="inlineStr">
+        <is>
+          <t>Lam Nam Nan</t>
+        </is>
+      </c>
+      <c r="P72" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>976118fb-2488-46e7-8e65-2258dfd08465</t>
+        </is>
+      </c>
+      <c r="B73" t="n">
+        <v>100.581123</v>
+      </c>
+      <c r="C73" t="n">
+        <v>18.636259</v>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F73" t="n">
+        <v>305.53</v>
+      </c>
+      <c r="G73" t="n">
+        <v>0.534056</v>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I73" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>Mae Khaning</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>Wiang Sa</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr">
+        <is>
+          <t>ป่าห้วยแม่ขะนิง</t>
+        </is>
+      </c>
+      <c r="O73" t="inlineStr"/>
+      <c r="P73" t="inlineStr"/>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>19a077e6-eb09-4d41-a7da-cb92573600f5</t>
+        </is>
+      </c>
+      <c r="B74" t="n">
+        <v>100.581688</v>
+      </c>
+      <c r="C74" t="n">
+        <v>18.639551</v>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F74" t="n">
+        <v>303.38</v>
+      </c>
+      <c r="G74" t="n">
+        <v>0.534056</v>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I74" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K74" t="inlineStr">
+        <is>
+          <t>Mae Khaning</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>Wiang Sa</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr">
+        <is>
+          <t>ป่าห้วยแม่ขะนิง</t>
+        </is>
+      </c>
+      <c r="O74" t="inlineStr"/>
+      <c r="P74" t="inlineStr"/>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>aaa2c5b8-4591-4977-a228-4df132796415</t>
+        </is>
+      </c>
+      <c r="B75" t="n">
+        <v>100.59623</v>
+      </c>
+      <c r="C75" t="n">
+        <v>17.928198</v>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F75" t="n">
+        <v>304.91</v>
+      </c>
+      <c r="G75" t="n">
+        <v>0.850043</v>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I75" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K75" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O75" t="inlineStr">
+        <is>
+          <t>Lam Nam Nan</t>
+        </is>
+      </c>
+      <c r="P75" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q75" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>89596403-dbfb-411f-8bc5-ff1e9f4fd2ed</t>
+        </is>
+      </c>
+      <c r="B76" t="n">
+        <v>100.597931</v>
+      </c>
+      <c r="C76" t="n">
+        <v>17.93807</v>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F76" t="n">
+        <v>310.19</v>
+      </c>
+      <c r="G76" t="n">
+        <v>0.9425</v>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I76" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K76" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O76" t="inlineStr">
+        <is>
+          <t>Lam Nam Nan</t>
+        </is>
+      </c>
+      <c r="P76" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q76" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>e718841e-6bd4-4fb9-8b99-ac897d02d361</t>
+        </is>
+      </c>
+      <c r="B77" t="n">
+        <v>100.600929</v>
+      </c>
+      <c r="C77" t="n">
+        <v>16.711073</v>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F77" t="n">
+        <v>305.47</v>
+      </c>
+      <c r="G77" t="n">
+        <v>1.48411</v>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I77" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K77" t="inlineStr">
+        <is>
+          <t>Chomphu</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Noen Maprang</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O77" t="inlineStr"/>
+      <c r="P77" t="inlineStr"/>
+      <c r="Q77" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>8a1c2575-2a8a-4e7b-8ecc-46f7b31fc101</t>
+        </is>
+      </c>
+      <c r="B78" t="n">
+        <v>100.601448</v>
+      </c>
+      <c r="C78" t="n">
+        <v>16.714375</v>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F78" t="n">
+        <v>320.17</v>
+      </c>
+      <c r="G78" t="n">
+        <v>1.48411</v>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I78" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>Chomphu</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>Noen Maprang</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N78" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O78" t="inlineStr"/>
+      <c r="P78" t="inlineStr"/>
+      <c r="Q78" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>cca2682c-2809-4604-9615-66be99586bbe</t>
+        </is>
+      </c>
+      <c r="B79" t="n">
+        <v>100.603973</v>
+      </c>
+      <c r="C79" t="n">
+        <v>16.707203</v>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F79" t="n">
+        <v>315.89</v>
+      </c>
+      <c r="G79" t="n">
+        <v>1.636475</v>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I79" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K79" t="inlineStr">
+        <is>
+          <t>Chomphu</t>
+        </is>
+      </c>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>Noen Maprang</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N79" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O79" t="inlineStr"/>
+      <c r="P79" t="inlineStr"/>
+      <c r="Q79" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>9487378d-b1e1-4491-9ad3-b39e1acf1f3f</t>
+        </is>
+      </c>
+      <c r="B80" t="n">
+        <v>100.603973</v>
+      </c>
+      <c r="C80" t="n">
+        <v>17.930359</v>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F80" t="n">
+        <v>303.84</v>
+      </c>
+      <c r="G80" t="n">
+        <v>0.535243</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I80" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K80" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N80" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O80" t="inlineStr">
+        <is>
+          <t>Lam Nam Nan</t>
+        </is>
+      </c>
+      <c r="P80" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q80" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>71589259-59dd-4026-937e-0ce17a718a64</t>
+        </is>
+      </c>
+      <c r="B81" t="n">
+        <v>100.607033</v>
+      </c>
+      <c r="C81" t="n">
+        <v>16.703331</v>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F81" t="n">
+        <v>310.54</v>
+      </c>
+      <c r="G81" t="n">
+        <v>1.385312</v>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I81" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K81" t="inlineStr">
+        <is>
+          <t>Chomphu</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>Noen Maprang</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr"/>
+      <c r="P81" t="inlineStr"/>
+      <c r="Q81" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>b7fd0d12-23f9-4b63-90de-522983cd145f</t>
+        </is>
+      </c>
+      <c r="B82" t="n">
+        <v>100.610611</v>
+      </c>
+      <c r="C82" t="n">
+        <v>16.702761</v>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F82" t="n">
+        <v>311.6</v>
+      </c>
+      <c r="G82" t="n">
+        <v>1.385312</v>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I82" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K82" t="inlineStr">
+        <is>
+          <t>Chomphu</t>
+        </is>
+      </c>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>Noen Maprang</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr"/>
+      <c r="P82" t="inlineStr"/>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>ae6252a1-64e9-4954-9cd9-1a36d0d8763d</t>
+        </is>
+      </c>
+      <c r="B83" t="n">
+        <v>100.621361</v>
+      </c>
+      <c r="C83" t="n">
+        <v>16.701048</v>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F83" t="n">
+        <v>305.44</v>
+      </c>
+      <c r="G83" t="n">
+        <v>0.893946</v>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I83" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>Chomphu</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>Noen Maprang</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr"/>
+      <c r="P83" t="inlineStr"/>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>2b0ebe02-b22a-4388-8f0f-39a62dc69723</t>
+        </is>
+      </c>
+      <c r="B84" t="n">
+        <v>100.622986</v>
+      </c>
+      <c r="C84" t="n">
+        <v>17.869879</v>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F84" t="n">
+        <v>313.02</v>
+      </c>
+      <c r="G84" t="n">
+        <v>1.27098</v>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I84" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K84" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O84" t="inlineStr"/>
+      <c r="P84" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>bb11108f-83d3-4578-a69c-701415f0b9d7</t>
+        </is>
+      </c>
+      <c r="B85" t="n">
+        <v>100.62355</v>
+      </c>
+      <c r="C85" t="n">
+        <v>17.873169</v>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F85" t="n">
+        <v>319.08</v>
+      </c>
+      <c r="G85" t="n">
+        <v>1.167867</v>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I85" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O85" t="inlineStr"/>
+      <c r="P85" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>a7195436-a9c6-4d49-9849-e3f9291bddf0</t>
+        </is>
+      </c>
+      <c r="B86" t="n">
+        <v>100.624947</v>
+      </c>
+      <c r="C86" t="n">
+        <v>16.700478</v>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>307.71</v>
+      </c>
+      <c r="G86" t="n">
+        <v>0.893946</v>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I86" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>Chomphu</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Noen Maprang</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>Phitsanulok</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr"/>
+      <c r="P86" t="inlineStr"/>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>a23b2327-9d37-42cd-84ec-8060faaa7a41</t>
+        </is>
+      </c>
+      <c r="B87" t="n">
+        <v>100.627129</v>
+      </c>
+      <c r="C87" t="n">
+        <v>17.872604</v>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F87" t="n">
+        <v>311.25</v>
+      </c>
+      <c r="G87" t="n">
+        <v>1.167867</v>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I87" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K87" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr"/>
+      <c r="P87" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>0498bceb-ef10-4d73-898f-423e350d25a2</t>
+        </is>
+      </c>
+      <c r="B88" t="n">
+        <v>100.627693</v>
+      </c>
+      <c r="C88" t="n">
+        <v>17.875895</v>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F88" t="n">
+        <v>305.87</v>
+      </c>
+      <c r="G88" t="n">
+        <v>1.167867</v>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I88" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>Tha Faek</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Tha Pla</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>ป่าจริม</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr"/>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>27586eb5-2dd5-4524-9c9b-38b4163747d5</t>
+        </is>
+      </c>
+      <c r="B89" t="n">
+        <v>100.656616</v>
+      </c>
+      <c r="C89" t="n">
+        <v>17.806234</v>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F89" t="n">
+        <v>305.51</v>
+      </c>
+      <c r="G89" t="n">
+        <v>0.876233</v>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I89" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K89" t="inlineStr">
+        <is>
+          <t>Saen To</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>Nam Pat</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr">
+        <is>
+          <t>ป่าน้ำปาด</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr">
+        <is>
+          <t>Huai Phueng Wang Yao</t>
+        </is>
+      </c>
+      <c r="P89" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>2d7c88e1-5a22-4d35-8d9b-3afdaebd9a72</t>
+        </is>
+      </c>
+      <c r="B90" t="n">
+        <v>100.755417</v>
+      </c>
+      <c r="C90" t="n">
+        <v>18.448219</v>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>303.15</v>
+      </c>
+      <c r="G90" t="n">
+        <v>0.89195</v>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I90" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K90" t="inlineStr">
+        <is>
+          <t>San</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>Wiang Sa</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งขวาแม่น้ำน่าน ตอนใต้</t>
+        </is>
+      </c>
+      <c r="O90" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P90" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q90" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>c505fb48-7b24-49e1-95a4-e1520f7b11cd</t>
+        </is>
+      </c>
+      <c r="B91" t="n">
+        <v>100.762016</v>
+      </c>
+      <c r="C91" t="n">
+        <v>18.443792</v>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F91" t="n">
+        <v>312.05</v>
+      </c>
+      <c r="G91" t="n">
+        <v>1.702014</v>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I91" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K91" t="inlineStr">
+        <is>
+          <t>San</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>Wiang Sa</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งขวาแม่น้ำน่าน ตอนใต้</t>
+        </is>
+      </c>
+      <c r="O91" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P91" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q91" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>e8ebec5d-573e-4ce3-a82a-a7392fc06a6d</t>
+        </is>
+      </c>
+      <c r="B92" t="n">
+        <v>100.764145</v>
+      </c>
+      <c r="C92" t="n">
+        <v>14.567919</v>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F92" t="n">
+        <v>315.81</v>
+      </c>
+      <c r="G92" t="n">
+        <v>1.683851</v>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I92" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K92" t="inlineStr">
+        <is>
+          <t>Tha Luang</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>Tha Ruea</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>Phra Nakhon Si Ayutthaya</t>
+        </is>
+      </c>
+      <c r="N92" t="inlineStr"/>
+      <c r="O92" t="inlineStr"/>
+      <c r="P92" t="inlineStr"/>
+      <c r="Q92" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>5700d8e2-9add-488a-9a89-88b30e07beda</t>
+        </is>
+      </c>
+      <c r="B93" t="n">
+        <v>100.79216</v>
+      </c>
+      <c r="C93" t="n">
+        <v>18.296158</v>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F93" t="n">
+        <v>305.91</v>
+      </c>
+      <c r="G93" t="n">
+        <v>0.531575</v>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I93" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K93" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N93" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งขวาแม่น้ำน่าน ตอนใต้</t>
+        </is>
+      </c>
+      <c r="O93" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P93" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q93" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>e6c5a84e-3309-4485-9b0c-76a41ce55db3</t>
+        </is>
+      </c>
+      <c r="B94" t="n">
+        <v>100.795174</v>
+      </c>
+      <c r="C94" t="n">
+        <v>18.292299</v>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>305.86</v>
+      </c>
+      <c r="G94" t="n">
+        <v>1.352387</v>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I94" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K94" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งขวาแม่น้ำน่าน ตอนใต้</t>
+        </is>
+      </c>
+      <c r="O94" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P94" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>38f3d6c8-5e3e-467b-a025-6682b1f8367a</t>
+        </is>
+      </c>
+      <c r="B95" t="n">
+        <v>100.804047</v>
+      </c>
+      <c r="C95" t="n">
+        <v>14.67398</v>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F95" t="n">
+        <v>319.63</v>
+      </c>
+      <c r="G95" t="n">
+        <v>3.0377</v>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I95" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>Phu Krang</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>Phra Phutthabat</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr"/>
+      <c r="O95" t="inlineStr"/>
+      <c r="P95" t="inlineStr"/>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>46f99287-2c0c-48c1-8c5d-0e02c0bb7c4b</t>
+        </is>
+      </c>
+      <c r="B96" t="n">
+        <v>100.830048</v>
+      </c>
+      <c r="C96" t="n">
+        <v>14.407584</v>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F96" t="n">
+        <v>304.69</v>
+      </c>
+      <c r="G96" t="n">
+        <v>0.661895</v>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I96" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K96" t="inlineStr">
+        <is>
+          <t>Bua Loi</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Nong Khae</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr"/>
+      <c r="O96" t="inlineStr"/>
+      <c r="P96" t="inlineStr"/>
+      <c r="Q96" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>135c061b-ade2-46b1-849c-a756b6672d6f</t>
+        </is>
+      </c>
+      <c r="B97" t="n">
+        <v>100.930496</v>
+      </c>
+      <c r="C97" t="n">
+        <v>18.304647</v>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F97" t="n">
+        <v>310.62</v>
+      </c>
+      <c r="G97" t="n">
+        <v>1.038094</v>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I97" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J97" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K97" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O97" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P97" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q97" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>5d7a1516-576b-49f3-8ce4-5805480f9128</t>
+        </is>
+      </c>
+      <c r="B98" t="n">
+        <v>100.93354</v>
+      </c>
+      <c r="C98" t="n">
+        <v>18.300777</v>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F98" t="n">
+        <v>303.33</v>
+      </c>
+      <c r="G98" t="n">
+        <v>1.262237</v>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I98" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J98" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K98" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O98" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P98" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q98" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>eb647a6a-d218-477a-8d51-fc0ba73ff659</t>
+        </is>
+      </c>
+      <c r="B99" t="n">
+        <v>100.937454</v>
+      </c>
+      <c r="C99" t="n">
+        <v>18.174149</v>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F99" t="n">
+        <v>308.31</v>
+      </c>
+      <c r="G99" t="n">
+        <v>0.802946</v>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I99" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K99" t="inlineStr">
+        <is>
+          <t>Muang Chet Ton</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>Ban Khok</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N99" t="inlineStr">
+        <is>
+          <t>ป่าน้ำปาด</t>
+        </is>
+      </c>
+      <c r="O99" t="inlineStr">
+        <is>
+          <t>Mae Charim</t>
+        </is>
+      </c>
+      <c r="P99" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q99" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>6fc4717d-7d13-4dc3-b2a4-15cf96867bd2</t>
+        </is>
+      </c>
+      <c r="B100" t="n">
+        <v>100.950409</v>
+      </c>
+      <c r="C100" t="n">
+        <v>14.14239</v>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F100" t="n">
+        <v>305.12</v>
+      </c>
+      <c r="G100" t="n">
+        <v>0.668821</v>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I100" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J100" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K100" t="inlineStr">
+        <is>
+          <t>Bang Pla Kot</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>Ongkharak</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>Nakhon Nayok</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr"/>
+      <c r="O100" t="inlineStr"/>
+      <c r="P100" t="inlineStr"/>
+      <c r="Q100" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>0579b37b-636a-40c1-8a5b-6e48f8a41d93</t>
+        </is>
+      </c>
+      <c r="B101" t="n">
+        <v>100.95089</v>
+      </c>
+      <c r="C101" t="n">
+        <v>18.294624</v>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>313.8</v>
+      </c>
+      <c r="G101" t="n">
+        <v>1.879224</v>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I101" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K101" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N101" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O101" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P101" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q101" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>7b513d00-7873-42ad-a184-17713464908a</t>
+        </is>
+      </c>
+      <c r="B102" t="n">
+        <v>100.953407</v>
+      </c>
+      <c r="C102" t="n">
+        <v>18.287458</v>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>312.64</v>
+      </c>
+      <c r="G102" t="n">
+        <v>1.596019</v>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I102" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O102" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P102" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q102" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>805ef170-0d34-4b17-9ed4-e452f72af8a9</t>
+        </is>
+      </c>
+      <c r="B103" t="n">
+        <v>100.955452</v>
+      </c>
+      <c r="C103" t="n">
+        <v>18.171278</v>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F103" t="n">
+        <v>305.38</v>
+      </c>
+      <c r="G103" t="n">
+        <v>0.58738</v>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I103" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J103" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>Muang Chet Ton</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>Ban Khok</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N103" t="inlineStr">
+        <is>
+          <t>ป่าน้ำปาด</t>
+        </is>
+      </c>
+      <c r="O103" t="inlineStr">
+        <is>
+          <t>Mae Charim</t>
+        </is>
+      </c>
+      <c r="P103" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q103" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>67b0c313-56da-4ae8-b424-2387e52370dc</t>
+        </is>
+      </c>
+      <c r="B104" t="n">
+        <v>100.957558</v>
+      </c>
+      <c r="C104" t="n">
+        <v>18.29018</v>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F104" t="n">
+        <v>307.49</v>
+      </c>
+      <c r="G104" t="n">
+        <v>1.46626</v>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I104" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J104" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O104" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P104" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q104" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>c8c11aff-493d-4c2e-b346-e3ac910577b1</t>
+        </is>
+      </c>
+      <c r="B105" t="n">
+        <v>100.958321</v>
+      </c>
+      <c r="C105" t="n">
+        <v>15.95149</v>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F105" t="n">
+        <v>306.75</v>
+      </c>
+      <c r="G105" t="n">
+        <v>1.147086</v>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I105" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J105" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>Bua Watthana</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Nong Phai</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr">
+        <is>
+          <t>ป่าสองข้างทางสาย ชัยวิบูลย์</t>
+        </is>
+      </c>
+      <c r="O105" t="inlineStr"/>
+      <c r="P105" t="inlineStr"/>
+      <c r="Q105" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>051c04f5-161b-448c-ae87-7552eb75da77</t>
+        </is>
+      </c>
+      <c r="B106" t="n">
+        <v>100.97477</v>
+      </c>
+      <c r="C106" t="n">
+        <v>18.304361</v>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F106" t="n">
+        <v>306.03</v>
+      </c>
+      <c r="G106" t="n">
+        <v>0.873434</v>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I106" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J106" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>Chiang Khong</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>Na Noi</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O106" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P106" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
+      <c r="Q106" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>c99d7b1a-c4ac-4eba-8e44-a98a5b6f6354</t>
+        </is>
+      </c>
+      <c r="B107" t="n">
+        <v>101.034653</v>
+      </c>
+      <c r="C107" t="n">
+        <v>14.643239</v>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F107" t="n">
+        <v>305.39</v>
+      </c>
+      <c r="G107" t="n">
+        <v>1.310908</v>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I107" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J107" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr"/>
+      <c r="O107" t="inlineStr"/>
+      <c r="P107" t="inlineStr"/>
+      <c r="Q107" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>bd7254cb-e7e7-4a0d-a8e1-1b1e048e56ed</t>
+        </is>
+      </c>
+      <c r="B108" t="n">
+        <v>101.039452</v>
+      </c>
+      <c r="C108" t="n">
+        <v>14.649341</v>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F108" t="n">
+        <v>309.29</v>
+      </c>
+      <c r="G108" t="n">
+        <v>1.418886</v>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I108" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J108" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>Ban Pa</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr"/>
+      <c r="O108" t="inlineStr"/>
+      <c r="P108" t="inlineStr"/>
+      <c r="Q108" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>d304f34f-f722-4e03-b82b-b61d959df70a</t>
+        </is>
+      </c>
+      <c r="B109" t="n">
+        <v>101.039757</v>
+      </c>
+      <c r="C109" t="n">
+        <v>14.737771</v>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F109" t="n">
+        <v>305.35</v>
+      </c>
+      <c r="G109" t="n">
+        <v>1.055588</v>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I109" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J109" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>Hin Son</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr"/>
+      <c r="O109" t="inlineStr"/>
+      <c r="P109" t="inlineStr"/>
+      <c r="Q109" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>c05bc0b0-3b21-485e-8e5b-27f3fa7fbadb</t>
+        </is>
+      </c>
+      <c r="B110" t="n">
+        <v>101.077843</v>
+      </c>
+      <c r="C110" t="n">
+        <v>14.632721</v>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F110" t="n">
+        <v>325.05</v>
+      </c>
+      <c r="G110" t="n">
+        <v>3.154892</v>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I110" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr">
+        <is>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O110" t="inlineStr"/>
+      <c r="P110" t="inlineStr"/>
+      <c r="Q110" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>b58c2199-41df-40e9-b371-e545093a69de</t>
+        </is>
+      </c>
+      <c r="B111" t="n">
+        <v>101.097702</v>
+      </c>
+      <c r="C111" t="n">
+        <v>15.758513</v>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F111" t="n">
+        <v>304.93</v>
+      </c>
+      <c r="G111" t="n">
+        <v>0.62104</v>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I111" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>Bueng Krachap</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N111" t="inlineStr"/>
+      <c r="O111" t="inlineStr"/>
+      <c r="P111" t="inlineStr"/>
+      <c r="Q111" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>6b7a8e01-6377-47a7-87fb-b2465e9665c1</t>
+        </is>
+      </c>
+      <c r="B112" t="n">
+        <v>101.09993</v>
+      </c>
+      <c r="C112" t="n">
+        <v>14.629099</v>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F112" t="n">
+        <v>311.9</v>
+      </c>
+      <c r="G112" t="n">
+        <v>1.540808</v>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I112" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J112" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>Thap Kwang</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>Kaeng Khoi</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr"/>
+      <c r="O112" t="inlineStr"/>
+      <c r="P112" t="inlineStr"/>
+      <c r="Q112" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>895bfb2a-5986-4da5-ab85-ef306804fd01</t>
+        </is>
+      </c>
+      <c r="B113" t="n">
+        <v>101.187164</v>
+      </c>
+      <c r="C113" t="n">
+        <v>15.072035</v>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F113" t="n">
+        <v>321.09</v>
+      </c>
+      <c r="G113" t="n">
+        <v>2.65291</v>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I113" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J113" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>Tha Luang</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>Tha Luang</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr">
+        <is>
+          <t>ป่าไชยบาดาล</t>
+        </is>
+      </c>
+      <c r="O113" t="inlineStr"/>
+      <c r="P113" t="inlineStr"/>
+      <c r="Q113" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>ac6fff5f-d5f5-4449-9d28-95e0aed17652</t>
+        </is>
+      </c>
+      <c r="B114" t="n">
+        <v>101.192482</v>
+      </c>
+      <c r="C114" t="n">
+        <v>15.678677</v>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F114" t="n">
+        <v>343.55</v>
+      </c>
+      <c r="G114" t="n">
+        <v>8.898930999999999</v>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I114" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J114" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>Nam Ron</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>Wichian Buri</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>Phetchabun</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr"/>
+      <c r="O114" t="inlineStr"/>
+      <c r="P114" t="inlineStr"/>
+      <c r="Q114" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>9bebdb73-8047-4ccd-b3d9-6736b4baa4c9</t>
+        </is>
+      </c>
+      <c r="B115" t="n">
+        <v>101.300163</v>
+      </c>
+      <c r="C115" t="n">
+        <v>15.17993</v>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F115" t="n">
+        <v>328.83</v>
+      </c>
+      <c r="G115" t="n">
+        <v>2.358514</v>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I115" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J115" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K115" t="inlineStr">
+        <is>
+          <t>Na Som</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M115" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr">
+        <is>
+          <t>ป่าไชยบาดาล</t>
+        </is>
+      </c>
+      <c r="O115" t="inlineStr"/>
+      <c r="P115" t="inlineStr"/>
+      <c r="Q115" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>811c97c3-4479-450c-b8ec-c8e2791a5673</t>
+        </is>
+      </c>
+      <c r="B116" t="n">
+        <v>101.300774</v>
+      </c>
+      <c r="C116" t="n">
+        <v>15.183285</v>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F116" t="n">
+        <v>305.12</v>
+      </c>
+      <c r="G116" t="n">
+        <v>2.358514</v>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I116" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J116" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K116" t="inlineStr">
+        <is>
+          <t>Na Som</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N116" t="inlineStr">
+        <is>
+          <t>ป่าไชยบาดาล</t>
+        </is>
+      </c>
+      <c r="O116" t="inlineStr"/>
+      <c r="P116" t="inlineStr"/>
+      <c r="Q116" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>b78a9b94-f66b-4b0f-bb25-10fb0177aab6</t>
+        </is>
+      </c>
+      <c r="B117" t="n">
+        <v>101.306068</v>
+      </c>
+      <c r="C117" t="n">
+        <v>15.260461</v>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F117" t="n">
+        <v>311.18</v>
+      </c>
+      <c r="G117" t="n">
+        <v>2.517074</v>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I117" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J117" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K117" t="inlineStr">
+        <is>
+          <t>Na Som</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>Chai Badan</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr">
+        <is>
+          <t>ป่าซับลังกา</t>
+        </is>
+      </c>
+      <c r="O117" t="inlineStr"/>
+      <c r="P117" t="inlineStr"/>
+      <c r="Q117" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>66fbc2e4-57e7-4706-ab96-3078fed561b1</t>
+        </is>
+      </c>
+      <c r="B118" t="n">
+        <v>101.309952</v>
+      </c>
+      <c r="C118" t="n">
+        <v>12.936227</v>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F118" t="n">
+        <v>307.13</v>
+      </c>
+      <c r="G118" t="n">
+        <v>1.625825</v>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I118" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J118" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>Lahan</t>
+        </is>
+      </c>
+      <c r="L118" t="inlineStr">
+        <is>
+          <t>Pluak Daeng</t>
+        </is>
+      </c>
+      <c r="M118" t="inlineStr">
+        <is>
+          <t>Rayong</t>
+        </is>
+      </c>
+      <c r="N118" t="inlineStr">
+        <is>
+          <t>ป่าคลองระเวิง-เขาสมเส็ด</t>
+        </is>
+      </c>
+      <c r="O118" t="inlineStr"/>
+      <c r="P118" t="inlineStr"/>
+      <c r="Q118" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>053c824a-f8ed-480b-9798-216e963eb544</t>
+        </is>
+      </c>
+      <c r="B119" t="n">
+        <v>101.372795</v>
+      </c>
+      <c r="C119" t="n">
+        <v>14.115193</v>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F119" t="n">
+        <v>311.42</v>
+      </c>
+      <c r="G119" t="n">
+        <v>1.219821</v>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I119" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J119" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K119" t="inlineStr">
+        <is>
+          <t>Ban Phra</t>
+        </is>
+      </c>
+      <c r="L119" t="inlineStr">
+        <is>
+          <t>Mueang Prachinburi</t>
+        </is>
+      </c>
+      <c r="M119" t="inlineStr">
+        <is>
+          <t>Prachin Buri</t>
+        </is>
+      </c>
+      <c r="N119" t="inlineStr"/>
+      <c r="O119" t="inlineStr"/>
+      <c r="P119" t="inlineStr"/>
+      <c r="Q119" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>dd1b2b49-ccbc-41ab-966c-5aaa9565e869</t>
+        </is>
+      </c>
+      <c r="B120" t="n">
+        <v>101.400902</v>
+      </c>
+      <c r="C120" t="n">
+        <v>15.054321</v>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F120" t="n">
+        <v>327.56</v>
+      </c>
+      <c r="G120" t="n">
+        <v>2.383846</v>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I120" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J120" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K120" t="inlineStr">
+        <is>
+          <t>Lam Somphung</t>
+        </is>
+      </c>
+      <c r="L120" t="inlineStr">
+        <is>
+          <t>Muak Lek</t>
+        </is>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N120" t="inlineStr"/>
+      <c r="O120" t="inlineStr"/>
+      <c r="P120" t="inlineStr"/>
+      <c r="Q120" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>b81f6bfa-c198-4a4b-bbdc-7b3b95b9cb6b</t>
+        </is>
+      </c>
+      <c r="B121" t="n">
+        <v>101.442253</v>
+      </c>
+      <c r="C121" t="n">
+        <v>15.234578</v>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F121" t="n">
+        <v>310.71</v>
+      </c>
+      <c r="G121" t="n">
+        <v>1.376601</v>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I121" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J121" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K121" t="inlineStr">
+        <is>
+          <t>Nong Waeng</t>
+        </is>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>Thepharak</t>
+        </is>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N121" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
+      <c r="O121" t="inlineStr"/>
+      <c r="P121" t="inlineStr"/>
+      <c r="Q121" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>66c73939-64dd-47a9-ab5a-8aa728327d86</t>
+        </is>
+      </c>
+      <c r="B122" t="n">
+        <v>101.463974</v>
+      </c>
+      <c r="C122" t="n">
+        <v>14.818739</v>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F122" t="n">
+        <v>337.35</v>
+      </c>
+      <c r="G122" t="n">
+        <v>3.156541</v>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I122" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J122" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K122" t="inlineStr">
+        <is>
+          <t>Chan Thuek</t>
+        </is>
+      </c>
+      <c r="L122" t="inlineStr">
+        <is>
+          <t>Pak Chong</t>
+        </is>
+      </c>
+      <c r="M122" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N122" t="inlineStr"/>
+      <c r="O122" t="inlineStr"/>
+      <c r="P122" t="inlineStr"/>
+      <c r="Q122" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>7bd8fbf4-76aa-4e02-87a8-914cd59dfb6d</t>
+        </is>
+      </c>
+      <c r="B123" t="n">
+        <v>101.464584</v>
+      </c>
+      <c r="C123" t="n">
+        <v>14.82212</v>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F123" t="n">
+        <v>308.75</v>
+      </c>
+      <c r="G123" t="n">
+        <v>3.156541</v>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I123" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J123" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K123" t="inlineStr">
+        <is>
+          <t>Chan Thuek</t>
+        </is>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>Pak Chong</t>
+        </is>
+      </c>
+      <c r="M123" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr"/>
+      <c r="O123" t="inlineStr"/>
+      <c r="P123" t="inlineStr"/>
+      <c r="Q123" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>b0bd6144-89ba-475d-9e59-6e36a78576f6</t>
+        </is>
+      </c>
+      <c r="B124" t="n">
+        <v>101.56646</v>
+      </c>
+      <c r="C124" t="n">
+        <v>15.664616</v>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F124" t="n">
+        <v>328.25</v>
+      </c>
+      <c r="G124" t="n">
+        <v>3.013708</v>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I124" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J124" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K124" t="inlineStr">
+        <is>
+          <t>Na Yang Klak</t>
+        </is>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>Thep Sathit</t>
+        </is>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N124" t="inlineStr">
+        <is>
+          <t>ป่านายางกลัก</t>
+        </is>
+      </c>
+      <c r="O124" t="inlineStr"/>
+      <c r="P124" t="inlineStr"/>
+      <c r="Q124" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>9bb5c3b2-ac3a-49f5-863f-c6e252d82daa</t>
+        </is>
+      </c>
+      <c r="B125" t="n">
+        <v>101.601044</v>
+      </c>
+      <c r="C125" t="n">
+        <v>14.965542</v>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F125" t="n">
+        <v>309.47</v>
+      </c>
+      <c r="G125" t="n">
+        <v>1.122411</v>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I125" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J125" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K125" t="inlineStr">
+        <is>
+          <t>Nong Ya Khao</t>
+        </is>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>Sikhio</t>
+        </is>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr">
+        <is>
+          <t>ป่าดงพญาเย็น</t>
+        </is>
+      </c>
+      <c r="O125" t="inlineStr"/>
+      <c r="P125" t="inlineStr"/>
+      <c r="Q125" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>58f777aa-3b6b-4a44-84f2-31bd04c51a94</t>
+        </is>
+      </c>
+      <c r="B126" t="n">
+        <v>101.652451</v>
+      </c>
+      <c r="C126" t="n">
+        <v>15.446039</v>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F126" t="n">
+        <v>308.7</v>
+      </c>
+      <c r="G126" t="n">
+        <v>0.88204</v>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I126" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J126" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K126" t="inlineStr">
+        <is>
+          <t>Khok Roeng Rom</t>
+        </is>
+      </c>
+      <c r="L126" t="inlineStr">
+        <is>
+          <t>Bamnet Narong</t>
+        </is>
+      </c>
+      <c r="M126" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N126" t="inlineStr"/>
+      <c r="O126" t="inlineStr"/>
+      <c r="P126" t="inlineStr"/>
+      <c r="Q126" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>6021a612-6d9a-44e4-8a5c-3cedf9d402c5</t>
+        </is>
+      </c>
+      <c r="B127" t="n">
+        <v>101.655426</v>
+      </c>
+      <c r="C127" t="n">
+        <v>6.033238</v>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F127" t="n">
+        <v>308.52</v>
+      </c>
+      <c r="G127" t="n">
+        <v>0.9078889999999999</v>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:58:00</t>
+        </is>
+      </c>
+      <c r="I127" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J127" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K127" t="inlineStr">
+        <is>
+          <t>Chang Phueak</t>
+        </is>
+      </c>
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>Chanae</t>
+        </is>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>Narathiwat</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr"/>
+      <c r="O127" t="inlineStr"/>
+      <c r="P127" t="inlineStr"/>
+      <c r="Q127" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>fb21b52a-2a3d-430f-88f5-6ac56d724dcc</t>
+        </is>
+      </c>
+      <c r="B128" t="n">
+        <v>101.656105</v>
+      </c>
+      <c r="C128" t="n">
+        <v>6.036998</v>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F128" t="n">
+        <v>302.68</v>
+      </c>
+      <c r="G128" t="n">
+        <v>0.9078889999999999</v>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:58:00</t>
+        </is>
+      </c>
+      <c r="I128" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J128" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K128" t="inlineStr">
+        <is>
+          <t>Chang Phueak</t>
+        </is>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>Chanae</t>
+        </is>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>Narathiwat</t>
+        </is>
+      </c>
+      <c r="N128" t="inlineStr"/>
+      <c r="O128" t="inlineStr"/>
+      <c r="P128" t="inlineStr"/>
+      <c r="Q128" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>fea48e4f-3380-47fa-bf78-499b336b50ca</t>
+        </is>
+      </c>
+      <c r="B129" t="n">
+        <v>101.695282</v>
+      </c>
+      <c r="C129" t="n">
+        <v>17.598042</v>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F129" t="n">
+        <v>301.46</v>
+      </c>
+      <c r="G129" t="n">
+        <v>0.570731</v>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I129" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J129" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>Si Song Rak</t>
+        </is>
+      </c>
+      <c r="L129" t="inlineStr">
+        <is>
+          <t>Mueang Loei</t>
+        </is>
+      </c>
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr">
+        <is>
+          <t>ป่าโคกภูเหล็ก</t>
+        </is>
+      </c>
+      <c r="O129" t="inlineStr"/>
+      <c r="P129" t="inlineStr"/>
+      <c r="Q129" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>c54f2dcb-3fe4-4da7-aca8-e9a9be05acfc</t>
+        </is>
+      </c>
+      <c r="B130" t="n">
+        <v>101.728622</v>
+      </c>
+      <c r="C130" t="n">
+        <v>17.637281</v>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F130" t="n">
+        <v>306.46</v>
+      </c>
+      <c r="G130" t="n">
+        <v>1.840954</v>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I130" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J130" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K130" t="inlineStr">
+        <is>
+          <t>Si Song Rak</t>
+        </is>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>Mueang Loei</t>
+        </is>
+      </c>
+      <c r="M130" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N130" t="inlineStr">
+        <is>
+          <t>ป่าโคกใหญ่</t>
+        </is>
+      </c>
+      <c r="O130" t="inlineStr"/>
+      <c r="P130" t="inlineStr"/>
+      <c r="Q130" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>00ee6996-9ab5-4b8f-a771-8cbc3230ac17</t>
+        </is>
+      </c>
+      <c r="B131" t="n">
+        <v>101.729141</v>
+      </c>
+      <c r="C131" t="n">
+        <v>17.640633</v>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F131" t="n">
+        <v>308.92</v>
+      </c>
+      <c r="G131" t="n">
+        <v>2.087137</v>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I131" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J131" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K131" t="inlineStr">
+        <is>
+          <t>Si Song Rak</t>
+        </is>
+      </c>
+      <c r="L131" t="inlineStr">
+        <is>
+          <t>Mueang Loei</t>
+        </is>
+      </c>
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N131" t="inlineStr">
+        <is>
+          <t>ป่าโคกใหญ่</t>
+        </is>
+      </c>
+      <c r="O131" t="inlineStr"/>
+      <c r="P131" t="inlineStr"/>
+      <c r="Q131" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>dd5f7b98-e9c5-45a8-8638-33482f678492</t>
+        </is>
+      </c>
+      <c r="B132" t="n">
+        <v>101.732986</v>
+      </c>
+      <c r="C132" t="n">
+        <v>17.640013</v>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F132" t="n">
+        <v>312.87</v>
+      </c>
+      <c r="G132" t="n">
+        <v>2.185924</v>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I132" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J132" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K132" t="inlineStr">
+        <is>
+          <t>Si Song Rak</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>Mueang Loei</t>
+        </is>
+      </c>
+      <c r="M132" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N132" t="inlineStr">
+        <is>
+          <t>ป่าโคกใหญ่</t>
+        </is>
+      </c>
+      <c r="O132" t="inlineStr"/>
+      <c r="P132" t="inlineStr"/>
+      <c r="Q132" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>8bc60934-5047-4ca0-8375-291ebe74a75d</t>
+        </is>
+      </c>
+      <c r="B133" t="n">
+        <v>101.751854</v>
+      </c>
+      <c r="C133" t="n">
+        <v>15.999767</v>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F133" t="n">
+        <v>308.91</v>
+      </c>
+      <c r="G133" t="n">
+        <v>0.728654</v>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I133" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J133" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K133" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M133" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N133" t="inlineStr"/>
+      <c r="O133" t="inlineStr"/>
+      <c r="P133" t="inlineStr"/>
+      <c r="Q133" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>2c0312df-dc1a-4301-9622-95e5d5aa63c5</t>
+        </is>
+      </c>
+      <c r="B134" t="n">
+        <v>101.754997</v>
+      </c>
+      <c r="C134" t="n">
+        <v>17.680195</v>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F134" t="n">
+        <v>303.31</v>
+      </c>
+      <c r="G134" t="n">
+        <v>0.467267</v>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I134" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J134" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K134" t="inlineStr">
+        <is>
+          <t>Si Song Rak</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>Mueang Loei</t>
+        </is>
+      </c>
+      <c r="M134" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N134" t="inlineStr">
+        <is>
+          <t>ป่าภูห้วยหมาก ป่าภูทอก และป่าภูบ่อบิด</t>
+        </is>
+      </c>
+      <c r="O134" t="inlineStr"/>
+      <c r="P134" t="inlineStr"/>
+      <c r="Q134" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>0e868772-f6aa-4189-b385-f460a23dbbeb</t>
+        </is>
+      </c>
+      <c r="B135" t="n">
+        <v>101.755531</v>
+      </c>
+      <c r="C135" t="n">
+        <v>17.683548</v>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F135" t="n">
+        <v>311.54</v>
+      </c>
+      <c r="G135" t="n">
+        <v>1.50902</v>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I135" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J135" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K135" t="inlineStr">
+        <is>
+          <t>Si Song Rak</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>Mueang Loei</t>
+        </is>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr"/>
+      <c r="O135" t="inlineStr"/>
+      <c r="P135" t="inlineStr"/>
+      <c r="Q135" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>36e3e5e9-5d9b-4973-b0c9-aa40a627cf2b</t>
+        </is>
+      </c>
+      <c r="B136" t="n">
+        <v>101.755623</v>
+      </c>
+      <c r="C136" t="n">
+        <v>17.79269</v>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F136" t="n">
+        <v>326.81</v>
+      </c>
+      <c r="G136" t="n">
+        <v>2.212456</v>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I136" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J136" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K136" t="inlineStr">
+        <is>
+          <t>Chom Si</t>
+        </is>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>Chiang Khan</t>
+        </is>
+      </c>
+      <c r="M136" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N136" t="inlineStr"/>
+      <c r="O136" t="inlineStr"/>
+      <c r="P136" t="inlineStr"/>
+      <c r="Q136" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>d5ede697-1edc-4fb4-860b-b5f7fb459701</t>
+        </is>
+      </c>
+      <c r="B137" t="n">
+        <v>101.756203</v>
+      </c>
+      <c r="C137" t="n">
+        <v>17.796038</v>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F137" t="n">
+        <v>311.65</v>
+      </c>
+      <c r="G137" t="n">
+        <v>2.212456</v>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I137" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J137" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K137" t="inlineStr">
+        <is>
+          <t>Khao Kaeo</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>Chiang Khan</t>
+        </is>
+      </c>
+      <c r="M137" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N137" t="inlineStr"/>
+      <c r="O137" t="inlineStr"/>
+      <c r="P137" t="inlineStr"/>
+      <c r="Q137" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>0c38e4ca-a781-45b0-95f6-0893c50ccaae</t>
+        </is>
+      </c>
+      <c r="B138" t="n">
+        <v>101.793274</v>
+      </c>
+      <c r="C138" t="n">
+        <v>17.855316</v>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F138" t="n">
+        <v>304.34</v>
+      </c>
+      <c r="G138" t="n">
+        <v>0.844269</v>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I138" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J138" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>Khao Kaeo</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>Chiang Khan</t>
+        </is>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>ป่าภูเขาแก้วและป่าดงปากชม</t>
+        </is>
+      </c>
+      <c r="O138" t="inlineStr"/>
+      <c r="P138" t="inlineStr"/>
+      <c r="Q138" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>5809408e-a05e-48a8-9a64-34b370cd2d9e</t>
+        </is>
+      </c>
+      <c r="B139" t="n">
+        <v>101.795288</v>
+      </c>
+      <c r="C139" t="n">
+        <v>17.844667</v>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F139" t="n">
+        <v>308.87</v>
+      </c>
+      <c r="G139" t="n">
+        <v>0.907822</v>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I139" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J139" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>Khao Kaeo</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>Chiang Khan</t>
+        </is>
+      </c>
+      <c r="M139" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N139" t="inlineStr">
+        <is>
+          <t>ป่าภูเขาแก้วและป่าดงปากชม</t>
+        </is>
+      </c>
+      <c r="O139" t="inlineStr"/>
+      <c r="P139" t="inlineStr"/>
+      <c r="Q139" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>3ffd3830-bbc2-44a3-a0a7-13ad04f65cad</t>
+        </is>
+      </c>
+      <c r="B140" t="n">
+        <v>101.795853</v>
+      </c>
+      <c r="C140" t="n">
+        <v>17.848017</v>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F140" t="n">
+        <v>302.8</v>
+      </c>
+      <c r="G140" t="n">
+        <v>0.615766</v>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I140" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J140" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K140" t="inlineStr">
+        <is>
+          <t>Khao Kaeo</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>Chiang Khan</t>
+        </is>
+      </c>
+      <c r="M140" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N140" t="inlineStr">
+        <is>
+          <t>ป่าภูเขาแก้วและป่าดงปากชม</t>
+        </is>
+      </c>
+      <c r="O140" t="inlineStr"/>
+      <c r="P140" t="inlineStr"/>
+      <c r="Q140" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>5fc5e855-27b3-4dc6-955b-1e92b3ac3978</t>
+        </is>
+      </c>
+      <c r="B141" t="n">
+        <v>101.817795</v>
+      </c>
+      <c r="C141" t="n">
+        <v>15.999389</v>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F141" t="n">
+        <v>305.65</v>
+      </c>
+      <c r="G141" t="n">
+        <v>0.901442</v>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I141" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J141" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K141" t="inlineStr">
+        <is>
+          <t>Kut Chum Saeng</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>Nong Bua Daeng</t>
+        </is>
+      </c>
+      <c r="M141" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N141" t="inlineStr"/>
+      <c r="O141" t="inlineStr"/>
+      <c r="P141" t="inlineStr"/>
+      <c r="Q141" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>9d02353a-5230-4994-a14b-2069934b0b7b</t>
+        </is>
+      </c>
+      <c r="B142" t="n">
+        <v>101.825264</v>
+      </c>
+      <c r="C142" t="n">
+        <v>13.765985</v>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F142" t="n">
+        <v>303.86</v>
+      </c>
+      <c r="G142" t="n">
+        <v>0.54626</v>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I142" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J142" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K142" t="inlineStr">
+        <is>
+          <t>Khao Mai Kaeo</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>Kabin Buri</t>
+        </is>
+      </c>
+      <c r="M142" t="inlineStr">
+        <is>
+          <t>Prachin Buri</t>
+        </is>
+      </c>
+      <c r="N142" t="inlineStr">
+        <is>
+          <t>ป่าห้วยไคร้</t>
+        </is>
+      </c>
+      <c r="O142" t="inlineStr"/>
+      <c r="P142" t="inlineStr"/>
+      <c r="Q142" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>7c1a9f8d-de30-4f81-b9e7-e2a4ebe42a38</t>
+        </is>
+      </c>
+      <c r="B143" t="n">
+        <v>101.836143</v>
+      </c>
+      <c r="C143" t="n">
+        <v>17.444954</v>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F143" t="n">
+        <v>307.84</v>
+      </c>
+      <c r="G143" t="n">
+        <v>0.749379</v>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I143" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J143" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K143" t="inlineStr">
+        <is>
+          <t>Na Din Dam</t>
+        </is>
+      </c>
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>Mueang Loei</t>
+        </is>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr">
+        <is>
+          <t>ป่าโคกผาดำ ป่าโคกหนองข่า และป่าภูบอบิด</t>
+        </is>
+      </c>
+      <c r="O143" t="inlineStr"/>
+      <c r="P143" t="inlineStr"/>
+      <c r="Q143" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>46267cab-ac7a-473b-8970-a83a6e0dd528</t>
+        </is>
+      </c>
+      <c r="B144" t="n">
+        <v>101.849434</v>
+      </c>
+      <c r="C144" t="n">
+        <v>15.110593</v>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F144" t="n">
+        <v>303.8</v>
+      </c>
+      <c r="G144" t="n">
+        <v>1.6715</v>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I144" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J144" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>Dan Nai</t>
+        </is>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N144" t="inlineStr"/>
+      <c r="O144" t="inlineStr"/>
+      <c r="P144" t="inlineStr"/>
+      <c r="Q144" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>1c1cdd47-a803-4f55-8a69-90cfaa3bb92d</t>
+        </is>
+      </c>
+      <c r="B145" t="n">
+        <v>101.850044</v>
+      </c>
+      <c r="C145" t="n">
+        <v>15.11401</v>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F145" t="n">
+        <v>328.94</v>
+      </c>
+      <c r="G145" t="n">
+        <v>1.6715</v>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I145" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J145" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K145" t="inlineStr">
+        <is>
+          <t>Dan Nai</t>
+        </is>
+      </c>
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>Dan Khun Thot</t>
+        </is>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N145" t="inlineStr"/>
+      <c r="O145" t="inlineStr"/>
+      <c r="P145" t="inlineStr"/>
+      <c r="Q145" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>ea154331-796e-4ace-96a5-bc5269f09556</t>
+        </is>
+      </c>
+      <c r="B146" t="n">
+        <v>101.897987</v>
+      </c>
+      <c r="C146" t="n">
+        <v>17.533512</v>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F146" t="n">
+        <v>309</v>
+      </c>
+      <c r="G146" t="n">
+        <v>0.6541439999999999</v>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I146" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J146" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K146" t="inlineStr">
+        <is>
+          <t>Tha Sa-At</t>
+        </is>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>Na Duang</t>
+        </is>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr">
+        <is>
+          <t>ป่าโคกผาดำ ป่าโคกหนองข่า และป่าภูบอบิด</t>
+        </is>
+      </c>
+      <c r="O146" t="inlineStr"/>
+      <c r="P146" t="inlineStr"/>
+      <c r="Q146" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>be04b9c9-e6da-445e-a056-5336b97b9150</t>
+        </is>
+      </c>
+      <c r="B147" t="n">
+        <v>101.939293</v>
+      </c>
+      <c r="C147" t="n">
+        <v>15.007828</v>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F147" t="n">
+        <v>307.07</v>
+      </c>
+      <c r="G147" t="n">
+        <v>0.716857</v>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I147" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J147" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K147" t="inlineStr">
+        <is>
+          <t>Bueng O</t>
+        </is>
+      </c>
+      <c r="L147" t="inlineStr">
+        <is>
+          <t>Kham Thale So</t>
+        </is>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N147" t="inlineStr"/>
+      <c r="O147" t="inlineStr"/>
+      <c r="P147" t="inlineStr"/>
+      <c r="Q147" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>bfad8b01-6f71-448f-aa39-53dced5134fd</t>
+        </is>
+      </c>
+      <c r="B148" t="n">
+        <v>101.967033</v>
+      </c>
+      <c r="C148" t="n">
+        <v>13.788836</v>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F148" t="n">
+        <v>306.17</v>
+      </c>
+      <c r="G148" t="n">
+        <v>0.827032</v>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I148" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J148" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K148" t="inlineStr">
+        <is>
+          <t>Sala Lamduan</t>
+        </is>
+      </c>
+      <c r="L148" t="inlineStr">
+        <is>
+          <t>Mueang Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N148" t="inlineStr">
+        <is>
+          <t>ป่าห้วยไคร้</t>
+        </is>
+      </c>
+      <c r="O148" t="inlineStr"/>
+      <c r="P148" t="inlineStr"/>
+      <c r="Q148" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>ff7e5d30-dacc-470f-b2a3-9dcd72894f18</t>
+        </is>
+      </c>
+      <c r="B149" t="n">
+        <v>101.970856</v>
+      </c>
+      <c r="C149" t="n">
+        <v>17.396637</v>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F149" t="n">
+        <v>334.71</v>
+      </c>
+      <c r="G149" t="n">
+        <v>4.393695</v>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I149" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J149" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K149" t="inlineStr">
+        <is>
+          <t>Tha Sawan</t>
+        </is>
+      </c>
+      <c r="L149" t="inlineStr">
+        <is>
+          <t>Na Duang</t>
+        </is>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N149" t="inlineStr"/>
+      <c r="O149" t="inlineStr"/>
+      <c r="P149" t="inlineStr"/>
+      <c r="Q149" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>5c0e17a7-f325-4473-874e-7149004c71c6</t>
+        </is>
+      </c>
+      <c r="B150" t="n">
+        <v>101.976524</v>
+      </c>
+      <c r="C150" t="n">
+        <v>13.674555</v>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F150" t="n">
+        <v>317.9</v>
+      </c>
+      <c r="G150" t="n">
+        <v>1.788885</v>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I150" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J150" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>Nong Wa</t>
+        </is>
+      </c>
+      <c r="L150" t="inlineStr">
+        <is>
+          <t>Khao Chakan</t>
+        </is>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N150" t="inlineStr">
+        <is>
+          <t>ป่าห้วยไคร้</t>
+        </is>
+      </c>
+      <c r="O150" t="inlineStr"/>
+      <c r="P150" t="inlineStr"/>
+      <c r="Q150" t="inlineStr">
+        <is>
+          <t>47N</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>304b5956-47cf-4488-952d-ea7c6cf4971b</t>
+        </is>
+      </c>
+      <c r="B151" t="n">
+        <v>102.030807</v>
+      </c>
+      <c r="C151" t="n">
+        <v>16.848003</v>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F151" t="n">
+        <v>309.87</v>
+      </c>
+      <c r="G151" t="n">
+        <v>0.84859</v>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I151" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J151" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K151" t="inlineStr">
+        <is>
+          <t>Dong Lan</t>
+        </is>
+      </c>
+      <c r="L151" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N151" t="inlineStr">
+        <is>
+          <t>ป่าดงลาน</t>
+        </is>
+      </c>
+      <c r="O151" t="inlineStr"/>
+      <c r="P151" t="inlineStr"/>
+      <c r="Q151" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>ee32b33c-3852-4ef1-b2f8-3db3b643a80b</t>
+        </is>
+      </c>
+      <c r="B152" t="n">
+        <v>102.092026</v>
+      </c>
+      <c r="C152" t="n">
+        <v>17.243176</v>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F152" t="n">
+        <v>303.43</v>
+      </c>
+      <c r="G152" t="n">
+        <v>1.61226</v>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I152" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J152" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K152" t="inlineStr">
+        <is>
+          <t>Na Lao</t>
+        </is>
+      </c>
+      <c r="L152" t="inlineStr">
+        <is>
+          <t>Na Wang</t>
+        </is>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N152" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O152" t="inlineStr"/>
+      <c r="P152" t="inlineStr"/>
+      <c r="Q152" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>1e4eec5d-b788-4b78-9de4-3d9a99da3b93</t>
+        </is>
+      </c>
+      <c r="B153" t="n">
+        <v>102.099205</v>
+      </c>
+      <c r="C153" t="n">
+        <v>16.26992</v>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F153" t="n">
+        <v>318.2</v>
+      </c>
+      <c r="G153" t="n">
+        <v>2.228416</v>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I153" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J153" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K153" t="inlineStr">
+        <is>
+          <t>Nong Tum</t>
+        </is>
+      </c>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>Phu Khiao</t>
+        </is>
+      </c>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N153" t="inlineStr">
+        <is>
+          <t>ป่าภูหยวก</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr"/>
+      <c r="P153" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดชัยภูมิ</t>
+        </is>
+      </c>
+      <c r="Q153" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>36d4c86b-a5df-4192-84c7-06b872122dac</t>
+        </is>
+      </c>
+      <c r="B154" t="n">
+        <v>102.102859</v>
+      </c>
+      <c r="C154" t="n">
+        <v>16.26931</v>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F154" t="n">
+        <v>308.56</v>
+      </c>
+      <c r="G154" t="n">
+        <v>2.228416</v>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I154" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J154" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>Nong Tum</t>
+        </is>
+      </c>
+      <c r="L154" t="inlineStr">
+        <is>
+          <t>Phu Khiao</t>
+        </is>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N154" t="inlineStr">
+        <is>
+          <t>ป่าภูหยวก</t>
+        </is>
+      </c>
+      <c r="O154" t="inlineStr"/>
+      <c r="P154" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดชัยภูมิ</t>
+        </is>
+      </c>
+      <c r="Q154" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>e02ebf1a-7158-45ec-b58d-5473ee4c5e86</t>
+        </is>
+      </c>
+      <c r="B155" t="n">
+        <v>102.107651</v>
+      </c>
+      <c r="C155" t="n">
+        <v>13.32549</v>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F155" t="n">
+        <v>317.99</v>
+      </c>
+      <c r="G155" t="n">
+        <v>2.122212</v>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I155" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J155" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K155" t="inlineStr">
+        <is>
+          <t>Wang Thong</t>
+        </is>
+      </c>
+      <c r="L155" t="inlineStr">
+        <is>
+          <t>Wang Sombun</t>
+        </is>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N155" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O155" t="inlineStr"/>
+      <c r="P155" t="inlineStr"/>
+      <c r="Q155" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>cde5abbd-b8f3-4248-ae4a-070950a49fda</t>
+        </is>
+      </c>
+      <c r="B156" t="n">
+        <v>102.111626</v>
+      </c>
+      <c r="C156" t="n">
+        <v>15.55279</v>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F156" t="n">
+        <v>341.61</v>
+      </c>
+      <c r="G156" t="n">
+        <v>5.419463</v>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I156" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J156" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K156" t="inlineStr">
+        <is>
+          <t>Wang Pho</t>
+        </is>
+      </c>
+      <c r="L156" t="inlineStr">
+        <is>
+          <t>Ban Lueam</t>
+        </is>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N156" t="inlineStr">
+        <is>
+          <t>ป่าโคกหลวง</t>
+        </is>
+      </c>
+      <c r="O156" t="inlineStr"/>
+      <c r="P156" t="inlineStr"/>
+      <c r="Q156" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>2d934ecc-86aa-4f2c-b828-8c610382a5a2</t>
+        </is>
+      </c>
+      <c r="B157" t="n">
+        <v>102.11396</v>
+      </c>
+      <c r="C157" t="n">
+        <v>16.693647</v>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F157" t="n">
+        <v>308.24</v>
+      </c>
+      <c r="G157" t="n">
+        <v>1.319147</v>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I157" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J157" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K157" t="inlineStr">
+        <is>
+          <t>Sam Yang</t>
+        </is>
+      </c>
+      <c r="L157" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N157" t="inlineStr"/>
+      <c r="O157" t="inlineStr"/>
+      <c r="P157" t="inlineStr"/>
+      <c r="Q157" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>e577f131-2829-402b-802b-5af055563c8e</t>
+        </is>
+      </c>
+      <c r="B158" t="n">
+        <v>102.114563</v>
+      </c>
+      <c r="C158" t="n">
+        <v>16.697052</v>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F158" t="n">
+        <v>312.29</v>
+      </c>
+      <c r="G158" t="n">
+        <v>1.373732</v>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I158" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J158" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>Nong Daeng</t>
+        </is>
+      </c>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N158" t="inlineStr"/>
+      <c r="O158" t="inlineStr"/>
+      <c r="P158" t="inlineStr"/>
+      <c r="Q158" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>ed56779f-ee73-4c61-b144-a1ca2c5cb940</t>
+        </is>
+      </c>
+      <c r="B159" t="n">
+        <v>102.118446</v>
+      </c>
+      <c r="C159" t="n">
+        <v>17.193443</v>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F159" t="n">
+        <v>305.09</v>
+      </c>
+      <c r="G159" t="n">
+        <v>0.696546</v>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I159" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J159" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K159" t="inlineStr">
+        <is>
+          <t>Uthai Sawan</t>
+        </is>
+      </c>
+      <c r="L159" t="inlineStr">
+        <is>
+          <t>Na Klang</t>
+        </is>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>ป่าหนองเรือ</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr"/>
+      <c r="P159" t="inlineStr"/>
+      <c r="Q159" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>04dc0d44-f331-4e13-8212-d8e432c9f12a</t>
+        </is>
+      </c>
+      <c r="B160" t="n">
+        <v>102.162819</v>
+      </c>
+      <c r="C160" t="n">
+        <v>16.815756</v>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F160" t="n">
+        <v>314.73</v>
+      </c>
+      <c r="G160" t="n">
+        <v>1.686238</v>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I160" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J160" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K160" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="L160" t="inlineStr">
+        <is>
+          <t>Si Chomphu</t>
+        </is>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N160" t="inlineStr"/>
+      <c r="O160" t="inlineStr"/>
+      <c r="P160" t="inlineStr"/>
+      <c r="Q160" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>4fca03f6-12e2-4e00-b697-d03cacbf1be4</t>
+        </is>
+      </c>
+      <c r="B161" t="n">
+        <v>102.172142</v>
+      </c>
+      <c r="C161" t="n">
+        <v>17.677078</v>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F161" t="n">
+        <v>301.77</v>
+      </c>
+      <c r="G161" t="n">
+        <v>0.591345</v>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I161" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J161" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K161" t="inlineStr">
+        <is>
+          <t>Ban Yuak</t>
+        </is>
+      </c>
+      <c r="L161" t="inlineStr">
+        <is>
+          <t>Nam Som</t>
+        </is>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N161" t="inlineStr">
+        <is>
+          <t>ป่านายูง และป่าน้ำโสม</t>
+        </is>
+      </c>
+      <c r="O161" t="inlineStr"/>
+      <c r="P161" t="inlineStr"/>
+      <c r="Q161" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>9a96c6b5-9ea1-4cab-8161-ca593cf31d9c</t>
+        </is>
+      </c>
+      <c r="B162" t="n">
+        <v>102.180725</v>
+      </c>
+      <c r="C162" t="n">
+        <v>14.463393</v>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F162" t="n">
+        <v>308.18</v>
+      </c>
+      <c r="G162" t="n">
+        <v>1.694567</v>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I162" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J162" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K162" t="inlineStr">
+        <is>
+          <t>Chorakhe Hin</t>
+        </is>
+      </c>
+      <c r="L162" t="inlineStr">
+        <is>
+          <t>Khon Buri</t>
+        </is>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N162" t="inlineStr"/>
+      <c r="O162" t="inlineStr"/>
+      <c r="P162" t="inlineStr"/>
+      <c r="Q162" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>54c7290f-b98e-4c67-8ad3-14e454f0bd6d</t>
+        </is>
+      </c>
+      <c r="B163" t="n">
+        <v>102.181976</v>
+      </c>
+      <c r="C163" t="n">
+        <v>17.288548</v>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F163" t="n">
+        <v>306.3</v>
+      </c>
+      <c r="G163" t="n">
+        <v>0.676491</v>
+      </c>
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I163" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J163" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>Dan Chang</t>
+        </is>
+      </c>
+      <c r="L163" t="inlineStr">
+        <is>
+          <t>Na Klang</t>
+        </is>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N163" t="inlineStr"/>
+      <c r="O163" t="inlineStr"/>
+      <c r="P163" t="inlineStr"/>
+      <c r="Q163" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>8e19f7e4-56f8-4ab8-ab13-d56866e41aa0</t>
+        </is>
+      </c>
+      <c r="B164" t="n">
+        <v>102.184021</v>
+      </c>
+      <c r="C164" t="n">
+        <v>14.459249</v>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F164" t="n">
+        <v>311.26</v>
+      </c>
+      <c r="G164" t="n">
+        <v>1.134633</v>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I164" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J164" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>Chorakhe Hin</t>
+        </is>
+      </c>
+      <c r="L164" t="inlineStr">
+        <is>
+          <t>Khon Buri</t>
+        </is>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N164" t="inlineStr"/>
+      <c r="O164" t="inlineStr"/>
+      <c r="P164" t="inlineStr"/>
+      <c r="Q164" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>2b41881f-ce75-43c0-bac3-82b79e04f5a4</t>
+        </is>
+      </c>
+      <c r="B165" t="n">
+        <v>102.184677</v>
+      </c>
+      <c r="C165" t="n">
+        <v>14.462728</v>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F165" t="n">
+        <v>306.77</v>
+      </c>
+      <c r="G165" t="n">
+        <v>1.134633</v>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I165" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J165" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>Chorakhe Hin</t>
+        </is>
+      </c>
+      <c r="L165" t="inlineStr">
+        <is>
+          <t>Khon Buri</t>
+        </is>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N165" t="inlineStr"/>
+      <c r="O165" t="inlineStr"/>
+      <c r="P165" t="inlineStr"/>
+      <c r="Q165" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>a2ecb998-5cc0-45d1-b94b-e3d00031afe7</t>
+        </is>
+      </c>
+      <c r="B166" t="n">
+        <v>102.185341</v>
+      </c>
+      <c r="C166" t="n">
+        <v>14.466206</v>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F166" t="n">
+        <v>316.68</v>
+      </c>
+      <c r="G166" t="n">
+        <v>2.17888</v>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I166" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J166" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>Chorakhe Hin</t>
+        </is>
+      </c>
+      <c r="L166" t="inlineStr">
+        <is>
+          <t>Khon Buri</t>
+        </is>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N166" t="inlineStr"/>
+      <c r="O166" t="inlineStr"/>
+      <c r="P166" t="inlineStr"/>
+      <c r="Q166" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>e533f824-5ac3-4aba-b09a-eebf5094e269</t>
+        </is>
+      </c>
+      <c r="B167" t="n">
+        <v>102.208092</v>
+      </c>
+      <c r="C167" t="n">
+        <v>13.581717</v>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F167" t="n">
+        <v>306.24</v>
+      </c>
+      <c r="G167" t="n">
+        <v>0.714832</v>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I167" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J167" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>Sai Diao</t>
+        </is>
+      </c>
+      <c r="L167" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N167" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr"/>
+      <c r="P167" t="inlineStr"/>
+      <c r="Q167" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>38c220b8-83d5-4067-a291-a82781a943c7</t>
+        </is>
+      </c>
+      <c r="B168" t="n">
+        <v>102.223183</v>
+      </c>
+      <c r="C168" t="n">
+        <v>17.897425</v>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F168" t="n">
+        <v>327.78</v>
+      </c>
+      <c r="G168" t="n">
+        <v>2.603046</v>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I168" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J168" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>Na Yung</t>
+        </is>
+      </c>
+      <c r="L168" t="inlineStr">
+        <is>
+          <t>Na Yung</t>
+        </is>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N168" t="inlineStr">
+        <is>
+          <t>ป่านายูง และป่าน้ำโสม</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr"/>
+      <c r="P168" t="inlineStr"/>
+      <c r="Q168" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>fd476425-0e2d-416d-b291-0135e71fec03</t>
+        </is>
+      </c>
+      <c r="B169" t="n">
+        <v>102.226997</v>
+      </c>
+      <c r="C169" t="n">
+        <v>17.896795</v>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F169" t="n">
+        <v>303.46</v>
+      </c>
+      <c r="G169" t="n">
+        <v>1.750074</v>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I169" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J169" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>Na Yung</t>
+        </is>
+      </c>
+      <c r="L169" t="inlineStr">
+        <is>
+          <t>Na Yung</t>
+        </is>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N169" t="inlineStr">
+        <is>
+          <t>ป่านายูง และป่าน้ำโสม</t>
+        </is>
+      </c>
+      <c r="O169" t="inlineStr"/>
+      <c r="P169" t="inlineStr"/>
+      <c r="Q169" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>7572056f-c5ad-4d2d-9473-f9483b350048</t>
+        </is>
+      </c>
+      <c r="B170" t="n">
+        <v>102.229767</v>
+      </c>
+      <c r="C170" t="n">
+        <v>17.583765</v>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F170" t="n">
+        <v>327.94</v>
+      </c>
+      <c r="G170" t="n">
+        <v>2.063861</v>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I170" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J170" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>Ban Khok</t>
+        </is>
+      </c>
+      <c r="L170" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N170" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O170" t="inlineStr"/>
+      <c r="P170" t="inlineStr"/>
+      <c r="Q170" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>af94e707-554d-42eb-be6c-d6ef46e40150</t>
+        </is>
+      </c>
+      <c r="B171" t="n">
+        <v>102.230385</v>
+      </c>
+      <c r="C171" t="n">
+        <v>17.587154</v>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F171" t="n">
+        <v>314.04</v>
+      </c>
+      <c r="G171" t="n">
+        <v>2.063861</v>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I171" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J171" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>Ban Khok</t>
+        </is>
+      </c>
+      <c r="L171" t="inlineStr">
+        <is>
+          <t>Suwannakhuha</t>
+        </is>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N171" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O171" t="inlineStr"/>
+      <c r="P171" t="inlineStr"/>
+      <c r="Q171" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>c0fee50a-21c5-4d65-810b-77234138b07e</t>
+        </is>
+      </c>
+      <c r="B172" t="n">
+        <v>102.27652</v>
+      </c>
+      <c r="C172" t="n">
+        <v>13.668427</v>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F172" t="n">
+        <v>303.59</v>
+      </c>
+      <c r="G172" t="n">
+        <v>0.547865</v>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I172" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J172" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>Tha Kwian</t>
+        </is>
+      </c>
+      <c r="L172" t="inlineStr">
+        <is>
+          <t>Watthana Nakhon</t>
+        </is>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N172" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O172" t="inlineStr"/>
+      <c r="P172" t="inlineStr"/>
+      <c r="Q172" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>7a619666-9f3a-4f0e-88f0-d831c1000103</t>
+        </is>
+      </c>
+      <c r="B173" t="n">
+        <v>102.296585</v>
+      </c>
+      <c r="C173" t="n">
+        <v>17.892273</v>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F173" t="n">
+        <v>312.77</v>
+      </c>
+      <c r="G173" t="n">
+        <v>1.446887</v>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I173" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J173" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>Kham Duang</t>
+        </is>
+      </c>
+      <c r="L173" t="inlineStr">
+        <is>
+          <t>Ban Phue</t>
+        </is>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N173" t="inlineStr">
+        <is>
+          <t>ป่านายูง และป่าน้ำโสม</t>
+        </is>
+      </c>
+      <c r="O173" t="inlineStr"/>
+      <c r="P173" t="inlineStr"/>
+      <c r="Q173" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>5b357ac7-40d8-4454-bb00-a96f7cf33765</t>
+        </is>
+      </c>
+      <c r="B174" t="n">
+        <v>102.314468</v>
+      </c>
+      <c r="C174" t="n">
+        <v>13.54183</v>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F174" t="n">
+        <v>325.94</v>
+      </c>
+      <c r="G174" t="n">
+        <v>1.627331</v>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I174" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J174" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>Benchakhon</t>
+        </is>
+      </c>
+      <c r="L174" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N174" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O174" t="inlineStr"/>
+      <c r="P174" t="inlineStr"/>
+      <c r="Q174" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>68ca2a1b-07c5-442f-92d7-66cda4a7d51b</t>
+        </is>
+      </c>
+      <c r="B175" t="n">
+        <v>102.315094</v>
+      </c>
+      <c r="C175" t="n">
+        <v>13.54537</v>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F175" t="n">
+        <v>310.61</v>
+      </c>
+      <c r="G175" t="n">
+        <v>1.627331</v>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I175" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J175" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>Benchakhon</t>
+        </is>
+      </c>
+      <c r="L175" t="inlineStr">
+        <is>
+          <t>Khlong Hat</t>
+        </is>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N175" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O175" t="inlineStr"/>
+      <c r="P175" t="inlineStr"/>
+      <c r="Q175" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>15d76e02-05a7-40a9-adc0-b372ad95dd15</t>
+        </is>
+      </c>
+      <c r="B176" t="n">
+        <v>102.325294</v>
+      </c>
+      <c r="C176" t="n">
+        <v>13.681994</v>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F176" t="n">
+        <v>304.07</v>
+      </c>
+      <c r="G176" t="n">
+        <v>1.10553</v>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I176" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>Tha Kwian</t>
+        </is>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>Watthana Nakhon</t>
+        </is>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N176" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O176" t="inlineStr"/>
+      <c r="P176" t="inlineStr"/>
+      <c r="Q176" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>af78b2d4-d6f4-46bd-8aca-b6ed25f49ed0</t>
+        </is>
+      </c>
+      <c r="B177" t="n">
+        <v>102.328789</v>
+      </c>
+      <c r="C177" t="n">
+        <v>13.677761</v>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F177" t="n">
+        <v>306.16</v>
+      </c>
+      <c r="G177" t="n">
+        <v>0.948777</v>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I177" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>Tha Kwian</t>
+        </is>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>Watthana Nakhon</t>
+        </is>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N177" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
+      <c r="O177" t="inlineStr"/>
+      <c r="P177" t="inlineStr"/>
+      <c r="Q177" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>8ee7de06-9447-4957-9d84-d3dcf49190d3</t>
+        </is>
+      </c>
+      <c r="B178" t="n">
+        <v>102.335526</v>
+      </c>
+      <c r="C178" t="n">
+        <v>17.354443</v>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F178" t="n">
+        <v>299.4</v>
+      </c>
+      <c r="G178" t="n">
+        <v>0.368089</v>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I178" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>Kut Chik</t>
+        </is>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>Mueang Nongbua Lamphu</t>
+        </is>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N178" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
+      <c r="O178" t="inlineStr"/>
+      <c r="P178" t="inlineStr"/>
+      <c r="Q178" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>8690965c-4d70-4954-b931-ba8215f69a3d</t>
+        </is>
+      </c>
+      <c r="B179" t="n">
+        <v>102.357918</v>
+      </c>
+      <c r="C179" t="n">
+        <v>17.523079</v>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F179" t="n">
+        <v>305.3</v>
+      </c>
+      <c r="G179" t="n">
+        <v>1.3255</v>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I179" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J179" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>Nong Waeng</t>
+        </is>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>Ban Phue</t>
+        </is>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N179" t="inlineStr">
+        <is>
+          <t>ป่าเขือน้ำ</t>
+        </is>
+      </c>
+      <c r="O179" t="inlineStr"/>
+      <c r="P179" t="inlineStr"/>
+      <c r="Q179" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>0dd2f49d-517b-40b3-b461-0788dd33b66d</t>
+        </is>
+      </c>
+      <c r="B180" t="n">
+        <v>102.365234</v>
+      </c>
+      <c r="C180" t="n">
+        <v>15.687037</v>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F180" t="n">
+        <v>309</v>
+      </c>
+      <c r="G180" t="n">
+        <v>1.074049</v>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I180" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J180" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>Khun Thong</t>
+        </is>
+      </c>
+      <c r="L180" t="inlineStr">
+        <is>
+          <t>Bua Yai</t>
+        </is>
+      </c>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N180" t="inlineStr"/>
+      <c r="O180" t="inlineStr"/>
+      <c r="P180" t="inlineStr"/>
+      <c r="Q180" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>8996fed1-e7b5-4727-87b5-2969c34675c0</t>
+        </is>
+      </c>
+      <c r="B181" t="n">
+        <v>102.382645</v>
+      </c>
+      <c r="C181" t="n">
+        <v>13.694209</v>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F181" t="n">
+        <v>317.5</v>
+      </c>
+      <c r="G181" t="n">
+        <v>2.324558</v>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I181" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J181" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>Phak Kha</t>
+        </is>
+      </c>
+      <c r="L181" t="inlineStr">
+        <is>
+          <t>Watthana Nakhon</t>
+        </is>
+      </c>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N181" t="inlineStr"/>
+      <c r="O181" t="inlineStr"/>
+      <c r="P181" t="inlineStr"/>
+      <c r="Q181" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>fd85015e-3311-49aa-8985-b634b2c6ad5b</t>
+        </is>
+      </c>
+      <c r="B182" t="n">
+        <v>102.400307</v>
+      </c>
+      <c r="C182" t="n">
+        <v>13.902205</v>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F182" t="n">
+        <v>306.1</v>
+      </c>
+      <c r="G182" t="n">
+        <v>0.994636</v>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I182" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J182" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K182" t="inlineStr">
+        <is>
+          <t>Nong Mak Fai</t>
+        </is>
+      </c>
+      <c r="L182" t="inlineStr">
+        <is>
+          <t>Watthana Nakhon</t>
+        </is>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N182" t="inlineStr"/>
+      <c r="O182" t="inlineStr"/>
+      <c r="P182" t="inlineStr"/>
+      <c r="Q182" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>0378c511-fb78-4ffc-9819-3daa0be6b07f</t>
+        </is>
+      </c>
+      <c r="B183" t="n">
+        <v>102.41925</v>
+      </c>
+      <c r="C183" t="n">
+        <v>14.324759</v>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F183" t="n">
+        <v>317.07</v>
+      </c>
+      <c r="G183" t="n">
+        <v>2.030575</v>
+      </c>
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I183" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J183" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K183" t="inlineStr">
+        <is>
+          <t>Non Sombun</t>
+        </is>
+      </c>
+      <c r="L183" t="inlineStr">
+        <is>
+          <t>Soeng Sang</t>
+        </is>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N183" t="inlineStr">
+        <is>
+          <t>ป่าครบุรี</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr">
+        <is>
+          <t>Thap Lan</t>
+        </is>
+      </c>
+      <c r="P183" t="inlineStr"/>
+      <c r="Q183" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>71f7a24a-01a2-4cf8-97a1-7dd35b8380c6</t>
+        </is>
+      </c>
+      <c r="B184" t="n">
+        <v>102.419899</v>
+      </c>
+      <c r="C184" t="n">
+        <v>14.328282</v>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F184" t="n">
+        <v>316.15</v>
+      </c>
+      <c r="G184" t="n">
+        <v>2.030575</v>
+      </c>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I184" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J184" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K184" t="inlineStr">
+        <is>
+          <t>Non Sombun</t>
+        </is>
+      </c>
+      <c r="L184" t="inlineStr">
+        <is>
+          <t>Soeng Sang</t>
+        </is>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N184" t="inlineStr">
+        <is>
+          <t>ป่าครบุรี</t>
+        </is>
+      </c>
+      <c r="O184" t="inlineStr">
+        <is>
+          <t>Thap Lan</t>
+        </is>
+      </c>
+      <c r="P184" t="inlineStr"/>
+      <c r="Q184" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>f250e276-5fb3-4493-b584-0d68e6fa9125</t>
+        </is>
+      </c>
+      <c r="B185" t="n">
+        <v>102.470207</v>
+      </c>
+      <c r="C185" t="n">
+        <v>17.328117</v>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F185" t="n">
+        <v>307.32</v>
+      </c>
+      <c r="G185" t="n">
+        <v>1.328718</v>
+      </c>
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I185" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J185" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K185" t="inlineStr">
+        <is>
+          <t>Nam Phon</t>
+        </is>
+      </c>
+      <c r="L185" t="inlineStr">
+        <is>
+          <t>Nong Wua So</t>
+        </is>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N185" t="inlineStr">
+        <is>
+          <t>ป่ากุดจับ</t>
+        </is>
+      </c>
+      <c r="O185" t="inlineStr"/>
+      <c r="P185" t="inlineStr"/>
+      <c r="Q185" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>8d9683f6-f62f-413e-bfc2-6a1852217eeb</t>
+        </is>
+      </c>
+      <c r="B186" t="n">
+        <v>102.473206</v>
+      </c>
+      <c r="C186" t="n">
+        <v>17.317204</v>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F186" t="n">
+        <v>310.67</v>
+      </c>
+      <c r="G186" t="n">
+        <v>1.427966</v>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I186" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J186" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>Nam Phon</t>
+        </is>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>Nong Wua So</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>ป่ากุดจับ</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr"/>
+      <c r="P186" t="inlineStr"/>
+      <c r="Q186" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>9f0afd8c-20ff-40ac-bad9-b922d2a534d5</t>
+        </is>
+      </c>
+      <c r="B187" t="n">
+        <v>102.622551</v>
+      </c>
+      <c r="C187" t="n">
+        <v>13.849892</v>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F187" t="n">
+        <v>314.84</v>
+      </c>
+      <c r="G187" t="n">
+        <v>1.989097</v>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I187" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J187" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>Nong Muang</t>
+        </is>
+      </c>
+      <c r="L187" t="inlineStr">
+        <is>
+          <t>Khok Sung</t>
+        </is>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr"/>
+      <c r="O187" t="inlineStr"/>
+      <c r="P187" t="inlineStr"/>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>f7542e33-6944-4b1e-9b4a-d5d6366d6c9b</t>
+        </is>
+      </c>
+      <c r="B188" t="n">
+        <v>102.641823</v>
+      </c>
+      <c r="C188" t="n">
+        <v>14.818367</v>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F188" t="n">
+        <v>313.74</v>
+      </c>
+      <c r="G188" t="n">
+        <v>1.711746</v>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I188" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J188" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>Nong Chai Si</t>
+        </is>
+      </c>
+      <c r="L188" t="inlineStr">
+        <is>
+          <t>Nong Hong</t>
+        </is>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N188" t="inlineStr"/>
+      <c r="O188" t="inlineStr"/>
+      <c r="P188" t="inlineStr"/>
+      <c r="Q188" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>4f1165de-da81-4a46-bbb8-46aac0eeabf1</t>
+        </is>
+      </c>
+      <c r="B189" t="n">
+        <v>102.644753</v>
+      </c>
+      <c r="C189" t="n">
+        <v>14.858001</v>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F189" t="n">
+        <v>328.4</v>
+      </c>
+      <c r="G189" t="n">
+        <v>4.923012</v>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I189" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J189" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K189" t="inlineStr">
+        <is>
+          <t>Huai Hin</t>
+        </is>
+      </c>
+      <c r="L189" t="inlineStr">
+        <is>
+          <t>Nong Hong</t>
+        </is>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N189" t="inlineStr"/>
+      <c r="O189" t="inlineStr"/>
+      <c r="P189" t="inlineStr"/>
+      <c r="Q189" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>66c64f62-7d2c-4512-8b43-eb580e25d6d5</t>
+        </is>
+      </c>
+      <c r="B190" t="n">
+        <v>102.648888</v>
+      </c>
+      <c r="C190" t="n">
+        <v>14.857303</v>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F190" t="n">
+        <v>305.81</v>
+      </c>
+      <c r="G190" t="n">
+        <v>4.923012</v>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I190" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J190" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K190" t="inlineStr">
+        <is>
+          <t>Huai Hin</t>
+        </is>
+      </c>
+      <c r="L190" t="inlineStr">
+        <is>
+          <t>Nong Hong</t>
+        </is>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N190" t="inlineStr"/>
+      <c r="O190" t="inlineStr"/>
+      <c r="P190" t="inlineStr"/>
+      <c r="Q190" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>6326f84a-248a-4c25-832a-fa8070651601</t>
+        </is>
+      </c>
+      <c r="B191" t="n">
+        <v>102.658546</v>
+      </c>
+      <c r="C191" t="n">
+        <v>16.937393</v>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F191" t="n">
+        <v>313.56</v>
+      </c>
+      <c r="G191" t="n">
+        <v>1.858652</v>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I191" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J191" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K191" t="inlineStr">
+        <is>
+          <t>Ban Kho</t>
+        </is>
+      </c>
+      <c r="L191" t="inlineStr">
+        <is>
+          <t>Non Sang</t>
+        </is>
+      </c>
+      <c r="M191" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N191" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O191" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
+      <c r="P191" t="inlineStr"/>
+      <c r="Q191" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>bd49ab8e-f320-42d7-9076-2a4925f10af2</t>
+        </is>
+      </c>
+      <c r="B192" t="n">
+        <v>102.662376</v>
+      </c>
+      <c r="C192" t="n">
+        <v>16.936749</v>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F192" t="n">
+        <v>319.4</v>
+      </c>
+      <c r="G192" t="n">
+        <v>1.858652</v>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I192" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J192" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K192" t="inlineStr">
+        <is>
+          <t>Ban Kho</t>
+        </is>
+      </c>
+      <c r="L192" t="inlineStr">
+        <is>
+          <t>Non Sang</t>
+        </is>
+      </c>
+      <c r="M192" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N192" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O192" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
+      <c r="P192" t="inlineStr"/>
+      <c r="Q192" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>49ba959a-f219-4b5c-9542-0330ac1e867c</t>
+        </is>
+      </c>
+      <c r="B193" t="n">
+        <v>102.6661</v>
+      </c>
+      <c r="C193" t="n">
+        <v>16.936117</v>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F193" t="n">
+        <v>305.31</v>
+      </c>
+      <c r="G193" t="n">
+        <v>0.87898</v>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I193" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J193" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K193" t="inlineStr">
+        <is>
+          <t>Ban Kho</t>
+        </is>
+      </c>
+      <c r="L193" t="inlineStr">
+        <is>
+          <t>Non Sang</t>
+        </is>
+      </c>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N193" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O193" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
+      <c r="P193" t="inlineStr"/>
+      <c r="Q193" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>3d8b64e3-a8ef-4d46-8b11-f23f6cb42516</t>
+        </is>
+      </c>
+      <c r="B194" t="n">
+        <v>102.66803</v>
+      </c>
+      <c r="C194" t="n">
+        <v>16.946499</v>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F194" t="n">
+        <v>306.41</v>
+      </c>
+      <c r="G194" t="n">
+        <v>0.994102</v>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I194" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J194" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K194" t="inlineStr">
+        <is>
+          <t>Kut Du</t>
+        </is>
+      </c>
+      <c r="L194" t="inlineStr">
+        <is>
+          <t>Non Sang</t>
+        </is>
+      </c>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N194" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O194" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
+      <c r="P194" t="inlineStr"/>
+      <c r="Q194" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>31639feb-ab12-4fb5-a3e9-bf24ab67d23c</t>
+        </is>
+      </c>
+      <c r="B195" t="n">
+        <v>102.670464</v>
+      </c>
+      <c r="C195" t="n">
+        <v>16.938948</v>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F195" t="n">
+        <v>301.11</v>
+      </c>
+      <c r="G195" t="n">
+        <v>0.747251</v>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I195" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J195" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K195" t="inlineStr">
+        <is>
+          <t>Si Suk Samran</t>
+        </is>
+      </c>
+      <c r="L195" t="inlineStr">
+        <is>
+          <t>Ubolratana</t>
+        </is>
+      </c>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N195" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O195" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
+      <c r="P195" t="inlineStr"/>
+      <c r="Q195" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>d66a8cd7-8729-4d27-97b6-1adf7956af40</t>
+        </is>
+      </c>
+      <c r="B196" t="n">
+        <v>102.67112</v>
+      </c>
+      <c r="C196" t="n">
+        <v>16.942406</v>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F196" t="n">
+        <v>306.19</v>
+      </c>
+      <c r="G196" t="n">
+        <v>0.747251</v>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I196" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J196" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>Kut Du</t>
+        </is>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>Non Sang</t>
+        </is>
+      </c>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N196" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O196" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
+      <c r="P196" t="inlineStr"/>
+      <c r="Q196" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>b3629e0c-b01d-491c-96eb-64c5eb481409</t>
+        </is>
+      </c>
+      <c r="B197" t="n">
+        <v>102.671776</v>
+      </c>
+      <c r="C197" t="n">
+        <v>16.945866</v>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F197" t="n">
+        <v>306.46</v>
+      </c>
+      <c r="G197" t="n">
+        <v>0.994102</v>
+      </c>
+      <c r="H197" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I197" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J197" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K197" t="inlineStr">
+        <is>
+          <t>Kut Du</t>
+        </is>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>Non Sang</t>
+        </is>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N197" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O197" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
+      <c r="P197" t="inlineStr"/>
+      <c r="Q197" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>6a9632b2-c32c-4fcb-9ae7-d0befabf6607</t>
+        </is>
+      </c>
+      <c r="B198" t="n">
+        <v>102.912979</v>
+      </c>
+      <c r="C198" t="n">
+        <v>16.111923</v>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F198" t="n">
+        <v>308.46</v>
+      </c>
+      <c r="G198" t="n">
+        <v>0.711188</v>
+      </c>
+      <c r="H198" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I198" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J198" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K198" t="inlineStr">
+        <is>
+          <t>Na Pho</t>
+        </is>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>Kut Rang</t>
+        </is>
+      </c>
+      <c r="M198" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N198" t="inlineStr"/>
+      <c r="O198" t="inlineStr"/>
+      <c r="P198" t="inlineStr"/>
+      <c r="Q198" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>08eb593c-31dc-48ea-baa3-e5a0670b5fb1</t>
+        </is>
+      </c>
+      <c r="B199" t="n">
+        <v>102.935768</v>
+      </c>
+      <c r="C199" t="n">
+        <v>15.976934</v>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F199" t="n">
+        <v>322.39</v>
+      </c>
+      <c r="G199" t="n">
+        <v>2.293788</v>
+      </c>
+      <c r="H199" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I199" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J199" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K199" t="inlineStr">
+        <is>
+          <t>Nong Waeng</t>
+        </is>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>Kut Rang</t>
+        </is>
+      </c>
+      <c r="M199" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N199" t="inlineStr"/>
+      <c r="O199" t="inlineStr"/>
+      <c r="P199" t="inlineStr"/>
+      <c r="Q199" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>509a9a68-b8a7-4842-ac26-c86d65326299</t>
+        </is>
+      </c>
+      <c r="B200" t="n">
+        <v>103.009315</v>
+      </c>
+      <c r="C200" t="n">
+        <v>14.359589</v>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F200" t="n">
+        <v>312.54</v>
+      </c>
+      <c r="G200" t="n">
+        <v>1.299509</v>
+      </c>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I200" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J200" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K200" t="inlineStr">
+        <is>
+          <t>Nong Mai Ngam</t>
+        </is>
+      </c>
+      <c r="L200" t="inlineStr">
+        <is>
+          <t>Ban Kruat</t>
+        </is>
+      </c>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N200" t="inlineStr">
+        <is>
+          <t>ป่าบ้านกรวด แปลงที่ 5</t>
+        </is>
+      </c>
+      <c r="O200" t="inlineStr"/>
+      <c r="P200" t="inlineStr"/>
+      <c r="Q200" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>43ea0768-539e-4630-9d0e-363cd153e7d7</t>
+        </is>
+      </c>
+      <c r="B201" t="n">
+        <v>103.009834</v>
+      </c>
+      <c r="C201" t="n">
+        <v>14.491045</v>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F201" t="n">
+        <v>301.59</v>
+      </c>
+      <c r="G201" t="n">
+        <v>0.783223</v>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I201" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J201" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K201" t="inlineStr">
+        <is>
+          <t>Chorakhe Mak</t>
+        </is>
+      </c>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>Prakhon Chai</t>
+        </is>
+      </c>
+      <c r="M201" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N201" t="inlineStr">
+        <is>
+          <t>ป่าเขาคอก</t>
+        </is>
+      </c>
+      <c r="O201" t="inlineStr"/>
+      <c r="P201" t="inlineStr"/>
+      <c r="Q201" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>b7a144e0-2c7f-4fc0-aed3-aed1a6e277cb</t>
+        </is>
+      </c>
+      <c r="B202" t="n">
+        <v>103.045029</v>
+      </c>
+      <c r="C202" t="n">
+        <v>15.234261</v>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F202" t="n">
+        <v>321.67</v>
+      </c>
+      <c r="G202" t="n">
+        <v>2.709244</v>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I202" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J202" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K202" t="inlineStr">
+        <is>
+          <t>Hin Lek Fai</t>
+        </is>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>Khu Mueang</t>
+        </is>
+      </c>
+      <c r="M202" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N202" t="inlineStr"/>
+      <c r="O202" t="inlineStr"/>
+      <c r="P202" t="inlineStr"/>
+      <c r="Q202" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>df50e1d8-6987-4a0f-a5b7-7dc7cc6eeea9</t>
+        </is>
+      </c>
+      <c r="B203" t="n">
+        <v>103.088875</v>
+      </c>
+      <c r="C203" t="n">
+        <v>15.881887</v>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F203" t="n">
+        <v>327.73</v>
+      </c>
+      <c r="G203" t="n">
+        <v>3.167741</v>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I203" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J203" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K203" t="inlineStr">
+        <is>
+          <t>Non Daeng</t>
+        </is>
+      </c>
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>Borabue</t>
+        </is>
+      </c>
+      <c r="M203" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N203" t="inlineStr"/>
+      <c r="O203" t="inlineStr"/>
+      <c r="P203" t="inlineStr"/>
+      <c r="Q203" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>17a45c47-8b54-4646-b7a8-5a64e42e3c33</t>
+        </is>
+      </c>
+      <c r="B204" t="n">
+        <v>103.091782</v>
+      </c>
+      <c r="C204" t="n">
+        <v>14.345531</v>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F204" t="n">
+        <v>313.12</v>
+      </c>
+      <c r="G204" t="n">
+        <v>1.512091</v>
+      </c>
+      <c r="H204" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I204" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J204" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K204" t="inlineStr">
+        <is>
+          <t>Prasat</t>
+        </is>
+      </c>
+      <c r="L204" t="inlineStr">
+        <is>
+          <t>Ban Kruat</t>
+        </is>
+      </c>
+      <c r="M204" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N204" t="inlineStr">
+        <is>
+          <t>ป่าบ้านกรวด แปลงที่ 5</t>
+        </is>
+      </c>
+      <c r="O204" t="inlineStr"/>
+      <c r="P204" t="inlineStr"/>
+      <c r="Q204" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>f9aec2c7-3f07-4bf2-b361-6e75c63cf0a5</t>
+        </is>
+      </c>
+      <c r="B205" t="n">
+        <v>103.092522</v>
+      </c>
+      <c r="C205" t="n">
+        <v>14.349158</v>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F205" t="n">
+        <v>305</v>
+      </c>
+      <c r="G205" t="n">
+        <v>0.861915</v>
+      </c>
+      <c r="H205" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I205" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J205" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K205" t="inlineStr">
+        <is>
+          <t>Prasat</t>
+        </is>
+      </c>
+      <c r="L205" t="inlineStr">
+        <is>
+          <t>Ban Kruat</t>
+        </is>
+      </c>
+      <c r="M205" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N205" t="inlineStr">
+        <is>
+          <t>ป่าบ้านกรวด แปลงที่ 5</t>
+        </is>
+      </c>
+      <c r="O205" t="inlineStr"/>
+      <c r="P205" t="inlineStr"/>
+      <c r="Q205" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>f7f0f57d-e901-447f-910a-94be4d8020d3</t>
+        </is>
+      </c>
+      <c r="B206" t="n">
+        <v>103.111992</v>
+      </c>
+      <c r="C206" t="n">
+        <v>14.71142</v>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F206" t="n">
+        <v>309.42</v>
+      </c>
+      <c r="G206" t="n">
+        <v>0.971768</v>
+      </c>
+      <c r="H206" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I206" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J206" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K206" t="inlineStr">
+        <is>
+          <t>Chan Dum</t>
+        </is>
+      </c>
+      <c r="L206" t="inlineStr">
+        <is>
+          <t>Phlapphla Chai</t>
+        </is>
+      </c>
+      <c r="M206" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N206" t="inlineStr"/>
+      <c r="O206" t="inlineStr"/>
+      <c r="P206" t="inlineStr"/>
+      <c r="Q206" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>e716055e-cca3-4f1d-9e5e-b893a3388e06</t>
+        </is>
+      </c>
+      <c r="B207" t="n">
+        <v>103.172539</v>
+      </c>
+      <c r="C207" t="n">
+        <v>14.591591</v>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F207" t="n">
+        <v>337.05</v>
+      </c>
+      <c r="G207" t="n">
+        <v>5.829783</v>
+      </c>
+      <c r="H207" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I207" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J207" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K207" t="inlineStr">
+        <is>
+          <t>Lawia</t>
+        </is>
+      </c>
+      <c r="L207" t="inlineStr">
+        <is>
+          <t>Prakhon Chai</t>
+        </is>
+      </c>
+      <c r="M207" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N207" t="inlineStr">
+        <is>
+          <t>ป่าปรีธม</t>
+        </is>
+      </c>
+      <c r="O207" t="inlineStr"/>
+      <c r="P207" t="inlineStr"/>
+      <c r="Q207" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>2244bd4a-faca-48b3-a5fe-7f2046fd7d66</t>
+        </is>
+      </c>
+      <c r="B208" t="n">
+        <v>103.173218</v>
+      </c>
+      <c r="C208" t="n">
+        <v>14.595233</v>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F208" t="n">
+        <v>320.35</v>
+      </c>
+      <c r="G208" t="n">
+        <v>2.982967</v>
+      </c>
+      <c r="H208" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:56:00</t>
+        </is>
+      </c>
+      <c r="I208" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J208" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K208" t="inlineStr">
+        <is>
+          <t>Lawia</t>
+        </is>
+      </c>
+      <c r="L208" t="inlineStr">
+        <is>
+          <t>Prakhon Chai</t>
+        </is>
+      </c>
+      <c r="M208" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N208" t="inlineStr">
+        <is>
+          <t>ป่าปรีธม</t>
+        </is>
+      </c>
+      <c r="O208" t="inlineStr"/>
+      <c r="P208" t="inlineStr"/>
+      <c r="Q208" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>ded027f3-be2f-4be5-8e99-3aff6013b1b4</t>
+        </is>
+      </c>
+      <c r="B209" t="n">
+        <v>103.242561</v>
+      </c>
+      <c r="C209" t="n">
+        <v>15.083939</v>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F209" t="n">
+        <v>331.92</v>
+      </c>
+      <c r="G209" t="n">
+        <v>4.75478</v>
+      </c>
+      <c r="H209" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I209" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J209" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K209" t="inlineStr">
+        <is>
+          <t>Prasat</t>
+        </is>
+      </c>
+      <c r="L209" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M209" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N209" t="inlineStr"/>
+      <c r="O209" t="inlineStr"/>
+      <c r="P209" t="inlineStr"/>
+      <c r="Q209" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>8a58e1a2-5973-41eb-ae92-560c40c4f482</t>
+        </is>
+      </c>
+      <c r="B210" t="n">
+        <v>103.264793</v>
+      </c>
+      <c r="C210" t="n">
+        <v>15.106393</v>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F210" t="n">
+        <v>304.83</v>
+      </c>
+      <c r="G210" t="n">
+        <v>0.373708</v>
+      </c>
+      <c r="H210" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I210" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J210" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K210" t="inlineStr">
+        <is>
+          <t>Ta Sao</t>
+        </is>
+      </c>
+      <c r="L210" t="inlineStr">
+        <is>
+          <t>Huai Rat</t>
+        </is>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N210" t="inlineStr"/>
+      <c r="O210" t="inlineStr"/>
+      <c r="P210" t="inlineStr"/>
+      <c r="Q210" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>21f4756d-ffc1-458c-867e-348220d07404</t>
+        </is>
+      </c>
+      <c r="B211" t="n">
+        <v>103.270988</v>
+      </c>
+      <c r="C211" t="n">
+        <v>16.898935</v>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F211" t="n">
+        <v>308.52</v>
+      </c>
+      <c r="G211" t="n">
+        <v>1.307917</v>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I211" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J211" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K211" t="inlineStr">
+        <is>
+          <t>Yang Um</t>
+        </is>
+      </c>
+      <c r="L211" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M211" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N211" t="inlineStr"/>
+      <c r="O211" t="inlineStr"/>
+      <c r="P211" t="inlineStr"/>
+      <c r="Q211" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>018e8c25-0f0e-4527-a9f2-5c11799f3d81</t>
+        </is>
+      </c>
+      <c r="B212" t="n">
+        <v>103.360718</v>
+      </c>
+      <c r="C212" t="n">
+        <v>15.169114</v>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F212" t="n">
+        <v>302.74</v>
+      </c>
+      <c r="G212" t="n">
+        <v>0.788782</v>
+      </c>
+      <c r="H212" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I212" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J212" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K212" t="inlineStr">
+        <is>
+          <t>Sanam Chai</t>
+        </is>
+      </c>
+      <c r="L212" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M212" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N212" t="inlineStr"/>
+      <c r="O212" t="inlineStr"/>
+      <c r="P212" t="inlineStr"/>
+      <c r="Q212" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>7b2de8e9-b13e-45a7-85fb-ee1981a9e507</t>
+        </is>
+      </c>
+      <c r="B213" t="n">
+        <v>103.36084</v>
+      </c>
+      <c r="C213" t="n">
+        <v>17.484739</v>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F213" t="n">
+        <v>306.21</v>
+      </c>
+      <c r="G213" t="n">
+        <v>0.782352</v>
+      </c>
+      <c r="H213" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I213" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J213" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K213" t="inlineStr">
+        <is>
+          <t>Kham Sa-At</t>
+        </is>
+      </c>
+      <c r="L213" t="inlineStr">
+        <is>
+          <t>Sawang Daen Din</t>
+        </is>
+      </c>
+      <c r="M213" t="inlineStr">
+        <is>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N213" t="inlineStr"/>
+      <c r="O213" t="inlineStr"/>
+      <c r="P213" t="inlineStr"/>
+      <c r="Q213" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>fe880648-caf3-4054-8f2f-a19c6b55ab5b</t>
+        </is>
+      </c>
+      <c r="B214" t="n">
+        <v>103.390579</v>
+      </c>
+      <c r="C214" t="n">
+        <v>16.952007</v>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F214" t="n">
+        <v>301.46</v>
+      </c>
+      <c r="G214" t="n">
+        <v>0.700228</v>
+      </c>
+      <c r="H214" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I214" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J214" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K214" t="inlineStr">
+        <is>
+          <t>Nong Ya Sai</t>
+        </is>
+      </c>
+      <c r="L214" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M214" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N214" t="inlineStr"/>
+      <c r="O214" t="inlineStr"/>
+      <c r="P214" t="inlineStr"/>
+      <c r="Q214" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>871fc84b-1fed-4b55-98f8-8c01053b5f4a</t>
+        </is>
+      </c>
+      <c r="B215" t="n">
+        <v>103.391289</v>
+      </c>
+      <c r="C215" t="n">
+        <v>16.131805</v>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F215" t="n">
+        <v>301.56</v>
+      </c>
+      <c r="G215" t="n">
+        <v>0.456149</v>
+      </c>
+      <c r="H215" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I215" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J215" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K215" t="inlineStr">
+        <is>
+          <t>Khewa</t>
+        </is>
+      </c>
+      <c r="L215" t="inlineStr">
+        <is>
+          <t>Mueang Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="M215" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N215" t="inlineStr"/>
+      <c r="O215" t="inlineStr"/>
+      <c r="P215" t="inlineStr"/>
+      <c r="Q215" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>3512036a-f81a-4834-8a66-63c933ef9d46</t>
+        </is>
+      </c>
+      <c r="B216" t="n">
+        <v>103.393501</v>
+      </c>
+      <c r="C216" t="n">
+        <v>16.950148</v>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F216" t="n">
+        <v>301.39</v>
+      </c>
+      <c r="G216" t="n">
+        <v>0.773799</v>
+      </c>
+      <c r="H216" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I216" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J216" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K216" t="inlineStr">
+        <is>
+          <t>Nong Ya Sai</t>
+        </is>
+      </c>
+      <c r="L216" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M216" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N216" t="inlineStr"/>
+      <c r="O216" t="inlineStr"/>
+      <c r="P216" t="inlineStr"/>
+      <c r="Q216" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>c3ff890c-626a-4e9f-a9ea-387d677a5d89</t>
+        </is>
+      </c>
+      <c r="B217" t="n">
+        <v>103.405632</v>
+      </c>
+      <c r="C217" t="n">
+        <v>17.29808</v>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F217" t="n">
+        <v>316.82</v>
+      </c>
+      <c r="G217" t="n">
+        <v>3.284348</v>
+      </c>
+      <c r="H217" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I217" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J217" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K217" t="inlineStr">
+        <is>
+          <t>Tha Sila</t>
+        </is>
+      </c>
+      <c r="L217" t="inlineStr">
+        <is>
+          <t>Song Dao</t>
+        </is>
+      </c>
+      <c r="M217" t="inlineStr">
+        <is>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N217" t="inlineStr">
+        <is>
+          <t>ป่าดงพันนาและป่าดงพระเจ้า</t>
+        </is>
+      </c>
+      <c r="O217" t="inlineStr"/>
+      <c r="P217" t="inlineStr"/>
+      <c r="Q217" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>ab3db787-b5b3-49fd-b9cc-b680937ad4f4</t>
+        </is>
+      </c>
+      <c r="B218" t="n">
+        <v>103.426727</v>
+      </c>
+      <c r="C218" t="n">
+        <v>16.314381</v>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F218" t="n">
+        <v>307.34</v>
+      </c>
+      <c r="G218" t="n">
+        <v>0.801596</v>
+      </c>
+      <c r="H218" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I218" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J218" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K218" t="inlineStr">
+        <is>
+          <t>Khok Sa-At</t>
+        </is>
+      </c>
+      <c r="L218" t="inlineStr">
+        <is>
+          <t>Khong Chai</t>
+        </is>
+      </c>
+      <c r="M218" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N218" t="inlineStr"/>
+      <c r="O218" t="inlineStr"/>
+      <c r="P218" t="inlineStr"/>
+      <c r="Q218" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>e2b1dd1e-820e-4a68-986c-343d8ed8de15</t>
+        </is>
+      </c>
+      <c r="B219" t="n">
+        <v>103.491501</v>
+      </c>
+      <c r="C219" t="n">
+        <v>17.560616</v>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F219" t="n">
+        <v>303.09</v>
+      </c>
+      <c r="G219" t="n">
+        <v>0.628284</v>
+      </c>
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I219" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J219" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K219" t="inlineStr">
+        <is>
+          <t>Thung Kae</t>
+        </is>
+      </c>
+      <c r="L219" t="inlineStr">
+        <is>
+          <t>Charoen Sin</t>
+        </is>
+      </c>
+      <c r="M219" t="inlineStr">
+        <is>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N219" t="inlineStr"/>
+      <c r="O219" t="inlineStr"/>
+      <c r="P219" t="inlineStr"/>
+      <c r="Q219" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>f30b66ef-9ee3-4d9d-9427-f46e59d9ca51</t>
+        </is>
+      </c>
+      <c r="B220" t="n">
+        <v>103.504578</v>
+      </c>
+      <c r="C220" t="n">
+        <v>17.023327</v>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F220" t="n">
+        <v>302.03</v>
+      </c>
+      <c r="G220" t="n">
+        <v>0.903016</v>
+      </c>
+      <c r="H220" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I220" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J220" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K220" t="inlineStr">
+        <is>
+          <t>Nong Kung Thap Ma</t>
+        </is>
+      </c>
+      <c r="L220" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M220" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N220" t="inlineStr">
+        <is>
+          <t>ป่าบะยาว ป่าหัวนาคำ ป่านายูง ป่าหนองกุงทับม้า และป่าหนองหญ้าไขย</t>
+        </is>
+      </c>
+      <c r="O220" t="inlineStr"/>
+      <c r="P220" t="inlineStr"/>
+      <c r="Q220" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>c6a48b23-817d-4859-8b7a-121355dc03ab</t>
+        </is>
+      </c>
+      <c r="B221" t="n">
+        <v>103.570099</v>
+      </c>
+      <c r="C221" t="n">
+        <v>18.184345</v>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F221" t="n">
+        <v>302.42</v>
+      </c>
+      <c r="G221" t="n">
+        <v>0.641272</v>
+      </c>
+      <c r="H221" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I221" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J221" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K221" t="inlineStr">
+        <is>
+          <t>Nong Hua Chang</t>
+        </is>
+      </c>
+      <c r="L221" t="inlineStr">
+        <is>
+          <t>Phon Charoen</t>
+        </is>
+      </c>
+      <c r="M221" t="inlineStr">
+        <is>
+          <t>Bueng Kan</t>
+        </is>
+      </c>
+      <c r="N221" t="inlineStr"/>
+      <c r="O221" t="inlineStr"/>
+      <c r="P221" t="inlineStr"/>
+      <c r="Q221" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>8dbe677f-e0b3-4f03-8420-2039210f7628</t>
+        </is>
+      </c>
+      <c r="B222" t="n">
+        <v>103.764153</v>
+      </c>
+      <c r="C222" t="n">
+        <v>16.447811</v>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F222" t="n">
+        <v>303.46</v>
+      </c>
+      <c r="G222" t="n">
+        <v>2.667166</v>
+      </c>
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I222" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J222" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K222" t="inlineStr">
+        <is>
+          <t>Sa-At Chai Si</t>
+        </is>
+      </c>
+      <c r="L222" t="inlineStr">
+        <is>
+          <t>Don Chan</t>
+        </is>
+      </c>
+      <c r="M222" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N222" t="inlineStr"/>
+      <c r="O222" t="inlineStr"/>
+      <c r="P222" t="inlineStr"/>
+      <c r="Q222" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>a87d88bc-8ce3-488f-a4ef-8c73c93f94b1</t>
+        </is>
+      </c>
+      <c r="B223" t="n">
+        <v>103.766136</v>
+      </c>
+      <c r="C223" t="n">
+        <v>16.446981</v>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F223" t="n">
+        <v>330.96</v>
+      </c>
+      <c r="G223" t="n">
+        <v>6.402489</v>
+      </c>
+      <c r="H223" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I223" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J223" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K223" t="inlineStr">
+        <is>
+          <t>Sa-At Chai Si</t>
+        </is>
+      </c>
+      <c r="L223" t="inlineStr">
+        <is>
+          <t>Don Chan</t>
+        </is>
+      </c>
+      <c r="M223" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N223" t="inlineStr"/>
+      <c r="O223" t="inlineStr"/>
+      <c r="P223" t="inlineStr"/>
+      <c r="Q223" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>51c82ed2-e7fe-48dd-b231-6366459d4819</t>
+        </is>
+      </c>
+      <c r="B224" t="n">
+        <v>103.768196</v>
+      </c>
+      <c r="C224" t="n">
+        <v>16.457973</v>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F224" t="n">
+        <v>323.02</v>
+      </c>
+      <c r="G224" t="n">
+        <v>2.493815</v>
+      </c>
+      <c r="H224" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I224" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J224" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K224" t="inlineStr">
+        <is>
+          <t>Sa-At Chai Si</t>
+        </is>
+      </c>
+      <c r="L224" t="inlineStr">
+        <is>
+          <t>Don Chan</t>
+        </is>
+      </c>
+      <c r="M224" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N224" t="inlineStr"/>
+      <c r="O224" t="inlineStr"/>
+      <c r="P224" t="inlineStr"/>
+      <c r="Q224" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>06d07bfd-3a7c-4e9a-ac8f-ca4a9bd4474d</t>
+        </is>
+      </c>
+      <c r="B225" t="n">
+        <v>103.768639</v>
+      </c>
+      <c r="C225" t="n">
+        <v>16.447041</v>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F225" t="n">
+        <v>327.7</v>
+      </c>
+      <c r="G225" t="n">
+        <v>2.667166</v>
+      </c>
+      <c r="H225" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I225" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J225" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K225" t="inlineStr">
+        <is>
+          <t>Sa-At Chai Si</t>
+        </is>
+      </c>
+      <c r="L225" t="inlineStr">
+        <is>
+          <t>Don Chan</t>
+        </is>
+      </c>
+      <c r="M225" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N225" t="inlineStr"/>
+      <c r="O225" t="inlineStr"/>
+      <c r="P225" t="inlineStr"/>
+      <c r="Q225" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>e67f6352-6c39-4683-a6c3-4360807958bd</t>
+        </is>
+      </c>
+      <c r="B226" t="n">
+        <v>103.831673</v>
+      </c>
+      <c r="C226" t="n">
+        <v>16.52265</v>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F226" t="n">
+        <v>301.26</v>
+      </c>
+      <c r="G226" t="n">
+        <v>0.376578</v>
+      </c>
+      <c r="H226" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I226" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J226" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K226" t="inlineStr">
+        <is>
+          <t>Nong Bua</t>
+        </is>
+      </c>
+      <c r="L226" t="inlineStr">
+        <is>
+          <t>Na Mon</t>
+        </is>
+      </c>
+      <c r="M226" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N226" t="inlineStr">
+        <is>
+          <t>ป่าดงแม่เผด</t>
+        </is>
+      </c>
+      <c r="O226" t="inlineStr"/>
+      <c r="P226" t="inlineStr"/>
+      <c r="Q226" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>b7594ff2-0ac8-4edd-8d57-6b87971fca32</t>
+        </is>
+      </c>
+      <c r="B227" t="n">
+        <v>103.869614</v>
+      </c>
+      <c r="C227" t="n">
+        <v>16.719364</v>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F227" t="n">
+        <v>311.39</v>
+      </c>
+      <c r="G227" t="n">
+        <v>1.362544</v>
+      </c>
+      <c r="H227" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I227" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J227" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K227" t="inlineStr">
+        <is>
+          <t>Kham Bong</t>
+        </is>
+      </c>
+      <c r="L227" t="inlineStr">
+        <is>
+          <t>Huai Phueng</t>
+        </is>
+      </c>
+      <c r="M227" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N227" t="inlineStr">
+        <is>
+          <t>ป่าดงห้วยฝา</t>
+        </is>
+      </c>
+      <c r="O227" t="inlineStr"/>
+      <c r="P227" t="inlineStr"/>
+      <c r="Q227" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>a5b54593-02c4-4d38-af15-60a0ce6f5476</t>
+        </is>
+      </c>
+      <c r="B228" t="n">
+        <v>103.877144</v>
+      </c>
+      <c r="C228" t="n">
+        <v>16.288738</v>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F228" t="n">
+        <v>300.99</v>
+      </c>
+      <c r="G228" t="n">
+        <v>0.543737</v>
+      </c>
+      <c r="H228" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I228" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J228" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K228" t="inlineStr">
+        <is>
+          <t>Um Mao</t>
+        </is>
+      </c>
+      <c r="L228" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M228" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N228" t="inlineStr"/>
+      <c r="O228" t="inlineStr"/>
+      <c r="P228" t="inlineStr"/>
+      <c r="Q228" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>33ba943f-b3b4-4d7e-a826-e9e40477e771</t>
+        </is>
+      </c>
+      <c r="B229" t="n">
+        <v>103.941849</v>
+      </c>
+      <c r="C229" t="n">
+        <v>16.34462</v>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F229" t="n">
+        <v>305.25</v>
+      </c>
+      <c r="G229" t="n">
+        <v>1.042415</v>
+      </c>
+      <c r="H229" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I229" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J229" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K229" t="inlineStr">
+        <is>
+          <t>Pho Thong</t>
+        </is>
+      </c>
+      <c r="L229" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M229" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N229" t="inlineStr"/>
+      <c r="O229" t="inlineStr"/>
+      <c r="P229" t="inlineStr"/>
+      <c r="Q229" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>35b5f2f7-03fb-4eeb-af63-1a4507e3a2c5</t>
+        </is>
+      </c>
+      <c r="B230" t="n">
+        <v>103.961197</v>
+      </c>
+      <c r="C230" t="n">
+        <v>16.435194</v>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F230" t="n">
+        <v>300.82</v>
+      </c>
+      <c r="G230" t="n">
+        <v>0.636711</v>
+      </c>
+      <c r="H230" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I230" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J230" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K230" t="inlineStr">
+        <is>
+          <t>Nong Yai</t>
+        </is>
+      </c>
+      <c r="L230" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M230" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N230" t="inlineStr"/>
+      <c r="O230" t="inlineStr"/>
+      <c r="P230" t="inlineStr"/>
+      <c r="Q230" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>3e09710d-246b-4531-8bb5-8dfe49803954</t>
+        </is>
+      </c>
+      <c r="B231" t="n">
+        <v>104.066223</v>
+      </c>
+      <c r="C231" t="n">
+        <v>16.748354</v>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F231" t="n">
+        <v>303.61</v>
+      </c>
+      <c r="G231" t="n">
+        <v>0.781066</v>
+      </c>
+      <c r="H231" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I231" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J231" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K231" t="inlineStr">
+        <is>
+          <t>Sai Na Wang</t>
+        </is>
+      </c>
+      <c r="L231" t="inlineStr">
+        <is>
+          <t>Na Khu</t>
+        </is>
+      </c>
+      <c r="M231" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N231" t="inlineStr"/>
+      <c r="O231" t="inlineStr"/>
+      <c r="P231" t="inlineStr"/>
+      <c r="Q231" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>f4c5e964-6ead-4543-9c1d-ccc2e82c1c9c</t>
+        </is>
+      </c>
+      <c r="B232" t="n">
+        <v>104.107208</v>
+      </c>
+      <c r="C232" t="n">
+        <v>15.612918</v>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F232" t="n">
+        <v>302.85</v>
+      </c>
+      <c r="G232" t="n">
+        <v>1.073617</v>
+      </c>
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I232" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J232" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K232" t="inlineStr">
+        <is>
+          <t>Pho Chai</t>
+        </is>
+      </c>
+      <c r="L232" t="inlineStr">
+        <is>
+          <t>Phanom Phrai</t>
+        </is>
+      </c>
+      <c r="M232" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N232" t="inlineStr"/>
+      <c r="O232" t="inlineStr"/>
+      <c r="P232" t="inlineStr"/>
+      <c r="Q232" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>6afb587c-5b2f-406f-9dcb-5733df9a43a0</t>
+        </is>
+      </c>
+      <c r="B233" t="n">
+        <v>104.128281</v>
+      </c>
+      <c r="C233" t="n">
+        <v>16.042095</v>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F233" t="n">
+        <v>307.26</v>
+      </c>
+      <c r="G233" t="n">
+        <v>0.929578</v>
+      </c>
+      <c r="H233" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I233" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J233" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K233" t="inlineStr">
+        <is>
+          <t>Na Wiang</t>
+        </is>
+      </c>
+      <c r="L233" t="inlineStr">
+        <is>
+          <t>Sai Mun</t>
+        </is>
+      </c>
+      <c r="M233" t="inlineStr">
+        <is>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N233" t="inlineStr">
+        <is>
+          <t>ป่าโคกหนองบัวและป่านาทม</t>
+        </is>
+      </c>
+      <c r="O233" t="inlineStr"/>
+      <c r="P233" t="inlineStr"/>
+      <c r="Q233" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>4e029217-0ac7-467e-a72c-b02cbf1b33f2</t>
+        </is>
+      </c>
+      <c r="B234" t="n">
+        <v>104.131119</v>
+      </c>
+      <c r="C234" t="n">
+        <v>16.8999</v>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F234" t="n">
+        <v>304.11</v>
+      </c>
+      <c r="G234" t="n">
+        <v>1.431196</v>
+      </c>
+      <c r="H234" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I234" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J234" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K234" t="inlineStr">
+        <is>
+          <t>Chan Phen</t>
+        </is>
+      </c>
+      <c r="L234" t="inlineStr">
+        <is>
+          <t>Tao Ngoi</t>
+        </is>
+      </c>
+      <c r="M234" t="inlineStr">
+        <is>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N234" t="inlineStr">
+        <is>
+          <t>ป่าภูล้อมข้าวและป่าภูเพ็ก</t>
+        </is>
+      </c>
+      <c r="O234" t="inlineStr">
+        <is>
+          <t>Phu Phan Yon</t>
+        </is>
+      </c>
+      <c r="P234" t="inlineStr"/>
+      <c r="Q234" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>50412ac0-1ac1-4274-9533-a51f95dceffd</t>
+        </is>
+      </c>
+      <c r="B235" t="n">
+        <v>104.260544</v>
+      </c>
+      <c r="C235" t="n">
+        <v>16.288153</v>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F235" t="n">
+        <v>302.42</v>
+      </c>
+      <c r="G235" t="n">
+        <v>0.561482</v>
+      </c>
+      <c r="H235" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I235" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J235" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K235" t="inlineStr">
+        <is>
+          <t>Khok Sawang</t>
+        </is>
+      </c>
+      <c r="L235" t="inlineStr">
+        <is>
+          <t>Nong Phok</t>
+        </is>
+      </c>
+      <c r="M235" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N235" t="inlineStr">
+        <is>
+          <t>ป่าดงมะอี่</t>
+        </is>
+      </c>
+      <c r="O235" t="inlineStr"/>
+      <c r="P235" t="inlineStr"/>
+      <c r="Q235" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>56500faa-1160-409a-a4a8-d564b5bed439</t>
+        </is>
+      </c>
+      <c r="B236" t="n">
+        <v>104.312073</v>
+      </c>
+      <c r="C236" t="n">
+        <v>17.798044</v>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F236" t="n">
+        <v>333.82</v>
+      </c>
+      <c r="G236" t="n">
+        <v>7.729175</v>
+      </c>
+      <c r="H236" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I236" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J236" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K236" t="inlineStr">
+        <is>
+          <t>Phathai</t>
+        </is>
+      </c>
+      <c r="L236" t="inlineStr">
+        <is>
+          <t>Tha Uthen</t>
+        </is>
+      </c>
+      <c r="M236" t="inlineStr">
+        <is>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N236" t="inlineStr"/>
+      <c r="O236" t="inlineStr"/>
+      <c r="P236" t="inlineStr"/>
+      <c r="Q236" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>794dc244-283e-4080-bfb7-940d9456fd52</t>
+        </is>
+      </c>
+      <c r="B237" t="n">
+        <v>104.343475</v>
+      </c>
+      <c r="C237" t="n">
+        <v>16.843254</v>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F237" t="n">
+        <v>302.48</v>
+      </c>
+      <c r="G237" t="n">
+        <v>0.989891</v>
+      </c>
+      <c r="H237" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I237" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J237" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K237" t="inlineStr">
+        <is>
+          <t>Phang Daeng</t>
+        </is>
+      </c>
+      <c r="L237" t="inlineStr">
+        <is>
+          <t>Dong Luang</t>
+        </is>
+      </c>
+      <c r="M237" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N237" t="inlineStr"/>
+      <c r="O237" t="inlineStr">
+        <is>
+          <t>Phu Phan Yon</t>
+        </is>
+      </c>
+      <c r="P237" t="inlineStr"/>
+      <c r="Q237" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>0be460e7-84ae-459c-9e08-b634514cfef5</t>
+        </is>
+      </c>
+      <c r="B238" t="n">
+        <v>104.511253</v>
+      </c>
+      <c r="C238" t="n">
+        <v>17.453671</v>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F238" t="n">
+        <v>302.91</v>
+      </c>
+      <c r="G238" t="n">
+        <v>0.512437</v>
+      </c>
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I238" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J238" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K238" t="inlineStr">
+        <is>
+          <t>Phon Sawan</t>
+        </is>
+      </c>
+      <c r="L238" t="inlineStr">
+        <is>
+          <t>Phon Sawan</t>
+        </is>
+      </c>
+      <c r="M238" t="inlineStr">
+        <is>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N238" t="inlineStr">
+        <is>
+          <t>ป่าดงเซกาแปลงที่สอง</t>
+        </is>
+      </c>
+      <c r="O238" t="inlineStr"/>
+      <c r="P238" t="inlineStr"/>
+      <c r="Q238" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>9bad4230-058b-4653-bb79-d997833090a7</t>
+        </is>
+      </c>
+      <c r="B239" t="n">
+        <v>104.583061</v>
+      </c>
+      <c r="C239" t="n">
+        <v>14.527444</v>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F239" t="n">
+        <v>312.95</v>
+      </c>
+      <c r="G239" t="n">
+        <v>1.254959</v>
+      </c>
+      <c r="H239" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I239" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J239" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K239" t="inlineStr">
+        <is>
+          <t>Cham</t>
+        </is>
+      </c>
+      <c r="L239" t="inlineStr">
+        <is>
+          <t>Kantharalak</t>
+        </is>
+      </c>
+      <c r="M239" t="inlineStr">
+        <is>
+          <t>Sisaket</t>
+        </is>
+      </c>
+      <c r="N239" t="inlineStr"/>
+      <c r="O239" t="inlineStr"/>
+      <c r="P239" t="inlineStr"/>
+      <c r="Q239" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>4bafe4eb-afad-40e9-afad-b7f0fc36f2a6</t>
+        </is>
+      </c>
+      <c r="B240" t="n">
+        <v>104.599419</v>
+      </c>
+      <c r="C240" t="n">
+        <v>17.383371</v>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F240" t="n">
+        <v>301.23</v>
+      </c>
+      <c r="G240" t="n">
+        <v>0.851089</v>
+      </c>
+      <c r="H240" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I240" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J240" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K240" t="inlineStr">
+        <is>
+          <t>Ban Phueng</t>
+        </is>
+      </c>
+      <c r="L240" t="inlineStr">
+        <is>
+          <t>Mueang Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="M240" t="inlineStr">
+        <is>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N240" t="inlineStr">
+        <is>
+          <t>ป่าดงเซกาแปลงที่สอง</t>
+        </is>
+      </c>
+      <c r="O240" t="inlineStr"/>
+      <c r="P240" t="inlineStr"/>
+      <c r="Q240" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>333c752b-0748-4f31-9042-eba2c2a0a567</t>
+        </is>
+      </c>
+      <c r="B241" t="n">
+        <v>104.60096</v>
+      </c>
+      <c r="C241" t="n">
+        <v>14.985246</v>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F241" t="n">
+        <v>305.27</v>
+      </c>
+      <c r="G241" t="n">
+        <v>1.143095</v>
+      </c>
+      <c r="H241" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I241" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J241" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K241" t="inlineStr">
+        <is>
+          <t>Khup</t>
+        </is>
+      </c>
+      <c r="L241" t="inlineStr">
+        <is>
+          <t>Nam Kliang</t>
+        </is>
+      </c>
+      <c r="M241" t="inlineStr">
+        <is>
+          <t>Sisaket</t>
+        </is>
+      </c>
+      <c r="N241" t="inlineStr">
+        <is>
+          <t>ป่าสนละเอาะ</t>
+        </is>
+      </c>
+      <c r="O241" t="inlineStr"/>
+      <c r="P241" t="inlineStr"/>
+      <c r="Q241" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>9ac6c293-c6e7-4de2-b36a-68fe4377dcc6</t>
+        </is>
+      </c>
+      <c r="B242" t="n">
+        <v>104.601952</v>
+      </c>
+      <c r="C242" t="n">
+        <v>14.984611</v>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F242" t="n">
+        <v>306.41</v>
+      </c>
+      <c r="G242" t="n">
+        <v>1.055168</v>
+      </c>
+      <c r="H242" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I242" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J242" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K242" t="inlineStr">
+        <is>
+          <t>Khup</t>
+        </is>
+      </c>
+      <c r="L242" t="inlineStr">
+        <is>
+          <t>Nam Kliang</t>
+        </is>
+      </c>
+      <c r="M242" t="inlineStr">
+        <is>
+          <t>Sisaket</t>
+        </is>
+      </c>
+      <c r="N242" t="inlineStr">
+        <is>
+          <t>ป่าสนละเอาะ</t>
+        </is>
+      </c>
+      <c r="O242" t="inlineStr"/>
+      <c r="P242" t="inlineStr"/>
+      <c r="Q242" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>e317c1b0-2ee0-4e89-8a63-296a4b91a589</t>
+        </is>
+      </c>
+      <c r="B243" t="n">
+        <v>104.604271</v>
+      </c>
+      <c r="C243" t="n">
+        <v>17.382517</v>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F243" t="n">
+        <v>302.69</v>
+      </c>
+      <c r="G243" t="n">
+        <v>0.954037</v>
+      </c>
+      <c r="H243" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I243" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J243" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K243" t="inlineStr">
+        <is>
+          <t>Ban Phueng</t>
+        </is>
+      </c>
+      <c r="L243" t="inlineStr">
+        <is>
+          <t>Mueang Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="M243" t="inlineStr">
+        <is>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N243" t="inlineStr">
+        <is>
+          <t>ป่าดงเซกาแปลงที่สอง</t>
+        </is>
+      </c>
+      <c r="O243" t="inlineStr"/>
+      <c r="P243" t="inlineStr"/>
+      <c r="Q243" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>3716c823-d361-4cb0-9ad2-c76eed7749b9</t>
+        </is>
+      </c>
+      <c r="B244" t="n">
+        <v>104.612854</v>
+      </c>
+      <c r="C244" t="n">
+        <v>16.374224</v>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F244" t="n">
+        <v>309.31</v>
+      </c>
+      <c r="G244" t="n">
+        <v>1.851873</v>
+      </c>
+      <c r="H244" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I244" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J244" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K244" t="inlineStr">
+        <is>
+          <t>Nong Waeng</t>
+        </is>
+      </c>
+      <c r="L244" t="inlineStr">
+        <is>
+          <t>Nikhom Kham Soi</t>
+        </is>
+      </c>
+      <c r="M244" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N244" t="inlineStr"/>
+      <c r="O244" t="inlineStr"/>
+      <c r="P244" t="inlineStr"/>
+      <c r="Q244" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>e885493a-4577-47b8-9900-24d7ab149c9d</t>
+        </is>
+      </c>
+      <c r="B245" t="n">
+        <v>104.654083</v>
+      </c>
+      <c r="C245" t="n">
+        <v>16.346975</v>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F245" t="n">
+        <v>342.09</v>
+      </c>
+      <c r="G245" t="n">
+        <v>12.54888</v>
+      </c>
+      <c r="H245" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I245" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J245" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K245" t="inlineStr">
+        <is>
+          <t>Dong Yen</t>
+        </is>
+      </c>
+      <c r="L245" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M245" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N245" t="inlineStr">
+        <is>
+          <t>ป่าดงบังอี่ แปลงที่ 3</t>
+        </is>
+      </c>
+      <c r="O245" t="inlineStr">
+        <is>
+          <t>Phu Sa Dok Bua</t>
+        </is>
+      </c>
+      <c r="P245" t="inlineStr"/>
+      <c r="Q245" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>cfc11f46-f21a-4fb2-96ac-798deea064d6</t>
+        </is>
+      </c>
+      <c r="B246" t="n">
+        <v>105.265244</v>
+      </c>
+      <c r="C246" t="n">
+        <v>15.787414</v>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F246" t="n">
+        <v>304.5</v>
+      </c>
+      <c r="G246" t="n">
+        <v>0.509398</v>
+      </c>
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I246" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J246" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K246" t="inlineStr">
+        <is>
+          <t>Saraphi</t>
+        </is>
+      </c>
+      <c r="L246" t="inlineStr">
+        <is>
+          <t>Pho Sai</t>
+        </is>
+      </c>
+      <c r="M246" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N246" t="inlineStr"/>
+      <c r="O246" t="inlineStr"/>
+      <c r="P246" t="inlineStr"/>
+      <c r="Q246" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>e34eca45-a80a-4c18-8a02-0845d6f4766e</t>
+        </is>
+      </c>
+      <c r="B247" t="n">
+        <v>105.316536</v>
+      </c>
+      <c r="C247" t="n">
+        <v>15.651997</v>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F247" t="n">
+        <v>302.9</v>
+      </c>
+      <c r="G247" t="n">
+        <v>0.589205</v>
+      </c>
+      <c r="H247" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I247" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J247" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K247" t="inlineStr">
+        <is>
+          <t>Song Yang</t>
+        </is>
+      </c>
+      <c r="L247" t="inlineStr">
+        <is>
+          <t>Si Mueang Mai</t>
+        </is>
+      </c>
+      <c r="M247" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N247" t="inlineStr">
+        <is>
+          <t>ป่าดงภูโหล่น</t>
+        </is>
+      </c>
+      <c r="O247" t="inlineStr"/>
+      <c r="P247" t="inlineStr"/>
+      <c r="Q247" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>75597631-28af-4de0-89ac-a5fb88956bf8</t>
+        </is>
+      </c>
+      <c r="B248" t="n">
+        <v>105.494003</v>
+      </c>
+      <c r="C248" t="n">
+        <v>15.636353</v>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>NOAA21</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F248" t="n">
+        <v>304.07</v>
+      </c>
+      <c r="G248" t="n">
+        <v>0.943902</v>
+      </c>
+      <c r="H248" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:55:00</t>
+        </is>
+      </c>
+      <c r="I248" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J248" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:46:39.170986+00:00</t>
+        </is>
+      </c>
+      <c r="K248" t="inlineStr">
+        <is>
+          <t>Nam Thaeng</t>
+        </is>
+      </c>
+      <c r="L248" t="inlineStr">
+        <is>
+          <t>Si Mueang Mai</t>
+        </is>
+      </c>
+      <c r="M248" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N248" t="inlineStr">
+        <is>
+          <t>ป่าดงภูโหล่น</t>
+        </is>
+      </c>
+      <c r="O248" t="inlineStr">
+        <is>
+          <t>Pha Taem</t>
+        </is>
+      </c>
+      <c r="P248" t="inlineStr"/>
+      <c r="Q248" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:Q127"/>
+  <dimension ref="A1:Q117"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>unique_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>lon</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>lat</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -2762,8537 +17621,7991 @@
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>reserved_forests</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>protected_areas</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>forests_14_zone</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>coordinate_zone</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>27166b17-8d2d-49a8-a50f-9798166a3ce1</t>
+          <t>b790831e-5c87-4f44-9f2f-933bbf14877e</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>98.34721</v>
+        <v>97.867378</v>
       </c>
       <c r="C2" t="n">
-        <v>8.514749999999999</v>
+        <v>19.550167</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>326.01</v>
+        <v>297.76</v>
       </c>
       <c r="G2" t="n">
-        <v>2.42</v>
+        <v>0.640122</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mok Champae</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mueang Mae Hong Son</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...4 lines deleted...]
-      <c r="P2" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>Tham Pla - Namtok Pha Suea</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>732a1fb6-735b-4411-b675-6fd8a7443302</t>
+          <t>11ff9f4b-1415-4274-9b3c-086532f51bdb</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>98.347374</v>
+        <v>97.867592</v>
       </c>
       <c r="C3" t="n">
-        <v>8.514639000000001</v>
+        <v>19.553833</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>326.01</v>
+        <v>303.38</v>
       </c>
       <c r="G3" t="n">
-        <v>2.361371</v>
+        <v>0.640122</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mok Champae</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mueang Mae Hong Son</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...4 lines deleted...]
-      <c r="P3" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O3" t="inlineStr">
+        <is>
+          <t>Tham Pla - Namtok Pha Suea</t>
+        </is>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>0bbcf443-900b-4f5c-baf3-9fa76412418f</t>
+          <t>12e517ac-fbed-4c41-9f9a-60b51668e526</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>98.36201</v>
+        <v>97.887062</v>
       </c>
       <c r="C4" t="n">
-        <v>9.16201</v>
+        <v>19.329273</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>318.1</v>
+        <v>302.99</v>
       </c>
       <c r="G4" t="n">
-        <v>1.87</v>
+        <v>0.959944</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I4" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Mae Nang Khao</t>
+          <t>Pang Mu</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Khura Buri</t>
+          <t>Mueang Mae Hong Son</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...4 lines deleted...]
-      <c r="P4" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O4" t="inlineStr">
+        <is>
+          <t>Tham Pla - Namtok Pha Suea</t>
+        </is>
+      </c>
+      <c r="P4" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>70d1706c-ae8b-4e40-b104-1f6a63ad538c</t>
+          <t>b323a9ba-985b-4d0a-80f4-fbc8b831bcad</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>98.362167</v>
+        <v>98.21631600000001</v>
       </c>
       <c r="C5" t="n">
-        <v>9.161896</v>
+        <v>17.308622</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>318.1</v>
+        <v>306.53</v>
       </c>
       <c r="G5" t="n">
-        <v>1.8368</v>
+        <v>1.83119</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I5" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Mae Nang Khao</t>
+          <t>Mae Usu</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Khura Buri</t>
+          <t>Tha Song Yang</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...2 lines deleted...]
-      <c r="N5" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>ป่าท่าสองยาง</t>
+        </is>
+      </c>
       <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>21fc5b1b-4636-42f3-82b7-e74875f07cc1</t>
+          <t>f20d0df0-9063-4ca7-955a-7050f0a2e2f4</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>98.45482</v>
+        <v>98.320358</v>
       </c>
       <c r="C6" t="n">
-        <v>17.03962</v>
+        <v>14.830595</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>305.64</v>
+        <v>302.9</v>
       </c>
       <c r="G6" t="n">
-        <v>1.21</v>
+        <v>1.125738</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I6" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>Khane Chue</t>
+          <t>Pi Lok</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
-          <t>ป่าแม่ระมาด</t>
-[...2 lines deleted...]
-      <c r="O6" t="inlineStr"/>
+          <t>ป่าเขาช้างเผือก</t>
+        </is>
+      </c>
+      <c r="O6" t="inlineStr">
+        <is>
+          <t>Thong Pha Phoom</t>
+        </is>
+      </c>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>4200aa34-076b-4046-a58c-acfbe1642e24</t>
+          <t>1ca4a70f-39b5-47be-9670-b34c2563cf34</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>98.455063</v>
+        <v>98.46163199999999</v>
       </c>
       <c r="C7" t="n">
-        <v>17.03969</v>
+        <v>17.090193</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>305.64</v>
+        <v>304.23</v>
       </c>
       <c r="G7" t="n">
-        <v>1.189008</v>
+        <v>0.916245</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I7" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
           <t>Khane Chue</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
           <t>Tak</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
           <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>741e25f6-1a2a-410b-a757-55b0b297c3c8</t>
+          <t>d5118ee7-2b3f-42e8-8e8d-8bac305b22ca</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>98.50098</v>
+        <v>98.465767</v>
       </c>
       <c r="C8" t="n">
-        <v>14.78881</v>
+        <v>17.085482</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>309.12</v>
+        <v>305.72</v>
       </c>
       <c r="G8" t="n">
-        <v>1.36</v>
+        <v>0.877945</v>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I8" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>Pi Lok</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>Thong Pha Phum</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>ป่าเขาช้างเผือก</t>
+          <t>ป่าแม่ระมาด</t>
         </is>
       </c>
       <c r="O8" t="inlineStr"/>
       <c r="P8" t="inlineStr"/>
       <c r="Q8" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>a56bba9d-b7e9-42d0-85e5-7268d3a78939</t>
+          <t>711c19bc-9351-430d-aa0a-8412b7bf3e9a</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>98.501244</v>
+        <v>98.55656399999999</v>
       </c>
       <c r="C9" t="n">
-        <v>14.788873</v>
+        <v>16.650728</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>309.12</v>
+        <v>309.34</v>
       </c>
       <c r="G9" t="n">
-        <v>1.462615</v>
+        <v>0.774589</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I9" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>Pi Lok</t>
+          <t>Mae Ku</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>Thong Pha Phum</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr"/>
       <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>cbb6dcd3-c7ad-49f8-89e0-065707240db5</t>
+          <t>bed1de6a-aaf3-41f2-b804-d5430f3df45f</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>98.54051</v>
+        <v>98.595268</v>
       </c>
       <c r="C10" t="n">
-        <v>17.87694</v>
+        <v>14.861241</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>300.89</v>
+        <v>303.99</v>
       </c>
       <c r="G10" t="n">
-        <v>1.26</v>
+        <v>0.809415</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I10" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Muet Ka</t>
+          <t>Tha Khanun</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Doi Tao</t>
+          <t>Thong Pha Phum</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>Chiang Mai</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr"/>
-      <c r="P10" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P10" t="inlineStr"/>
       <c r="Q10" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>53eec403-eaf8-41f0-89b9-0403bcf5fd92</t>
+          <t>4c7f499d-3635-4f6a-843e-ae7d9317f2d5</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>98.540741</v>
+        <v>98.606926</v>
       </c>
       <c r="C11" t="n">
-        <v>17.876976</v>
+        <v>16.637688</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>300.89</v>
+        <v>301.76</v>
       </c>
       <c r="G11" t="n">
-        <v>1.2393</v>
+        <v>0.429036</v>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I11" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>Muet Ka</t>
+          <t>Mae Ku</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Doi Tao</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>Chiang Mai</t>
-[...6 lines deleted...]
-      </c>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr"/>
       <c r="O11" t="inlineStr"/>
-      <c r="P11" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P11" t="inlineStr"/>
       <c r="Q11" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>50d4ed68-f93f-481e-90e2-6d3bd2c9a7d0</t>
+          <t>cfff5262-e879-495d-8d3d-f4c5555fbf7b</t>
         </is>
       </c>
       <c r="B12" t="n">
-        <v>98.54353</v>
+        <v>98.62979900000001</v>
       </c>
       <c r="C12" t="n">
-        <v>17.76446</v>
+        <v>16.717649</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>299.81</v>
+        <v>304.59</v>
       </c>
       <c r="G12" t="n">
-        <v>0.98</v>
+        <v>1.067887</v>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I12" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Phrathat Pha Daeng</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>Tak</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>ป่าอมก๋อม</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าแม่สอด</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr"/>
+      <c r="P12" t="inlineStr"/>
       <c r="Q12" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>4900b6e3-b585-4236-a3bb-39abecbf690c</t>
+          <t>30ab1f73-0078-4701-ac10-ed1e68deb17a</t>
         </is>
       </c>
       <c r="B13" t="n">
-        <v>98.543755</v>
+        <v>99.39419599999999</v>
       </c>
       <c r="C13" t="n">
-        <v>17.764414</v>
+        <v>14.362369</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>299.81</v>
+        <v>308.68</v>
       </c>
       <c r="G13" t="n">
-        <v>0.943759</v>
+        <v>0.801362</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I13" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Bo Phloi</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Bo Phloi</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...16 lines deleted...]
-      </c>
+          <t>Kanchanaburi</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr"/>
+      <c r="O13" t="inlineStr"/>
+      <c r="P13" t="inlineStr"/>
       <c r="Q13" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>e4db581b-e944-43dd-9338-20212f548de7</t>
+          <t>21078413-a864-4e74-91c5-7daed330c4c1</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>98.55157</v>
+        <v>99.42559799999999</v>
       </c>
       <c r="C14" t="n">
-        <v>17.8901</v>
+        <v>13.718419</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>300.69</v>
+        <v>318.15</v>
       </c>
       <c r="G14" t="n">
-        <v>1.27</v>
+        <v>3.117325</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I14" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Muet Ka</t>
+          <t>Kaem On</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Doi Tao</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>Chiang Mai</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr"/>
       <c r="O14" t="inlineStr"/>
-      <c r="P14" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P14" t="inlineStr"/>
       <c r="Q14" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>25a1dbb4-4a94-40d4-8e0c-d67df548b3c7</t>
+          <t>f02424ea-11bd-4ee8-9e2d-8fc636ec48ee</t>
         </is>
       </c>
       <c r="B15" t="n">
-        <v>98.551796</v>
+        <v>99.46107499999999</v>
       </c>
       <c r="C15" t="n">
-        <v>17.890171</v>
+        <v>13.643955</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>300.69</v>
+        <v>330.75</v>
       </c>
       <c r="G15" t="n">
-        <v>1.230641</v>
+        <v>2.268274</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I15" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Muet Ka</t>
+          <t>Dan Thap Tako</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Doi Tao</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>Chiang Mai</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>ป่าแม่แจ่มและป่าแม่ตื่น</t>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
         </is>
       </c>
       <c r="O15" t="inlineStr"/>
-      <c r="P15" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P15" t="inlineStr"/>
       <c r="Q15" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>8dda3454-a881-48a9-a9a6-30083601005d</t>
+          <t>64cad45a-324a-4e60-aedf-ebc0b6770302</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>98.60777</v>
+        <v>99.631546</v>
       </c>
       <c r="C16" t="n">
-        <v>17.69086</v>
+        <v>16.838722</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>304.31</v>
+        <v>304.47</v>
       </c>
       <c r="G16" t="n">
-        <v>1.12</v>
+        <v>1.389032</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I16" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Ban Namphu</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N16" t="inlineStr">
         <is>
-          <t>ป่าอมก๋อม</t>
+          <t>ป่าเขาหลวง</t>
         </is>
       </c>
       <c r="O16" t="inlineStr">
         <is>
-          <t>Omkoi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P16" t="inlineStr"/>
       <c r="Q16" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>93bfc648-77d4-4f28-83cc-a58ba18cba75</t>
+          <t>e9f02a75-09cc-4454-a414-38e1ae8f875e</t>
         </is>
       </c>
       <c r="B17" t="n">
-        <v>98.608009</v>
+        <v>99.634766</v>
       </c>
       <c r="C17" t="n">
-        <v>17.690958</v>
+        <v>16.838118</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>304.31</v>
+        <v>309.56</v>
       </c>
       <c r="G17" t="n">
-        <v>1.10216</v>
+        <v>1.389032</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I17" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Ban Namphu</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N17" t="inlineStr">
         <is>
-          <t>ป่าอมก๋อม</t>
+          <t>ป่าเขาหลวง</t>
         </is>
       </c>
       <c r="O17" t="inlineStr">
         <is>
-          <t>Omkoi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P17" t="inlineStr"/>
       <c r="Q17" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>ca69bc08-521c-4ba2-9200-fc86f6f66f5b</t>
+          <t>9af938ce-67ea-4d5a-8ce4-fbc7ab442ca3</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>98.61037</v>
+        <v>99.764458</v>
       </c>
       <c r="C18" t="n">
-        <v>17.36502</v>
+        <v>16.713383</v>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>301.35</v>
+        <v>338.58</v>
       </c>
       <c r="G18" t="n">
-        <v>1.08</v>
+        <v>9.437521</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I18" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Nong Chik</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
-          <t>ป่าแม่ตื่น</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr"/>
+      <c r="P18" t="inlineStr"/>
       <c r="Q18" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>6f0c562a-d469-46ab-b9eb-614bd6f87b5b</t>
+          <t>993d2b0f-a940-4a6d-942f-9a069d3c711f</t>
         </is>
       </c>
       <c r="B19" t="n">
-        <v>98.610634</v>
+        <v>99.768456</v>
       </c>
       <c r="C19" t="n">
-        <v>17.365057</v>
+        <v>16.712633</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>301.35</v>
+        <v>333.45</v>
       </c>
       <c r="G19" t="n">
-        <v>1.061158</v>
+        <v>9.437521</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I19" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Nong Chik</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N19" t="inlineStr">
         <is>
-          <t>ป่าแม่ตื่น</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="inlineStr"/>
       <c r="Q19" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>63f022cc-4a9f-4b7c-90e6-8bc3ca3e1b48</t>
+          <t>556eb91d-1559-49cc-8c89-3f004e9e37e5</t>
         </is>
       </c>
       <c r="B20" t="n">
-        <v>98.61351000000001</v>
+        <v>99.79978199999999</v>
       </c>
       <c r="C20" t="n">
-        <v>16.51052</v>
+        <v>17.824114</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>303.64</v>
+        <v>302.29</v>
       </c>
       <c r="G20" t="n">
-        <v>1.12</v>
+        <v>0.442177</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I20" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Na Phun</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Wang Chin</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Phrae</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+          <t>ป่าแม่ยมฝั่งตะวันออก</t>
         </is>
       </c>
       <c r="O20" t="inlineStr"/>
       <c r="P20" t="inlineStr"/>
       <c r="Q20" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>60c561e9-ade5-4b2a-bf07-d548c60d4096</t>
+          <t>656f5b83-1508-4409-b1a4-86b6f748de91</t>
         </is>
       </c>
       <c r="B21" t="n">
-        <v>98.61370100000001</v>
+        <v>99.9123</v>
       </c>
       <c r="C21" t="n">
-        <v>16.510439</v>
+        <v>14.075404</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F21" t="n">
-        <v>303.64</v>
+        <v>305.91</v>
       </c>
       <c r="G21" t="n">
-        <v>1.086793</v>
+        <v>0.872305</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I21" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Thung Luk Nok</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Kamphaeng Saen</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Pathom</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr"/>
       <c r="P21" t="inlineStr"/>
       <c r="Q21" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>fc4a9955-a37d-4797-885e-67c378352f64</t>
+          <t>94a5498a-51f1-45ac-9077-26af908dc28d</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>98.61468000000001</v>
+        <v>100.383827</v>
       </c>
       <c r="C22" t="n">
-        <v>16.51035</v>
+        <v>17.748346</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F22" t="n">
-        <v>306.34</v>
+        <v>302.57</v>
       </c>
       <c r="G22" t="n">
-        <v>1</v>
+        <v>0.750212</v>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I22" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Tha Pla</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Tha Pla</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Uttaradit</t>
         </is>
       </c>
       <c r="N22" t="inlineStr">
         <is>
-          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+          <t>ป่าลำน้ำน่านฝั่ขวา</t>
         </is>
       </c>
       <c r="O22" t="inlineStr"/>
-      <c r="P22" t="inlineStr"/>
+      <c r="P22" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
       <c r="Q22" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>05ddfaef-c5a9-4fc0-8f46-5726a0c644bd</t>
+          <t>f248a77d-c2e5-4c6f-935a-2216f85ef7dd</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>98.61494399999999</v>
+        <v>100.581963</v>
       </c>
       <c r="C23" t="n">
-        <v>16.510406</v>
+        <v>18.638052</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F23" t="n">
-        <v>306.34</v>
+        <v>302.1</v>
       </c>
       <c r="G23" t="n">
-        <v>0.972216</v>
+        <v>0.638749</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I23" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Mae Khaning</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Wiang Sa</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Nan</t>
         </is>
       </c>
       <c r="N23" t="inlineStr">
         <is>
-          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+          <t>ป่าห้วยแม่ขะนิง</t>
         </is>
       </c>
       <c r="O23" t="inlineStr"/>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>b436b8a5-1bf3-4b0b-bb01-8c8378bca8c8</t>
+          <t>5da55dc6-058a-476e-a3e4-fa9e70ccfb10</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>98.61839999999999</v>
+        <v>100.602684</v>
       </c>
       <c r="C24" t="n">
-        <v>16.50619</v>
+        <v>16.709286</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>309.02</v>
+        <v>304.52</v>
       </c>
       <c r="G24" t="n">
-        <v>1.9</v>
+        <v>1.10311</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I24" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Chomphu</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Noen Maprang</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Phitsanulok</t>
         </is>
       </c>
       <c r="N24" t="inlineStr">
         <is>
-          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+          <t>ป่าลุ่มน้ำวังทองฝั่งซ้าย</t>
         </is>
       </c>
       <c r="O24" t="inlineStr"/>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>50dbe231-451c-41ea-bb35-f1d27d8c7349</t>
+          <t>0b8b53f6-0692-4357-a0a2-41d4df64a3f7</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>98.61869799999999</v>
+        <v>100.62529</v>
       </c>
       <c r="C25" t="n">
-        <v>16.506239</v>
+        <v>17.872822</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>309.02</v>
+        <v>312.23</v>
       </c>
       <c r="G25" t="n">
-        <v>1.859544</v>
+        <v>1.144551</v>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I25" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Tha Faek</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Tha Pla</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Uttaradit</t>
         </is>
       </c>
       <c r="N25" t="inlineStr">
         <is>
-          <t>ป่าช่องแคบและป่าแม่โกลนแกน</t>
+          <t>ป่าจริม</t>
         </is>
       </c>
       <c r="O25" t="inlineStr"/>
-      <c r="P25" t="inlineStr"/>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
       <c r="Q25" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>41d96d9f-6faf-41bd-8f99-2646ce290415</t>
+          <t>55eafb39-73df-41a4-99fd-015132ebff6f</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>98.61912</v>
+        <v>100.851044</v>
       </c>
       <c r="C26" t="n">
-        <v>17.36742</v>
+        <v>14.676712</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>303.88</v>
+        <v>309.66</v>
       </c>
       <c r="G26" t="n">
-        <v>1.28</v>
+        <v>1.394233</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I26" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Khao Wong</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Phra Phutthabat</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...16 lines deleted...]
-      </c>
+          <t>Saraburi</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr"/>
+      <c r="O26" t="inlineStr"/>
+      <c r="P26" t="inlineStr"/>
       <c r="Q26" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>2006afbe-29d3-407e-96d8-7b65f446ab52</t>
+          <t>48d81038-cc35-4b61-ac15-350e6ff843bc</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>98.619377</v>
+        <v>100.938812</v>
       </c>
       <c r="C27" t="n">
-        <v>17.367466</v>
+        <v>18.175539</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F27" t="n">
-        <v>303.88</v>
+        <v>300.99</v>
       </c>
       <c r="G27" t="n">
-        <v>1.245488</v>
+        <v>0.651107</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I27" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Muang Chet Ton</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Ban Khok</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Uttaradit</t>
         </is>
       </c>
       <c r="N27" t="inlineStr">
         <is>
-          <t>ป่าอมก๋อม</t>
+          <t>ป่าน้ำปาด</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
-          <t>Mae Tuen</t>
+          <t>Mae Charim</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
-          <t>กลุ่มป่าเขื่อนภูมิพล</t>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
         </is>
       </c>
       <c r="Q27" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>05ed543a-e172-4d68-925e-399f1b7a5f3d</t>
+          <t>259bbec5-1c50-46f6-9ac9-1f01cf5b8661</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>98.66322</v>
+        <v>100.948463</v>
       </c>
       <c r="C28" t="n">
-        <v>17.19074</v>
+        <v>14.145218</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>306.9</v>
+        <v>308.14</v>
       </c>
       <c r="G28" t="n">
-        <v>1.44</v>
+        <v>1.454991</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I28" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>Mae Tuen</t>
+          <t>Bang Pla Kot</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Ongkharak</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...16 lines deleted...]
-      </c>
+          <t>Nakhon Nayok</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr"/>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="inlineStr"/>
       <c r="Q28" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>4d5f1c03-3079-49f2-a880-78d5a95e570e</t>
+          <t>4d6add1c-c50c-41e9-a968-dd525046cabe</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>98.663414</v>
+        <v>100.95005</v>
       </c>
       <c r="C29" t="n">
-        <v>17.190733</v>
+        <v>14.145555</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F29" t="n">
-        <v>306.9</v>
+        <v>308.33</v>
       </c>
       <c r="G29" t="n">
-        <v>1.41244</v>
+        <v>1.56639</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>2026-02-25 01:48:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I29" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>Mae Tuen</t>
+          <t>Bang Pla Kot</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Ongkharak</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...16 lines deleted...]
-      </c>
+          <t>Nakhon Nayok</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
+      <c r="O29" t="inlineStr"/>
+      <c r="P29" t="inlineStr"/>
       <c r="Q29" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>dad00c50-4e38-4549-bf2b-a36f91e80189</t>
+          <t>471b22be-7b58-4b36-8edd-bad0e7324e10</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>98.80043999999999</v>
+        <v>100.950859</v>
       </c>
       <c r="C30" t="n">
-        <v>8.673410000000001</v>
+        <v>18.294905</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>307.37</v>
+        <v>310.45</v>
       </c>
       <c r="G30" t="n">
-        <v>0.86</v>
+        <v>1.982533</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I30" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>Khlong Cha-Un</t>
+          <t>Chiang Khong</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Na Noi</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...4 lines deleted...]
-      <c r="P30" t="inlineStr"/>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O30" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
       <c r="Q30" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>ef4162f3-65c6-431a-8aad-6867cb0e9692</t>
+          <t>e10bb05e-bb59-48f3-bc2f-7236a2ea76d9</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>98.80062100000001</v>
+        <v>100.952751</v>
       </c>
       <c r="C31" t="n">
-        <v>8.673316</v>
+        <v>18.290274</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F31" t="n">
-        <v>307.37</v>
+        <v>303.75</v>
       </c>
       <c r="G31" t="n">
-        <v>0.8371499999999999</v>
+        <v>1.369331</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I31" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>Khlong Cha-Un</t>
+          <t>Chiang Khong</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Na Noi</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...4 lines deleted...]
-      <c r="P31" t="inlineStr"/>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O31" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P31" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
       <c r="Q31" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>a515a6b3-348a-4a8f-99f0-515d2cbef120</t>
+          <t>6c122a1a-ce7e-4f9f-b5d4-cb78808fe45c</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>98.81833</v>
+        <v>100.955025</v>
       </c>
       <c r="C32" t="n">
-        <v>8.87825</v>
+        <v>18.28952</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>313.75</v>
+        <v>302.58</v>
       </c>
       <c r="G32" t="n">
-        <v>1.11</v>
+        <v>1.202522</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I32" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>Phang Kan</t>
+          <t>Chiang Khong</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Na Noi</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...4 lines deleted...]
-      <c r="P32" t="inlineStr"/>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O32" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P32" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
       <c r="Q32" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>3fbcf8d0-7f8b-4cab-836b-d01377573923</t>
+          <t>f2e38808-7757-488f-ab3b-72bf23266a4f</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>98.818489</v>
+        <v>100.976372</v>
       </c>
       <c r="C33" t="n">
-        <v>8.878138</v>
+        <v>18.308128</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F33" t="n">
-        <v>313.75</v>
+        <v>317.97</v>
       </c>
       <c r="G33" t="n">
-        <v>1.086787</v>
+        <v>1.986975</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I33" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>Phang Kan</t>
+          <t>Chiang Khong</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Na Noi</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...4 lines deleted...]
-      <c r="P33" t="inlineStr"/>
+          <t>Nan</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr">
+        <is>
+          <t>ป่าห้วยงวงและป่าห้วยสาลี่</t>
+        </is>
+      </c>
+      <c r="O33" t="inlineStr">
+        <is>
+          <t>Si Nan</t>
+        </is>
+      </c>
+      <c r="P33" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าเหนือเขื่อนสิริกิติ์</t>
+        </is>
+      </c>
       <c r="Q33" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>97e7bcea-173a-4d8f-96e7-961697d83ded</t>
+          <t>e31026db-c44d-4bc7-9677-9343fbfb0095</t>
         </is>
       </c>
       <c r="B34" t="n">
-        <v>98.84166999999999</v>
+        <v>101.037254</v>
       </c>
       <c r="C34" t="n">
-        <v>8.820169999999999</v>
+        <v>14.73956</v>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F34" t="n">
-        <v>312.11</v>
+        <v>300.2</v>
       </c>
       <c r="G34" t="n">
-        <v>1.03</v>
+        <v>1.123394</v>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I34" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J34" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>Khlong Cha-Un</t>
+          <t>Hin Son</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr"/>
       <c r="P34" t="inlineStr"/>
       <c r="Q34" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>a65b6d5d-4ec8-43cd-a0f3-15bd3d0ed53b</t>
+          <t>da5a3a64-7d4a-4ef2-b030-9d136cb27f7f</t>
         </is>
       </c>
       <c r="B35" t="n">
-        <v>98.84189600000001</v>
+        <v>101.186577</v>
       </c>
       <c r="C35" t="n">
-        <v>8.820105</v>
+        <v>13.317553</v>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F35" t="n">
-        <v>312.11</v>
+        <v>327.07</v>
       </c>
       <c r="G35" t="n">
-        <v>1.010145</v>
+        <v>4.756022</v>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I35" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>Khlong Cha-Un</t>
+          <t>Nong Chak</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Ban Bueng</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Chonburi</t>
         </is>
       </c>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr"/>
       <c r="P35" t="inlineStr"/>
       <c r="Q35" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>650ad10e-07da-4b17-8c5c-387951fb0b6b</t>
+          <t>3fdc8e55-a872-43c4-ae39-f81bc84dc708</t>
         </is>
       </c>
       <c r="B36" t="n">
-        <v>98.92157</v>
+        <v>101.29615</v>
       </c>
       <c r="C36" t="n">
-        <v>10.11803</v>
+        <v>15.182559</v>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F36" t="n">
-        <v>305.22</v>
+        <v>303.8</v>
       </c>
       <c r="G36" t="n">
-        <v>0.57</v>
+        <v>1.86384</v>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I36" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>Khao Khai</t>
+          <t>Na Som</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
-          <t>Sawi</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
-          <t>Chumphon</t>
+          <t>Lopburi</t>
         </is>
       </c>
       <c r="N36" t="inlineStr">
         <is>
-          <t>ป่าทุ่งระยะและป่านาสัก</t>
+          <t>ป่าไชยบาดาล</t>
         </is>
       </c>
       <c r="O36" t="inlineStr"/>
       <c r="P36" t="inlineStr"/>
       <c r="Q36" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>fe8358ba-b3b2-4c91-b1b0-d71db3beb963</t>
+          <t>e1127cc2-ebd2-41e6-86af-c28ea92dc3be</t>
         </is>
       </c>
       <c r="B37" t="n">
-        <v>98.92179899999999</v>
+        <v>101.298904</v>
       </c>
       <c r="C37" t="n">
-        <v>10.117955</v>
+        <v>15.182235</v>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F37" t="n">
-        <v>305.22</v>
+        <v>310.44</v>
       </c>
       <c r="G37" t="n">
-        <v>0.544697</v>
+        <v>2.58093</v>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I37" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>Khao Khai</t>
+          <t>Na Som</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
-          <t>Sawi</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
-          <t>Chumphon</t>
+          <t>Lopburi</t>
         </is>
       </c>
       <c r="N37" t="inlineStr">
         <is>
-          <t>ป่าทุ่งระยะและป่านาสัก</t>
+          <t>ป่าไชยบาดาล</t>
         </is>
       </c>
       <c r="O37" t="inlineStr"/>
       <c r="P37" t="inlineStr"/>
       <c r="Q37" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>a85b8eeb-4ae6-421e-a2bb-184b5f15a8ce</t>
+          <t>f6146632-5114-4528-afe1-f15220cdd765</t>
         </is>
       </c>
       <c r="B38" t="n">
-        <v>99.06883999999999</v>
+        <v>101.301682</v>
       </c>
       <c r="C38" t="n">
-        <v>10.61925</v>
+        <v>15.181511</v>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F38" t="n">
-        <v>304.18</v>
+        <v>302.66</v>
       </c>
       <c r="G38" t="n">
-        <v>0.78</v>
+        <v>1.86384</v>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I38" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>Rap Ro</t>
+          <t>Na Som</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
-          <t>Tha Sae</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
-          <t>Chumphon</t>
-[...2 lines deleted...]
-      <c r="N38" t="inlineStr"/>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>ป่าไชยบาดาล</t>
+        </is>
+      </c>
       <c r="O38" t="inlineStr"/>
       <c r="P38" t="inlineStr"/>
       <c r="Q38" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>afe269e0-f138-4576-aa66-d17a3c2f01bf</t>
+          <t>8da412ef-99d7-4cbe-9717-9bb12971efc8</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>99.069031</v>
+        <v>101.402092</v>
       </c>
       <c r="C39" t="n">
-        <v>10.619222</v>
+        <v>15.054512</v>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F39" t="n">
-        <v>304.18</v>
+        <v>302.23</v>
       </c>
       <c r="G39" t="n">
-        <v>0.759533</v>
+        <v>1.652597</v>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I39" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J39" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>Rap Ro</t>
+          <t>Lam Somphung</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>Tha Sae</t>
+          <t>Muak Lek</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>Chumphon</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr"/>
       <c r="P39" t="inlineStr"/>
       <c r="Q39" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>6d7f995f-7c78-4f94-b981-4d6f5b9b6b47</t>
+          <t>e1de5f88-78e8-45dd-9fa0-8ca9a043ee4a</t>
         </is>
       </c>
       <c r="B40" t="n">
-        <v>99.37381999999999</v>
+        <v>101.46405</v>
       </c>
       <c r="C40" t="n">
-        <v>11.0081</v>
+        <v>14.821184</v>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F40" t="n">
-        <v>305.8</v>
+        <v>303.17</v>
       </c>
       <c r="G40" t="n">
-        <v>0.59</v>
+        <v>1.170817</v>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I40" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>Sai Thong</t>
+          <t>Chan Thuek</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
-          <t>Bang Saphan Noi</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>Prachuap Khiri Khan</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr"/>
       <c r="P40" t="inlineStr"/>
       <c r="Q40" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>88751066-1ee4-4ad3-8255-8d2a4e1076f8</t>
+          <t>64e44330-e4cf-4223-9d80-a25c8cb0abb1</t>
         </is>
       </c>
       <c r="B41" t="n">
-        <v>99.374008</v>
+        <v>101.464287</v>
       </c>
       <c r="C41" t="n">
-        <v>11.00805</v>
+        <v>14.818624</v>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F41" t="n">
-        <v>305.8</v>
+        <v>301.17</v>
       </c>
       <c r="G41" t="n">
-        <v>0.577225</v>
+        <v>0.664891</v>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I41" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>Sai Thong</t>
+          <t>Chan Thuek</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
-          <t>Bang Saphan Noi</t>
+          <t>Pak Chong</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
-          <t>Prachuap Khiri Khan</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr"/>
       <c r="P41" t="inlineStr"/>
       <c r="Q41" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>d3b029a7-4b6b-455b-a969-46da69cf22c9</t>
+          <t>2e8eaa72-0b3a-4313-a23a-e81c4f9b340b</t>
         </is>
       </c>
       <c r="B42" t="n">
-        <v>99.44855</v>
+        <v>101.527031</v>
       </c>
       <c r="C42" t="n">
-        <v>13.78588</v>
+        <v>15.616156</v>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F42" t="n">
-        <v>304.76</v>
+        <v>302.31</v>
       </c>
       <c r="G42" t="n">
-        <v>0.74</v>
+        <v>0.5169589999999999</v>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I42" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>Nong Phai</t>
+          <t>Sap Yai</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
-          <t>Dan Makham Tia</t>
+          <t>Sap Yai</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N42" t="inlineStr"/>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>ป่านายางกลัก</t>
+        </is>
+      </c>
       <c r="O42" t="inlineStr"/>
       <c r="P42" t="inlineStr"/>
       <c r="Q42" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>b1f9d219-5b46-4a95-8cfc-6d26dccaeabf</t>
+          <t>c53acc37-4802-48c7-ba80-60fce949e6e3</t>
         </is>
       </c>
       <c r="B43" t="n">
-        <v>99.4487</v>
+        <v>101.545738</v>
       </c>
       <c r="C43" t="n">
-        <v>13.785765</v>
+        <v>16.139618</v>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F43" t="n">
-        <v>304.76</v>
+        <v>309.55</v>
       </c>
       <c r="G43" t="n">
-        <v>0.723828</v>
+        <v>1.964687</v>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I43" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>Nong Phai</t>
+          <t>Wang Chomphu</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
-          <t>Dan Makham Tia</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr"/>
       <c r="P43" t="inlineStr"/>
       <c r="Q43" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>d2754a6d-9428-4334-82dc-0cd30ffb3203</t>
+          <t>bf57b145-3b27-492c-9cc1-4c3636e699b6</t>
         </is>
       </c>
       <c r="B44" t="n">
-        <v>99.47308</v>
+        <v>101.587021</v>
       </c>
       <c r="C44" t="n">
-        <v>7.77507</v>
+        <v>16.003492</v>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F44" t="n">
-        <v>330.88</v>
+        <v>305.25</v>
       </c>
       <c r="G44" t="n">
-        <v>3.52</v>
+        <v>0.520773</v>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I44" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>Wang Khiri</t>
+          <t>Tha Yai</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
-          <t>Huai Yot</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
-          <t>Trang</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr"/>
       <c r="P44" t="inlineStr"/>
       <c r="Q44" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>bc63482d-a412-4e38-85ad-1b727b960bd8</t>
+          <t>74038bbb-a360-4d3e-8398-83bf129ac693</t>
         </is>
       </c>
       <c r="B45" t="n">
-        <v>99.47328899999999</v>
+        <v>101.624321</v>
       </c>
       <c r="C45" t="n">
-        <v>7.77513</v>
+        <v>15.385194</v>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F45" t="n">
-        <v>330.88</v>
+        <v>308.36</v>
       </c>
       <c r="G45" t="n">
-        <v>3.435042</v>
+        <v>3.663714</v>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I45" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>Wang Khiri</t>
+          <t>Khok Roeng Rom</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
-          <t>Huai Yot</t>
+          <t>Bamnet Narong</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
-          <t>Trang</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr"/>
       <c r="P45" t="inlineStr"/>
       <c r="Q45" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>44d371c1-b223-487d-94e5-0ac02807628f</t>
+          <t>347355d7-fa8a-49ff-b8f3-0a35299e2d56</t>
         </is>
       </c>
       <c r="B46" t="n">
-        <v>99.47712</v>
+        <v>101.625336</v>
       </c>
       <c r="C46" t="n">
-        <v>14.13899</v>
+        <v>15.390023</v>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F46" t="n">
-        <v>340.93</v>
+        <v>338.59</v>
       </c>
       <c r="G46" t="n">
-        <v>6.65</v>
+        <v>3.663714</v>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I46" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>Kaeng Sian</t>
+          <t>Khok Roeng Rom</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Bamnet Narong</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr"/>
       <c r="P46" t="inlineStr"/>
       <c r="Q46" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>2d9fe0b5-735c-47c8-b66e-aae853be695f</t>
+          <t>5191b9ca-2172-406a-8d6b-bff84c0257e8</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>99.47732499999999</v>
+        <v>101.630447</v>
       </c>
       <c r="C47" t="n">
-        <v>14.138866</v>
+        <v>15.590889</v>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F47" t="n">
-        <v>340.93</v>
+        <v>315.05</v>
       </c>
       <c r="G47" t="n">
-        <v>6.487517</v>
+        <v>3.401056</v>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I47" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>Kaeng Sian</t>
+          <t>Sap Yai</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
-          <t>Mueang Kanchanaburi</t>
+          <t>Sap Yai</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N47" t="inlineStr"/>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr">
+        <is>
+          <t>ป่านายางกลัก</t>
+        </is>
+      </c>
       <c r="O47" t="inlineStr"/>
       <c r="P47" t="inlineStr"/>
       <c r="Q47" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>f8a6e402-8634-4c49-a558-0b2fbb0a248a</t>
+          <t>6615d522-398f-48c7-99e8-df913419fb79</t>
         </is>
       </c>
       <c r="B48" t="n">
-        <v>99.54743000000001</v>
+        <v>101.63327</v>
       </c>
       <c r="C48" t="n">
-        <v>11.32849</v>
+        <v>16.009216</v>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F48" t="n">
-        <v>305.1</v>
+        <v>315.45</v>
       </c>
       <c r="G48" t="n">
-        <v>0.46</v>
+        <v>3.053841</v>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I48" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>Thong Chai</t>
+          <t>Tha Yai</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
-          <t>Bang Saphan</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
-          <t>Prachuap Khiri Khan</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr"/>
       <c r="P48" t="inlineStr"/>
       <c r="Q48" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>1e82c3c8-0914-41aa-a8f8-ee8035f02613</t>
+          <t>6c9d292c-7265-49f7-8c13-bbf888221385</t>
         </is>
       </c>
       <c r="B49" t="n">
-        <v>99.547653</v>
+        <v>101.638664</v>
       </c>
       <c r="C49" t="n">
-        <v>11.328429</v>
+        <v>16.008148</v>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F49" t="n">
-        <v>305.1</v>
+        <v>311.32</v>
       </c>
       <c r="G49" t="n">
-        <v>0.454376</v>
+        <v>3.053841</v>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I49" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>Thong Chai</t>
+          <t>Tha Yai</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
-          <t>Bang Saphan</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
-          <t>Prachuap Khiri Khan</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr"/>
       <c r="P49" t="inlineStr"/>
       <c r="Q49" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>2d9e08fe-cc5e-41fc-a631-fe295e7c9fec</t>
+          <t>377ca4b3-1556-4f8b-998b-8553cc9a2ea2</t>
         </is>
       </c>
       <c r="B50" t="n">
-        <v>99.57732</v>
+        <v>101.64888</v>
       </c>
       <c r="C50" t="n">
-        <v>13.74679</v>
+        <v>15.445783</v>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F50" t="n">
-        <v>303.65</v>
+        <v>304.26</v>
       </c>
       <c r="G50" t="n">
-        <v>0.84</v>
+        <v>1.299652</v>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I50" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>Nong Kwang</t>
+          <t>Khok Phet Phatthana</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
-          <t>Photharam</t>
+          <t>Bamnet Narong</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr"/>
       <c r="P50" t="inlineStr"/>
       <c r="Q50" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>888ffbd6-4c12-4645-992b-93e1ac13b5d8</t>
+          <t>9a1c74ea-f5e5-4843-82e2-09623a3a6901</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>99.577591</v>
+        <v>101.648903</v>
       </c>
       <c r="C51" t="n">
-        <v>13.74679</v>
+        <v>15.443247</v>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F51" t="n">
-        <v>303.65</v>
+        <v>308.54</v>
       </c>
       <c r="G51" t="n">
-        <v>0.817509</v>
+        <v>1.549402</v>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I51" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>Nong Kwang</t>
+          <t>Khok Phet Phatthana</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
-          <t>Photharam</t>
+          <t>Bamnet Narong</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr"/>
       <c r="P51" t="inlineStr"/>
       <c r="Q51" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>29f0d735-4403-48ae-add0-eea1dbc7b7e5</t>
+          <t>9a9239b5-1faa-42bf-b89b-9a2c406cb17f</t>
         </is>
       </c>
       <c r="B52" t="n">
-        <v>99.57783999999999</v>
+        <v>101.649925</v>
       </c>
       <c r="C52" t="n">
-        <v>13.75014</v>
+        <v>15.448078</v>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F52" t="n">
-        <v>304.41</v>
+        <v>302.64</v>
       </c>
       <c r="G52" t="n">
-        <v>1.04</v>
+        <v>0.646186</v>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I52" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>Nong Kwang</t>
+          <t>Khok Phet Phatthana</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
-          <t>Photharam</t>
+          <t>Bamnet Narong</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr"/>
       <c r="P52" t="inlineStr"/>
       <c r="Q52" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>09158906-5487-4fbd-920a-45f6a89faadf</t>
+          <t>e65b2b3a-ee87-49d6-a0b1-a06bfcf88812</t>
         </is>
       </c>
       <c r="B53" t="n">
-        <v>99.57811</v>
+        <v>101.654434</v>
       </c>
       <c r="C53" t="n">
-        <v>13.750137</v>
+        <v>15.444721</v>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F53" t="n">
-        <v>304.41</v>
+        <v>302.46</v>
       </c>
       <c r="G53" t="n">
-        <v>1.025798</v>
+        <v>0.915949</v>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I53" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>Nong Kwang</t>
+          <t>Khok Roeng Rom</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
-          <t>Photharam</t>
+          <t>Bamnet Narong</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr"/>
       <c r="P53" t="inlineStr"/>
       <c r="Q53" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>4799355a-594c-4bc4-97cc-bb1096bd63cf</t>
+          <t>e374c8ab-e24f-4f64-a0dd-1966fc518b17</t>
         </is>
       </c>
       <c r="B54" t="n">
-        <v>99.58177999999999</v>
+        <v>101.730225</v>
       </c>
       <c r="C54" t="n">
-        <v>13.6572</v>
+        <v>17.63896</v>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F54" t="n">
-        <v>320.91</v>
+        <v>298.14</v>
       </c>
       <c r="G54" t="n">
-        <v>1.71</v>
+        <v>0.883091</v>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I54" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Si Song Rak</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Mueang Loei</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N54" t="inlineStr"/>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>ป่าโคกใหญ่</t>
+        </is>
+      </c>
       <c r="O54" t="inlineStr"/>
       <c r="P54" t="inlineStr"/>
       <c r="Q54" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>38a17425-a3e6-41ee-b5fb-3d7c9976b279</t>
+          <t>14a10c75-cf57-4401-a37e-2174e3519329</t>
         </is>
       </c>
       <c r="B55" t="n">
-        <v>99.582016</v>
+        <v>101.752754</v>
       </c>
       <c r="C55" t="n">
-        <v>13.657012</v>
+        <v>17.683105</v>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F55" t="n">
-        <v>320.91</v>
+        <v>308.2</v>
       </c>
       <c r="G55" t="n">
-        <v>1.660988</v>
+        <v>1.079466</v>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I55" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Si Song Rak</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Mueang Loei</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Loei</t>
         </is>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr"/>
       <c r="P55" t="inlineStr"/>
       <c r="Q55" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>e47186e4-e1ab-45f2-ba92-cb725fa2a3af</t>
+          <t>ef09838a-244e-4992-8318-0bff25fb2f99</t>
         </is>
       </c>
       <c r="B56" t="n">
-        <v>99.58231000000001</v>
+        <v>101.754555</v>
       </c>
       <c r="C56" t="n">
-        <v>13.66054</v>
+        <v>17.684824</v>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F56" t="n">
-        <v>318.68</v>
+        <v>307.63</v>
       </c>
       <c r="G56" t="n">
-        <v>1.68</v>
+        <v>1.60815</v>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I56" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Si Song Rak</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Mueang Loei</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Loei</t>
         </is>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr"/>
       <c r="P56" t="inlineStr"/>
       <c r="Q56" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>2f2dc7a5-7092-41a3-9963-7de452a1fa53</t>
+          <t>0d9c04a8-501a-4d2e-a572-21f4d987d602</t>
         </is>
       </c>
       <c r="B57" t="n">
-        <v>99.582542</v>
+        <v>101.757523</v>
       </c>
       <c r="C57" t="n">
-        <v>13.660358</v>
+        <v>17.795929</v>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F57" t="n">
-        <v>318.68</v>
+        <v>306.21</v>
       </c>
       <c r="G57" t="n">
-        <v>1.648121</v>
+        <v>1.3354</v>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I57" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Khao Kaeo</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Chiang Khan</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Loei</t>
         </is>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr"/>
       <c r="P57" t="inlineStr"/>
       <c r="Q57" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>b8069904-e833-4141-92f6-939bbef4e9ea</t>
+          <t>1a8e6d1e-e884-4a77-be5e-b6bab338bbb6</t>
         </is>
       </c>
       <c r="B58" t="n">
-        <v>99.61039</v>
+        <v>101.848061</v>
       </c>
       <c r="C58" t="n">
-        <v>13.69732</v>
+        <v>15.114208</v>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F58" t="n">
-        <v>310.11</v>
+        <v>300.89</v>
       </c>
       <c r="G58" t="n">
-        <v>0.86</v>
+        <v>0.751229</v>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I58" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Dan Nai</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr"/>
       <c r="P58" t="inlineStr"/>
       <c r="Q58" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>dcb04952-a07d-4e31-998c-adcff5ec4f51</t>
+          <t>86919f5b-0e6e-41c6-89db-45ea22abeae7</t>
         </is>
       </c>
       <c r="B59" t="n">
-        <v>99.610649</v>
+        <v>101.859024</v>
       </c>
       <c r="C59" t="n">
-        <v>13.697223</v>
+        <v>15.752571</v>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F59" t="n">
-        <v>310.11</v>
+        <v>301.92</v>
       </c>
       <c r="G59" t="n">
-        <v>0.83847</v>
+        <v>0.683196</v>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I59" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Talat Raeng</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Ban Khwao</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr"/>
       <c r="P59" t="inlineStr"/>
       <c r="Q59" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>57971ec5-db99-4a28-ba06-dc8256e0a86e</t>
+          <t>2142e256-8cb5-47c8-8361-7de319fddef5</t>
         </is>
       </c>
       <c r="B60" t="n">
-        <v>99.61091999999999</v>
+        <v>101.966133</v>
       </c>
       <c r="C60" t="n">
-        <v>13.70066</v>
+        <v>13.790755</v>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F60" t="n">
-        <v>314.1</v>
+        <v>301.55</v>
       </c>
       <c r="G60" t="n">
-        <v>0.86</v>
+        <v>0.441278</v>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I60" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Sala Lamduan</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Mueang Sa Kaeo</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N60" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>ป่าห้วยไคร้</t>
+        </is>
+      </c>
       <c r="O60" t="inlineStr"/>
       <c r="P60" t="inlineStr"/>
       <c r="Q60" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>db3bd5db-0e2e-4a02-be1b-211f9da4bb70</t>
+          <t>551f516d-e811-415d-80a7-f825c32ff718</t>
         </is>
       </c>
       <c r="B61" t="n">
-        <v>99.611176</v>
+        <v>101.972427</v>
       </c>
       <c r="C61" t="n">
-        <v>13.700566</v>
+        <v>17.39823</v>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F61" t="n">
-        <v>314.11</v>
+        <v>303.11</v>
       </c>
       <c r="G61" t="n">
-        <v>0.83847</v>
+        <v>1.160649</v>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I61" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Tha Sawan</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Na Duang</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Loei</t>
         </is>
       </c>
       <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr"/>
       <c r="P61" t="inlineStr"/>
       <c r="Q61" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>e6853313-5c4f-4cc2-9e61-24e2abce7224</t>
+          <t>aab033d0-162c-490d-82f2-fed49c0442e1</t>
         </is>
       </c>
       <c r="B62" t="n">
-        <v>99.62809</v>
+        <v>101.976624</v>
       </c>
       <c r="C62" t="n">
-        <v>13.03121</v>
+        <v>13.67486</v>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F62" t="n">
-        <v>312.2</v>
+        <v>311.72</v>
       </c>
       <c r="G62" t="n">
-        <v>1.46</v>
+        <v>0.739098</v>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I62" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>Phu Sawan</t>
+          <t>Nong Wa</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
-          <t>Kaeng Krachan</t>
+          <t>Khao Chakan</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
-          <t>Phetchaburi</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N62" t="inlineStr">
         <is>
-          <t>ป่ายางน้ำกลัดเหนือและป่ายางน้ำกลัดใต้</t>
+          <t>ป่าห้วยไคร้</t>
         </is>
       </c>
       <c r="O62" t="inlineStr"/>
       <c r="P62" t="inlineStr"/>
       <c r="Q62" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>76c7fc1b-6abe-44fc-8c9d-48d5aa3403cf</t>
+          <t>b16e6f30-3ebf-49f8-bb98-7848a20c2e32</t>
         </is>
       </c>
       <c r="B63" t="n">
-        <v>99.62827299999999</v>
+        <v>102.030083</v>
       </c>
       <c r="C63" t="n">
-        <v>13.031095</v>
+        <v>16.849277</v>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F63" t="n">
-        <v>312.2</v>
+        <v>308.02</v>
       </c>
       <c r="G63" t="n">
-        <v>1.422813</v>
+        <v>2.290786</v>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I63" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>Phu Sawan</t>
+          <t>Dong Lan</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
-          <t>Kaeng Krachan</t>
+          <t>Si Chomphu</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
-          <t>Phetchaburi</t>
+          <t>Khon Kaen</t>
         </is>
       </c>
       <c r="N63" t="inlineStr">
         <is>
-          <t>ป่ายางน้ำกลัดเหนือและป่ายางน้ำกลัดใต้</t>
+          <t>ป่าดงลาน</t>
         </is>
       </c>
       <c r="O63" t="inlineStr"/>
       <c r="P63" t="inlineStr"/>
       <c r="Q63" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>6090b9a0-8539-4519-ab27-bd21c34aa837</t>
+          <t>3c052399-189c-4b60-bcee-0b9304c6e392</t>
         </is>
       </c>
       <c r="B64" t="n">
-        <v>99.64944</v>
+        <v>102.096626</v>
       </c>
       <c r="C64" t="n">
-        <v>13.58929</v>
+        <v>16.272644</v>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F64" t="n">
-        <v>305.52</v>
+        <v>298.14</v>
       </c>
       <c r="G64" t="n">
-        <v>1.11</v>
+        <v>1.54266</v>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I64" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J64" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Nong Tum</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Phu Khiao</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N64" t="inlineStr">
         <is>
-          <t>ป่าเขาบิน</t>
+          <t>ป่าภูหยวก</t>
         </is>
       </c>
       <c r="O64" t="inlineStr"/>
-      <c r="P64" t="inlineStr"/>
+      <c r="P64" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดชัยภูมิ</t>
+        </is>
+      </c>
       <c r="Q64" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>865380ae-9446-4ec5-b18b-74ba46834ab2</t>
+          <t>6cc462ca-870d-4724-a3a3-f27f3333631c</t>
         </is>
       </c>
       <c r="B65" t="n">
-        <v>99.64965100000001</v>
+        <v>102.106209</v>
       </c>
       <c r="C65" t="n">
-        <v>13.589286</v>
+        <v>13.324965</v>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F65" t="n">
-        <v>305.52</v>
+        <v>307.01</v>
       </c>
       <c r="G65" t="n">
-        <v>1.084593</v>
+        <v>1.796414</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I65" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Wang Thong</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Wang Sombun</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N65" t="inlineStr">
         <is>
-          <t>ป่าเขาบิน</t>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
         </is>
       </c>
       <c r="O65" t="inlineStr"/>
       <c r="P65" t="inlineStr"/>
       <c r="Q65" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>2f4712b0-8fc5-4531-9384-89f67fd33e69</t>
+          <t>8ee71e3e-1643-4a37-91ed-586fad9c8d4b</t>
         </is>
       </c>
       <c r="B66" t="n">
-        <v>99.67131999999999</v>
+        <v>102.109406</v>
       </c>
       <c r="C66" t="n">
-        <v>14.77983</v>
+        <v>13.324339</v>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>302.88</v>
+        <v>305.15</v>
       </c>
       <c r="G66" t="n">
-        <v>0.6</v>
+        <v>1.30587</v>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I66" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>Nong Pling</t>
+          <t>Wang Thong</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Wang Sombun</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N66" t="inlineStr">
         <is>
-          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
         </is>
       </c>
       <c r="O66" t="inlineStr"/>
       <c r="P66" t="inlineStr"/>
       <c r="Q66" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>89f767ec-11b6-4a27-9d2c-5ef864e95d63</t>
+          <t>c2dc7baa-f6b5-41e0-ad76-50a03effc170</t>
         </is>
       </c>
       <c r="B67" t="n">
-        <v>99.671547</v>
+        <v>102.14502</v>
       </c>
       <c r="C67" t="n">
-        <v>14.779751</v>
+        <v>13.495287</v>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F67" t="n">
-        <v>302.88</v>
+        <v>321.05</v>
       </c>
       <c r="G67" t="n">
-        <v>0.59309</v>
+        <v>1.56029</v>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I67" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>Nong Pling</t>
+          <t>Wang Nam Yen</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Wang Nam Yen</t>
         </is>
       </c>
       <c r="M67" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N67" t="inlineStr">
         <is>
-          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
         </is>
       </c>
       <c r="O67" t="inlineStr"/>
       <c r="P67" t="inlineStr"/>
       <c r="Q67" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>72975981-410c-4a63-88cb-7b7084b066eb</t>
+          <t>fa22410f-bc22-47d8-b55e-fe4fcd116b68</t>
         </is>
       </c>
       <c r="B68" t="n">
-        <v>99.68449</v>
+        <v>102.145462</v>
       </c>
       <c r="C68" t="n">
-        <v>13.74411</v>
+        <v>13.496057</v>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>302.84</v>
+        <v>315.85</v>
       </c>
       <c r="G68" t="n">
-        <v>0.24</v>
+        <v>0.749904</v>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I68" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>Khao Cha-Ngum</t>
+          <t>Wang Nam Yen</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
-          <t>Photharam</t>
+          <t>Wang Nam Yen</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N68" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N68" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
       <c r="O68" t="inlineStr"/>
       <c r="P68" t="inlineStr"/>
       <c r="Q68" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>38ff0220-4e73-49ff-8111-925f01b56321</t>
+          <t>83ac40a2-3bb5-4938-8ccb-7e90503586df</t>
         </is>
       </c>
       <c r="B69" t="n">
-        <v>99.68478399999999</v>
+        <v>102.146484</v>
       </c>
       <c r="C69" t="n">
-        <v>13.74413</v>
+        <v>13.50124</v>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>302.84</v>
+        <v>302.1</v>
       </c>
       <c r="G69" t="n">
-        <v>0.225393</v>
+        <v>0.749904</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I69" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>Khao Cha-Ngum</t>
+          <t>Wang Nam Yen</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
-          <t>Photharam</t>
+          <t>Wang Nam Yen</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N69" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
       <c r="O69" t="inlineStr"/>
       <c r="P69" t="inlineStr"/>
       <c r="Q69" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>05784d9b-8dab-4364-808c-01bef3f94ba7</t>
+          <t>9e185b3a-bd62-40d6-9626-73a5e8d2e826</t>
         </is>
       </c>
       <c r="B70" t="n">
-        <v>99.72053</v>
+        <v>102.18454</v>
       </c>
       <c r="C70" t="n">
-        <v>13.85398</v>
+        <v>14.466629</v>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>324.52</v>
+        <v>305.29</v>
       </c>
       <c r="G70" t="n">
-        <v>3.58</v>
+        <v>1.238067</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I70" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J70" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>Khao Sam Sip Hap</t>
+          <t>Chorakhe Hin</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Khon Buri</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr"/>
       <c r="P70" t="inlineStr"/>
       <c r="Q70" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>65d93431-5005-48fb-82dc-4c78bcfbc056</t>
+          <t>dcd7bdd8-d1c4-4cc3-b687-16f1d3e8e5c5</t>
         </is>
       </c>
       <c r="B71" t="n">
-        <v>99.72071099999999</v>
+        <v>102.185867</v>
       </c>
       <c r="C71" t="n">
-        <v>13.853795</v>
+        <v>14.462915</v>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F71" t="n">
-        <v>324.51</v>
+        <v>304.63</v>
       </c>
       <c r="G71" t="n">
-        <v>3.483295</v>
+        <v>0.883444</v>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I71" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J71" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>Khao Sam Sip Hap</t>
+          <t>Chorakhe Hin</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Khon Buri</t>
         </is>
       </c>
       <c r="M71" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr"/>
       <c r="P71" t="inlineStr"/>
       <c r="Q71" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>81c98fd4-441a-4c5d-b415-13b51aa9b531</t>
+          <t>de30ea16-90ea-43d2-83e1-9880d1b48bca</t>
         </is>
       </c>
       <c r="B72" t="n">
-        <v>99.72414000000001</v>
+        <v>102.223221</v>
       </c>
       <c r="C72" t="n">
-        <v>13.85343</v>
+        <v>17.896818</v>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F72" t="n">
-        <v>328.4</v>
+        <v>315.49</v>
       </c>
       <c r="G72" t="n">
-        <v>3.59</v>
+        <v>1.684171</v>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I72" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J72" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>Khao Sam Sip Hap</t>
+          <t>Na Yung</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Na Yung</t>
         </is>
       </c>
       <c r="M72" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N72" t="inlineStr"/>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr">
+        <is>
+          <t>ป่านายูง และป่าน้ำโสม</t>
+        </is>
+      </c>
       <c r="O72" t="inlineStr"/>
       <c r="P72" t="inlineStr"/>
       <c r="Q72" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>756e866b-7f67-4491-891b-d1557b99a9df</t>
+          <t>6168daed-635b-43bc-9477-eb47b44a0fb3</t>
         </is>
       </c>
       <c r="B73" t="n">
-        <v>99.724327</v>
+        <v>102.224304</v>
       </c>
       <c r="C73" t="n">
-        <v>13.853251</v>
+        <v>17.901596</v>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F73" t="n">
-        <v>328.4</v>
+        <v>304.9</v>
       </c>
       <c r="G73" t="n">
-        <v>3.498559</v>
+        <v>0.874059</v>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I73" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J73" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>Khao Sam Sip Hap</t>
+          <t>Na Yung</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Na Yung</t>
         </is>
       </c>
       <c r="M73" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N73" t="inlineStr"/>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr">
+        <is>
+          <t>ป่านายูง และป่าน้ำโสม</t>
+        </is>
+      </c>
       <c r="O73" t="inlineStr"/>
       <c r="P73" t="inlineStr"/>
       <c r="Q73" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>2aa8f63b-5941-4270-9ce7-f69747cbe3e4</t>
+          <t>30412ba7-6e7f-4a41-aa7d-fcec667ea10f</t>
         </is>
       </c>
       <c r="B74" t="n">
-        <v>99.73775000000001</v>
+        <v>102.230164</v>
       </c>
       <c r="C74" t="n">
-        <v>13.9162</v>
+        <v>17.584379</v>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F74" t="n">
-        <v>316.43</v>
+        <v>314.6</v>
       </c>
       <c r="G74" t="n">
-        <v>1.61</v>
+        <v>2.871243</v>
       </c>
       <c r="H74" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I74" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J74" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>Saen To</t>
+          <t>Ban Khok</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Suwannakhuha</t>
         </is>
       </c>
       <c r="M74" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N74" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
       <c r="O74" t="inlineStr"/>
       <c r="P74" t="inlineStr"/>
       <c r="Q74" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>c9baa430-be8d-47a8-a9ed-6ed34c24ec84</t>
+          <t>27b942c4-e499-4d57-a2b0-a00f24b014de</t>
         </is>
       </c>
       <c r="B75" t="n">
-        <v>99.737976</v>
+        <v>102.232079</v>
       </c>
       <c r="C75" t="n">
-        <v>13.916148</v>
+        <v>17.587399</v>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F75" t="n">
-        <v>316.42</v>
+        <v>322.51</v>
       </c>
       <c r="G75" t="n">
-        <v>1.577985</v>
+        <v>3.834223</v>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I75" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J75" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>Saen To</t>
+          <t>Ban Khok</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Suwannakhuha</t>
         </is>
       </c>
       <c r="M75" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N75" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr">
+        <is>
+          <t>ป่าเก่ากลอยและป่านากลาง</t>
+        </is>
+      </c>
       <c r="O75" t="inlineStr"/>
       <c r="P75" t="inlineStr"/>
       <c r="Q75" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>cbc73393-4f7d-4f13-8a3b-a83771b989f2</t>
+          <t>909cae74-69f0-4cf9-8b6e-44dc5d26c5df</t>
         </is>
       </c>
       <c r="B76" t="n">
-        <v>99.79133</v>
+        <v>102.314369</v>
       </c>
       <c r="C76" t="n">
-        <v>12.90752</v>
+        <v>13.543988</v>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F76" t="n">
-        <v>314.3</v>
+        <v>348.04</v>
       </c>
       <c r="G76" t="n">
-        <v>1.28</v>
+        <v>5.353978</v>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I76" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J76" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>Wang Khrai</t>
+          <t>Benchakhon</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
-          <t>Tha Yang</t>
+          <t>Khlong Hat</t>
         </is>
       </c>
       <c r="M76" t="inlineStr">
         <is>
-          <t>Phetchaburi</t>
-[...2 lines deleted...]
-      <c r="N76" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
       <c r="O76" t="inlineStr"/>
       <c r="P76" t="inlineStr"/>
       <c r="Q76" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>f8ac0827-9b2c-4c95-8f8c-45bbf677a888</t>
+          <t>c207007d-d08e-4cb9-9a3e-e548e9d78060</t>
         </is>
       </c>
       <c r="B77" t="n">
-        <v>99.79151899999999</v>
+        <v>102.327621</v>
       </c>
       <c r="C77" t="n">
-        <v>12.907502</v>
+        <v>13.6818</v>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F77" t="n">
-        <v>314.3</v>
+        <v>308.97</v>
       </c>
       <c r="G77" t="n">
-        <v>1.254186</v>
+        <v>0.659382</v>
       </c>
       <c r="H77" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I77" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J77" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>Wang Khrai</t>
+          <t>Tha Kwian</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
-          <t>Tha Yang</t>
+          <t>Watthana Nakhon</t>
         </is>
       </c>
       <c r="M77" t="inlineStr">
         <is>
-          <t>Phetchaburi</t>
-[...2 lines deleted...]
-      <c r="N77" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
       <c r="O77" t="inlineStr"/>
       <c r="P77" t="inlineStr"/>
       <c r="Q77" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>255f2663-cf97-4c5a-ab1b-703f7b2b88f8</t>
+          <t>09993580-8e30-4959-8f98-ea2941490cbb</t>
         </is>
       </c>
       <c r="B78" t="n">
-        <v>99.81149000000001</v>
+        <v>102.327858</v>
       </c>
       <c r="C78" t="n">
-        <v>14.26905</v>
+        <v>13.681564</v>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F78" t="n">
-        <v>321.95</v>
+        <v>310.62</v>
       </c>
       <c r="G78" t="n">
-        <v>2.04</v>
+        <v>0.650543</v>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I78" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J78" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>Rang Wai</t>
+          <t>Tha Kwian</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
-          <t>Phanom Thuan</t>
+          <t>Watthana Nakhon</t>
         </is>
       </c>
       <c r="M78" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N78" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N78" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
       <c r="O78" t="inlineStr"/>
       <c r="P78" t="inlineStr"/>
       <c r="Q78" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>4ff28593-e14e-4e6f-b755-7392bd4b0af5</t>
+          <t>8518f2fd-07e4-42b2-8690-bb3cdbae2a94</t>
         </is>
       </c>
       <c r="B79" t="n">
-        <v>99.811729</v>
+        <v>102.339005</v>
       </c>
       <c r="C79" t="n">
-        <v>14.269144</v>
+        <v>13.766258</v>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F79" t="n">
-        <v>321.95</v>
+        <v>301.79</v>
       </c>
       <c r="G79" t="n">
-        <v>1.994304</v>
+        <v>0.5826249999999999</v>
       </c>
       <c r="H79" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I79" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J79" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>Rang Wai</t>
+          <t>Watthana Nakhon</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
-          <t>Phanom Thuan</t>
+          <t>Watthana Nakhon</t>
         </is>
       </c>
       <c r="M79" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr"/>
       <c r="P79" t="inlineStr"/>
       <c r="Q79" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>17d1bd9d-113f-4ef3-bfeb-117d72a9125b</t>
+          <t>76bfbd77-adbf-49b1-bce0-6f0eea33856c</t>
         </is>
       </c>
       <c r="B80" t="n">
-        <v>99.83588</v>
+        <v>102.400497</v>
       </c>
       <c r="C80" t="n">
-        <v>13.9285</v>
+        <v>13.899914</v>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F80" t="n">
-        <v>307.66</v>
+        <v>303.77</v>
       </c>
       <c r="G80" t="n">
-        <v>0.82</v>
+        <v>0.465692</v>
       </c>
       <c r="H80" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I80" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J80" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>Yang Muang</t>
+          <t>Nong Mak Fai</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Watthana Nakhon</t>
         </is>
       </c>
       <c r="M80" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N80" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N80" t="inlineStr">
+        <is>
+          <t>ป่าโคกสูง</t>
+        </is>
+      </c>
       <c r="O80" t="inlineStr"/>
       <c r="P80" t="inlineStr"/>
       <c r="Q80" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>36d0dc3f-3033-444b-b692-9a8dbbe533c5</t>
+          <t>7d793e7c-d7b0-461c-af8c-e357c146f1f7</t>
         </is>
       </c>
       <c r="B81" t="n">
-        <v>99.83612100000001</v>
+        <v>102.418228</v>
       </c>
       <c r="C81" t="n">
-        <v>13.928501</v>
+        <v>14.329682</v>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F81" t="n">
-        <v>307.66</v>
+        <v>308.62</v>
       </c>
       <c r="G81" t="n">
-        <v>0.807756</v>
+        <v>1.413367</v>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I81" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J81" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>Yang Muang</t>
+          <t>Non Sombun</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Soeng Sang</t>
         </is>
       </c>
       <c r="M81" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...3 lines deleted...]
-      <c r="O81" t="inlineStr"/>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>ป่าครบุรี</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr">
+        <is>
+          <t>Thap Lan</t>
+        </is>
+      </c>
       <c r="P81" t="inlineStr"/>
       <c r="Q81" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>bdbce65e-5970-4a17-87c3-b56952eaa715</t>
+          <t>e2a49f96-c99a-40dd-9c15-37fc5810cd43</t>
         </is>
       </c>
       <c r="B82" t="n">
-        <v>100.1593</v>
+        <v>102.421486</v>
       </c>
       <c r="C82" t="n">
-        <v>14.75693</v>
+        <v>14.329032</v>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F82" t="n">
-        <v>308.16</v>
+        <v>312.93</v>
       </c>
       <c r="G82" t="n">
-        <v>2.01</v>
+        <v>1.167522</v>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I82" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J82" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>Wang Luek</t>
+          <t>Non Sombun</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
-          <t>Sam Chuk</t>
+          <t>Soeng Sang</t>
         </is>
       </c>
       <c r="M82" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
-[...3 lines deleted...]
-      <c r="O82" t="inlineStr"/>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N82" t="inlineStr">
+        <is>
+          <t>ป่าครบุรี</t>
+        </is>
+      </c>
+      <c r="O82" t="inlineStr">
+        <is>
+          <t>Thap Lan</t>
+        </is>
+      </c>
       <c r="P82" t="inlineStr"/>
       <c r="Q82" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>d83f1f95-ec49-49c0-a4bc-79498244163b</t>
+          <t>aac75ff8-c12b-4ae9-b415-8dccc19b298f</t>
         </is>
       </c>
       <c r="B83" t="n">
-        <v>100.159554</v>
+        <v>102.66024</v>
       </c>
       <c r="C83" t="n">
-        <v>14.756943</v>
+        <v>16.935829</v>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F83" t="n">
-        <v>308.17</v>
+        <v>308.65</v>
       </c>
       <c r="G83" t="n">
-        <v>1.871369</v>
+        <v>1.546055</v>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I83" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J83" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>Wang Luek</t>
+          <t>Ban Kho</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
-          <t>Sam Chuk</t>
+          <t>Non Sang</t>
         </is>
       </c>
       <c r="M83" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
-[...3 lines deleted...]
-      <c r="O83" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O83" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
       <c r="P83" t="inlineStr"/>
       <c r="Q83" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>e72a0652-7134-449a-ba08-92a267594a53</t>
+          <t>5d11823e-ab0a-4950-a5d6-718bb2c4a764</t>
         </is>
       </c>
       <c r="B84" t="n">
-        <v>100.38855</v>
+        <v>102.662804</v>
       </c>
       <c r="C84" t="n">
-        <v>13.91173</v>
+        <v>16.935314</v>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F84" t="n">
-        <v>313.67</v>
+        <v>305.7</v>
       </c>
       <c r="G84" t="n">
-        <v>0.79</v>
+        <v>1.609723</v>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I84" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J84" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>Bang Rak Phatthana</t>
+          <t>Ban Kho</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
-          <t>Bang Bua Thong</t>
+          <t>Non Sang</t>
         </is>
       </c>
       <c r="M84" t="inlineStr">
         <is>
-          <t>Nonthaburi</t>
-[...3 lines deleted...]
-      <c r="O84" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O84" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
       <c r="P84" t="inlineStr"/>
       <c r="Q84" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>e53576a6-e8b4-4ea4-8412-b1876bad80c6</t>
+          <t>3829ada6-bc49-46c9-b0b6-43a7528ec291</t>
         </is>
       </c>
       <c r="B85" t="n">
-        <v>100.388748</v>
+        <v>102.668686</v>
       </c>
       <c r="C85" t="n">
-        <v>13.911704</v>
+        <v>16.939363</v>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F85" t="n">
-        <v>313.67</v>
+        <v>307.13</v>
       </c>
       <c r="G85" t="n">
-        <v>0.76901</v>
+        <v>0.854361</v>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I85" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>Bang Rak Phatthana</t>
+          <t>Ban Kho</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
-          <t>Bang Bua Thong</t>
+          <t>Non Sang</t>
         </is>
       </c>
       <c r="M85" t="inlineStr">
         <is>
-          <t>Nonthaburi</t>
-[...3 lines deleted...]
-      <c r="O85" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O85" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
       <c r="P85" t="inlineStr"/>
       <c r="Q85" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>129bbe0d-6812-4f9b-82c8-84771efc317c</t>
+          <t>4772bd01-5958-471e-9a31-31b6836059e2</t>
         </is>
       </c>
       <c r="B86" t="n">
-        <v>100.76382</v>
+        <v>102.669792</v>
       </c>
       <c r="C86" t="n">
-        <v>14.56912</v>
+        <v>16.944378</v>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F86" t="n">
-        <v>306.76</v>
+        <v>307.9</v>
       </c>
       <c r="G86" t="n">
-        <v>0.99</v>
+        <v>0.529047</v>
       </c>
       <c r="H86" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I86" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J86" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>Ban Khrua</t>
+          <t>Kut Du</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
-          <t>Ban Mo</t>
+          <t>Non Sang</t>
         </is>
       </c>
       <c r="M86" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...3 lines deleted...]
-      <c r="O86" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
       <c r="P86" t="inlineStr"/>
       <c r="Q86" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>731dfb33-289c-4541-b7cc-316f11dc7252</t>
+          <t>765f8057-5e70-42f0-a0d4-8ae15f414cdf</t>
         </is>
       </c>
       <c r="B87" t="n">
-        <v>100.764008</v>
+        <v>102.671066</v>
       </c>
       <c r="C87" t="n">
-        <v>14.56894</v>
+        <v>16.949358</v>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F87" t="n">
-        <v>306.76</v>
+        <v>304.18</v>
       </c>
       <c r="G87" t="n">
-        <v>0.964847</v>
+        <v>0.529047</v>
       </c>
       <c r="H87" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I87" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>Ban Khrua</t>
+          <t>Kut Du</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
-          <t>Ban Mo</t>
+          <t>Non Sang</t>
         </is>
       </c>
       <c r="M87" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...3 lines deleted...]
-      <c r="O87" t="inlineStr"/>
+          <t>Nong Bua Lamphu</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O87" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
       <c r="P87" t="inlineStr"/>
       <c r="Q87" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>3df978a4-9921-47ee-88cc-b14e13a423b9</t>
+          <t>2bb0b5e7-cf49-4a3b-ae64-f34634d3e46e</t>
         </is>
       </c>
       <c r="B88" t="n">
-        <v>100.80235</v>
+        <v>102.672417</v>
       </c>
       <c r="C88" t="n">
-        <v>14.67206</v>
+        <v>16.943851</v>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F88" t="n">
-        <v>320.1</v>
+        <v>302.41</v>
       </c>
       <c r="G88" t="n">
-        <v>1.81</v>
+        <v>0.529047</v>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I88" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
-          <t>Phu Krang</t>
+          <t>Si Suk Samran</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Ubolratana</t>
         </is>
       </c>
       <c r="M88" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...3 lines deleted...]
-      <c r="O88" t="inlineStr"/>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>ป่าภูพาน</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>Phu Kao - Phu Phan Kham</t>
+        </is>
+      </c>
       <c r="P88" t="inlineStr"/>
       <c r="Q88" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>dc4df836-228d-43e9-ab30-fbbc7dd0f15c</t>
+          <t>5d056cd6-a64e-49a1-a18e-cf72587e8676</t>
         </is>
       </c>
       <c r="B89" t="n">
-        <v>100.80249</v>
+        <v>102.829865</v>
       </c>
       <c r="C89" t="n">
-        <v>14.671936</v>
+        <v>15.178876</v>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F89" t="n">
-        <v>320.1</v>
+        <v>307.47</v>
       </c>
       <c r="G89" t="n">
-        <v>1.763403</v>
+        <v>1.462968</v>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I89" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>Phu Krang</t>
+          <t>Talat Sai</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Chum Phuang</t>
         </is>
       </c>
       <c r="M89" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr"/>
       <c r="P89" t="inlineStr"/>
       <c r="Q89" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>5df5c3ad-8379-418b-9429-0860be4c1aa6</t>
+          <t>ebd39f30-dbe6-4e07-b45e-e65c8d67ce52</t>
         </is>
       </c>
       <c r="B90" t="n">
-        <v>100.80291</v>
+        <v>102.833237</v>
       </c>
       <c r="C90" t="n">
-        <v>14.67534</v>
+        <v>15.178205</v>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F90" t="n">
-        <v>306.76</v>
+        <v>303.84</v>
       </c>
       <c r="G90" t="n">
-        <v>1.81</v>
+        <v>0.884206</v>
       </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I90" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>Phu Krang</t>
+          <t>Talat Sai</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Chum Phuang</t>
         </is>
       </c>
       <c r="M90" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr"/>
       <c r="P90" t="inlineStr"/>
       <c r="Q90" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>246a7422-fca8-40a7-a5b7-1b402cf3c046</t>
+          <t>1113d8b0-0e94-487e-8089-d1990e23ca7a</t>
         </is>
       </c>
       <c r="B91" t="n">
-        <v>100.803055</v>
+        <v>102.934967</v>
       </c>
       <c r="C91" t="n">
-        <v>14.67523</v>
+        <v>15.974843</v>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F91" t="n">
-        <v>306.77</v>
+        <v>303.83</v>
       </c>
       <c r="G91" t="n">
-        <v>1.763403</v>
+        <v>1.840052</v>
       </c>
       <c r="H91" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I91" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>Phu Krang</t>
+          <t>Nong Waeng</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Kut Rang</t>
         </is>
       </c>
       <c r="M91" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Maha Sarakham</t>
         </is>
       </c>
       <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr"/>
       <c r="P91" t="inlineStr"/>
       <c r="Q91" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>a5bbe439-b024-43c9-9e5b-f6ad6b190d77</t>
+          <t>b6a74e13-68e3-4d39-ab26-0297789e9185</t>
         </is>
       </c>
       <c r="B92" t="n">
-        <v>100.93613</v>
+        <v>102.936058</v>
       </c>
       <c r="C92" t="n">
-        <v>14.93327</v>
+        <v>15.980047</v>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F92" t="n">
-        <v>315.35</v>
+        <v>302.61</v>
       </c>
       <c r="G92" t="n">
-        <v>1.54</v>
+        <v>0.7591</v>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I92" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Nong Waeng</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Kut Rang</t>
         </is>
       </c>
       <c r="M92" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Maha Sarakham</t>
         </is>
       </c>
       <c r="N92" t="inlineStr"/>
       <c r="O92" t="inlineStr"/>
       <c r="P92" t="inlineStr"/>
       <c r="Q92" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>03606e66-ce34-47d9-b476-ba0e68272fe7</t>
+          <t>70e00eaa-0f80-4ef1-8b80-b05ec12dcd06</t>
         </is>
       </c>
       <c r="B93" t="n">
-        <v>100.936333</v>
+        <v>103.153015</v>
       </c>
       <c r="C93" t="n">
-        <v>14.93328</v>
+        <v>17.970856</v>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F93" t="n">
-        <v>315.35</v>
+        <v>309.27</v>
       </c>
       <c r="G93" t="n">
-        <v>1.514151</v>
+        <v>0.942747</v>
       </c>
       <c r="H93" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I93" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J93" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Chum Chang</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Phon Phisai</t>
         </is>
       </c>
       <c r="M93" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Nong Khai</t>
         </is>
       </c>
       <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr"/>
       <c r="P93" t="inlineStr"/>
       <c r="Q93" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>b17baea4-e73e-4b6b-af08-61d5cc393f06</t>
+          <t>2e39c105-6c26-436b-ab1d-8b84510b1e6a</t>
         </is>
       </c>
       <c r="B94" t="n">
-        <v>101.01408</v>
+        <v>103.170044</v>
       </c>
       <c r="C94" t="n">
-        <v>12.95891</v>
+        <v>14.598095</v>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F94" t="n">
-        <v>311.38</v>
+        <v>304.09</v>
       </c>
       <c r="G94" t="n">
-        <v>1.19</v>
+        <v>3.661117</v>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I94" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J94" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t>Pong</t>
+          <t>Lawia</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
-          <t>Bang Lamung</t>
+          <t>Prakhon Chai</t>
         </is>
       </c>
       <c r="M94" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N94" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr">
+        <is>
+          <t>ป่าปรีธม</t>
+        </is>
+      </c>
       <c r="O94" t="inlineStr"/>
       <c r="P94" t="inlineStr"/>
       <c r="Q94" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>a9476263-d416-4709-8a60-848b31c4b3f2</t>
+          <t>c43e1edc-747f-4787-a1c6-149e40d12cc1</t>
         </is>
       </c>
       <c r="B95" t="n">
-        <v>101.014252</v>
+        <v>103.171844</v>
       </c>
       <c r="C95" t="n">
-        <v>12.958928</v>
+        <v>14.59331</v>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F95" t="n">
-        <v>311.38</v>
+        <v>325.68</v>
       </c>
       <c r="G95" t="n">
-        <v>1.154429</v>
+        <v>2.054587</v>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I95" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J95" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>Pong</t>
+          <t>Lawia</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
-          <t>Bang Lamung</t>
+          <t>Prakhon Chai</t>
         </is>
       </c>
       <c r="M95" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N95" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr">
+        <is>
+          <t>ป่าปรีธม</t>
+        </is>
+      </c>
       <c r="O95" t="inlineStr"/>
       <c r="P95" t="inlineStr"/>
       <c r="Q95" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>2e8acb6d-bee1-407a-8eb3-d3df272cdf47</t>
+          <t>3579d6cf-2e34-485f-8a33-09693fe441b2</t>
         </is>
       </c>
       <c r="B96" t="n">
-        <v>101.03632</v>
+        <v>103.17247</v>
       </c>
       <c r="C96" t="n">
-        <v>14.64237</v>
+        <v>14.591969</v>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F96" t="n">
-        <v>308.31</v>
+        <v>311.19</v>
       </c>
       <c r="G96" t="n">
-        <v>1.65</v>
+        <v>1.897857</v>
       </c>
       <c r="H96" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I96" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J96" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Lawia</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Prakhon Chai</t>
         </is>
       </c>
       <c r="M96" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...2 lines deleted...]
-      <c r="N96" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr">
+        <is>
+          <t>ป่าปรีธม</t>
+        </is>
+      </c>
       <c r="O96" t="inlineStr"/>
       <c r="P96" t="inlineStr"/>
       <c r="Q96" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>f18afc11-559a-49f6-8e14-83efdf7cb59d</t>
+          <t>ec8624c6-af63-485e-89df-04e81f0049e4</t>
         </is>
       </c>
       <c r="B97" t="n">
-        <v>101.036476</v>
+        <v>103.173019</v>
       </c>
       <c r="C97" t="n">
-        <v>14.642261</v>
+        <v>14.598722</v>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F97" t="n">
-        <v>308.31</v>
+        <v>329.94</v>
       </c>
       <c r="G97" t="n">
-        <v>1.612069</v>
+        <v>2.169743</v>
       </c>
       <c r="H97" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I97" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J97" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Lawia</t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Prakhon Chai</t>
         </is>
       </c>
       <c r="M97" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...2 lines deleted...]
-      <c r="N97" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr">
+        <is>
+          <t>ป่าปรีธม</t>
+        </is>
+      </c>
       <c r="O97" t="inlineStr"/>
       <c r="P97" t="inlineStr"/>
       <c r="Q97" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>77d53f1e-bebe-4a76-a03c-b787e2deecbf</t>
+          <t>7e3530c1-d96c-480c-abfe-b8692b6bd074</t>
         </is>
       </c>
       <c r="B98" t="n">
-        <v>101.03791</v>
+        <v>103.17366</v>
       </c>
       <c r="C98" t="n">
-        <v>14.73771</v>
+        <v>14.59738</v>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F98" t="n">
-        <v>304.3</v>
+        <v>328.16</v>
       </c>
       <c r="G98" t="n">
-        <v>0.9399999999999999</v>
+        <v>1.897857</v>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I98" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J98" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t>Hin Son</t>
+          <t>Lawia</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Prakhon Chai</t>
         </is>
       </c>
       <c r="M98" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...2 lines deleted...]
-      <c r="N98" t="inlineStr"/>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>ป่าปรีธม</t>
+        </is>
+      </c>
       <c r="O98" t="inlineStr"/>
       <c r="P98" t="inlineStr"/>
       <c r="Q98" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>558877ec-dd26-46de-bf08-b4dfb057abe6</t>
+          <t>0b6dbbb4-e357-4ee0-acdf-0105a1053cd9</t>
         </is>
       </c>
       <c r="B99" t="n">
-        <v>101.038078</v>
+        <v>103.261269</v>
       </c>
       <c r="C99" t="n">
-        <v>14.737504</v>
+        <v>15.104774</v>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F99" t="n">
-        <v>304.3</v>
+        <v>313.8</v>
       </c>
       <c r="G99" t="n">
-        <v>0.911726</v>
+        <v>1.313298</v>
       </c>
       <c r="H99" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I99" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J99" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t>Hin Son</t>
+          <t>Ta Sao</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Huai Rat</t>
         </is>
       </c>
       <c r="M99" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Buriram</t>
         </is>
       </c>
       <c r="N99" t="inlineStr"/>
       <c r="O99" t="inlineStr"/>
       <c r="P99" t="inlineStr"/>
       <c r="Q99" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>1cf3a736-d9e7-4330-bee9-139eea78efbb</t>
+          <t>7f7ba245-3f18-4822-9d05-7f97dfda45e0</t>
         </is>
       </c>
       <c r="B100" t="n">
-        <v>101.04093</v>
+        <v>103.262421</v>
       </c>
       <c r="C100" t="n">
-        <v>14.64838</v>
+        <v>15.110169</v>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F100" t="n">
-        <v>325.12</v>
+        <v>327.6</v>
       </c>
       <c r="G100" t="n">
-        <v>3.08</v>
+        <v>2.633914</v>
       </c>
       <c r="H100" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I100" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J100" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Nong Yai</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Satuek</t>
         </is>
       </c>
       <c r="M100" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Buriram</t>
         </is>
       </c>
       <c r="N100" t="inlineStr"/>
       <c r="O100" t="inlineStr"/>
       <c r="P100" t="inlineStr"/>
       <c r="Q100" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>47407fcf-f768-4648-b534-3758160ffeb4</t>
+          <t>c4363656-a633-4898-b852-87f23391878e</t>
         </is>
       </c>
       <c r="B101" t="n">
-        <v>101.041084</v>
+        <v>103.263527</v>
       </c>
       <c r="C101" t="n">
-        <v>14.648292</v>
+        <v>15.109078</v>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F101" t="n">
-        <v>325.12</v>
+        <v>340.99</v>
       </c>
       <c r="G101" t="n">
-        <v>3.002804</v>
+        <v>4.285343</v>
       </c>
       <c r="H101" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I101" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J101" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
-          <t>Ban Pa</t>
+          <t>Nong Yai</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Satuek</t>
         </is>
       </c>
       <c r="M101" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Buriram</t>
         </is>
       </c>
       <c r="N101" t="inlineStr"/>
       <c r="O101" t="inlineStr"/>
       <c r="P101" t="inlineStr"/>
       <c r="Q101" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>3ee958da-122f-4817-9eb4-f5c9767af2c1</t>
+          <t>c71b067f-a4a2-4191-a6ce-1a64b4e917f0</t>
         </is>
       </c>
       <c r="B102" t="n">
-        <v>101.07808</v>
+        <v>103.27095</v>
       </c>
       <c r="C102" t="n">
-        <v>14.63247</v>
+        <v>16.903919</v>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F102" t="n">
-        <v>311.99</v>
+        <v>302.39</v>
       </c>
       <c r="G102" t="n">
-        <v>2.34</v>
+        <v>1.266479</v>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I102" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J102" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>Thap Kwang</t>
+          <t>Yang Um</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Tha Khantho</t>
         </is>
       </c>
       <c r="M102" t="inlineStr">
         <is>
-          <t>Saraburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr"/>
       <c r="O102" t="inlineStr"/>
       <c r="P102" t="inlineStr"/>
       <c r="Q102" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>7f0c1428-09fe-4cea-afd2-8a376ef4645f</t>
+          <t>2abdbbad-4a10-4e0d-a163-647e362fb3c0</t>
         </is>
       </c>
       <c r="B103" t="n">
-        <v>101.078224</v>
+        <v>103.305542</v>
       </c>
       <c r="C103" t="n">
-        <v>14.632354</v>
+        <v>14.485696</v>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F103" t="n">
-        <v>311.99</v>
+        <v>312.59</v>
       </c>
       <c r="G103" t="n">
-        <v>2.29135</v>
+        <v>0.95121</v>
       </c>
       <c r="H103" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I103" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J103" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t>Thap Kwang</t>
+          <t>Chik Daek</t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
-          <t>Kaeng Khoi</t>
+          <t>Phanom Dong Rak</t>
         </is>
       </c>
       <c r="M103" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Surin</t>
         </is>
       </c>
       <c r="N103" t="inlineStr">
         <is>
-          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
+          <t>ป่าทุ่งมน ป่าบักได และป่าตาเบา แปลงที่ 2</t>
         </is>
       </c>
       <c r="O103" t="inlineStr"/>
       <c r="P103" t="inlineStr"/>
       <c r="Q103" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>80097b5e-8509-4b0d-8ddc-66832f5150b6</t>
+          <t>cbc78eed-79bf-4156-b421-42adec0fde51</t>
         </is>
       </c>
       <c r="B104" t="n">
-        <v>101.08292</v>
+        <v>103.405891</v>
       </c>
       <c r="C104" t="n">
-        <v>13.04705</v>
+        <v>17.299063</v>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F104" t="n">
-        <v>307.84</v>
+        <v>310.84</v>
       </c>
       <c r="G104" t="n">
-        <v>1.25</v>
+        <v>1.845759</v>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I104" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J104" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>Bo Win</t>
+          <t>Tha Sila</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Song Dao</t>
         </is>
       </c>
       <c r="M104" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N104" t="inlineStr"/>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr">
+        <is>
+          <t>ป่าดงพันนาและป่าดงพระเจ้า</t>
+        </is>
+      </c>
       <c r="O104" t="inlineStr"/>
       <c r="P104" t="inlineStr"/>
       <c r="Q104" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>4af84c91-41ad-40d9-b439-7e3eadd6a715</t>
+          <t>632367d5-cbc6-4bd2-8965-4d2d92401130</t>
         </is>
       </c>
       <c r="B105" t="n">
-        <v>101.083122</v>
+        <v>103.739052</v>
       </c>
       <c r="C105" t="n">
-        <v>13.046959</v>
+        <v>16.448265</v>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F105" t="n">
-        <v>307.84</v>
+        <v>316.27</v>
       </c>
       <c r="G105" t="n">
-        <v>1.214602</v>
+        <v>1.103659</v>
       </c>
       <c r="H105" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I105" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J105" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t>Bo Win</t>
+          <t>Sa-At Chai Si</t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
-          <t>Si Racha</t>
+          <t>Don Chan</t>
         </is>
       </c>
       <c r="M105" t="inlineStr">
         <is>
-          <t>Chonburi</t>
+          <t>Kalasin</t>
         </is>
       </c>
       <c r="N105" t="inlineStr"/>
       <c r="O105" t="inlineStr"/>
       <c r="P105" t="inlineStr"/>
       <c r="Q105" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>d6c0f024-7549-4cf9-b8f8-52c88e7b110c</t>
+          <t>51e74a24-6750-4b26-b07f-594f66f2d030</t>
         </is>
       </c>
       <c r="B106" t="n">
-        <v>101.13985</v>
+        <v>103.754959</v>
       </c>
       <c r="C106" t="n">
-        <v>13.219</v>
+        <v>14.639027</v>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F106" t="n">
-        <v>303.63</v>
+        <v>300.71</v>
       </c>
       <c r="G106" t="n">
-        <v>0.82</v>
+        <v>0.220318</v>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I106" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J106" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t>Khlong Kio</t>
+          <t>Thapthan</t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
-          <t>Ban Bueng</t>
+          <t>Sangkha</t>
         </is>
       </c>
       <c r="M106" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N106" t="inlineStr"/>
+          <t>Surin</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งซ้ายห้วยเสน แปลงที่ 1 และแปลงที่ 2</t>
+        </is>
+      </c>
       <c r="O106" t="inlineStr"/>
       <c r="P106" t="inlineStr"/>
       <c r="Q106" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>cb177149-fa16-423f-abab-ea56ba36440d</t>
+          <t>8c6bbc21-e786-4223-8255-99e0b8421726</t>
         </is>
       </c>
       <c r="B107" t="n">
-        <v>101.14003</v>
+        <v>104.19239</v>
       </c>
       <c r="C107" t="n">
-        <v>13.218854</v>
+        <v>16.135885</v>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F107" t="n">
-        <v>303.63</v>
+        <v>317.42</v>
       </c>
       <c r="G107" t="n">
-        <v>0.798361</v>
+        <v>2.987936</v>
       </c>
       <c r="H107" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I107" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J107" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>Khlong Kio</t>
+          <t>Phon Ngam</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
-          <t>Ban Bueng</t>
+          <t>Kut Chum</t>
         </is>
       </c>
       <c r="M107" t="inlineStr">
         <is>
-          <t>Chonburi</t>
-[...2 lines deleted...]
-      <c r="N107" t="inlineStr"/>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr">
+        <is>
+          <t>ป่าโพนงามและป่าดงปอ</t>
+        </is>
+      </c>
       <c r="O107" t="inlineStr"/>
       <c r="P107" t="inlineStr"/>
       <c r="Q107" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>7d0debae-a2d7-4765-bf3c-c9a96303d230</t>
+          <t>4e51bf5b-3bdb-409a-b063-6fde1ff5e0ce</t>
         </is>
       </c>
       <c r="B108" t="n">
-        <v>101.24669</v>
+        <v>104.19635</v>
       </c>
       <c r="C108" t="n">
-        <v>12.79625</v>
+        <v>16.135046</v>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F108" t="n">
-        <v>307.14</v>
+        <v>309.49</v>
       </c>
       <c r="G108" t="n">
-        <v>0.77</v>
+        <v>2.123369</v>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I108" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J108" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t>Nong Lalok</t>
+          <t>Phon Ngam</t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
-          <t>Ban Khai</t>
+          <t>Kut Chum</t>
         </is>
       </c>
       <c r="M108" t="inlineStr">
         <is>
-          <t>Rayong</t>
-[...2 lines deleted...]
-      <c r="N108" t="inlineStr"/>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr">
+        <is>
+          <t>ป่าโพนงามและป่าดงปอ</t>
+        </is>
+      </c>
       <c r="O108" t="inlineStr"/>
       <c r="P108" t="inlineStr"/>
       <c r="Q108" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>d937dc7c-104b-428d-b355-ff3958b68f7c</t>
+          <t>07fa1eeb-0131-41a2-9429-d7888773a6a4</t>
         </is>
       </c>
       <c r="B109" t="n">
-        <v>101.246872</v>
+        <v>104.245224</v>
       </c>
       <c r="C109" t="n">
-        <v>12.79616</v>
+        <v>16.250328</v>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F109" t="n">
-        <v>307.14</v>
+        <v>304.27</v>
       </c>
       <c r="G109" t="n">
-        <v>0.755727</v>
+        <v>0.504615</v>
       </c>
       <c r="H109" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I109" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J109" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
-          <t>Nong Lalok</t>
+          <t>Khok Sawang</t>
         </is>
       </c>
       <c r="L109" t="inlineStr">
         <is>
-          <t>Ban Khai</t>
+          <t>Nong Phok</t>
         </is>
       </c>
       <c r="M109" t="inlineStr">
         <is>
-          <t>Rayong</t>
-[...2 lines deleted...]
-      <c r="N109" t="inlineStr"/>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr">
+        <is>
+          <t>ป่าดงมะอี่</t>
+        </is>
+      </c>
       <c r="O109" t="inlineStr"/>
       <c r="P109" t="inlineStr"/>
       <c r="Q109" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>200cfc86-ff5b-4bf9-8084-636ece63bffe</t>
+          <t>b89f27b0-af0a-4eed-bc23-cb918eff9899</t>
         </is>
       </c>
       <c r="B110" t="n">
-        <v>101.59801</v>
+        <v>104.310692</v>
       </c>
       <c r="C110" t="n">
-        <v>12.85939</v>
+        <v>17.799923</v>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F110" t="n">
-        <v>304.89</v>
+        <v>311.59</v>
       </c>
       <c r="G110" t="n">
-        <v>0.8</v>
+        <v>1.627187</v>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>2026-02-25 01:51:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I110" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J110" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>Krasae Bon</t>
+          <t>Phathai</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
-          <t>Klaeng</t>
+          <t>Tha Uthen</t>
         </is>
       </c>
       <c r="M110" t="inlineStr">
         <is>
-          <t>Rayong</t>
+          <t>Nakhon Phanom</t>
         </is>
       </c>
       <c r="N110" t="inlineStr"/>
       <c r="O110" t="inlineStr"/>
       <c r="P110" t="inlineStr"/>
       <c r="Q110" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>3d3d1492-d482-41c9-8c56-de6ad6d2d318</t>
+          <t>d9c3fc27-9793-4e34-b4fd-ca3469c9a2ca</t>
         </is>
       </c>
       <c r="B111" t="n">
-        <v>101.59816</v>
+        <v>104.314461</v>
       </c>
       <c r="C111" t="n">
-        <v>12.859396</v>
+        <v>17.799129</v>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F111" t="n">
-        <v>304.89</v>
+        <v>302.97</v>
       </c>
       <c r="G111" t="n">
-        <v>0.775412</v>
+        <v>1.043639</v>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I111" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J111" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>Krasae Bon</t>
+          <t>Nong Thao</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
-          <t>Klaeng</t>
+          <t>Tha Uthen</t>
         </is>
       </c>
       <c r="M111" t="inlineStr">
         <is>
-          <t>Rayong</t>
+          <t>Nakhon Phanom</t>
         </is>
       </c>
       <c r="N111" t="inlineStr"/>
       <c r="O111" t="inlineStr"/>
       <c r="P111" t="inlineStr"/>
       <c r="Q111" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>bfc6b4f6-a2c0-459c-a0a2-155a58b27f8f</t>
+          <t>b784ebb6-f687-410a-b303-88b8240437bf</t>
         </is>
       </c>
       <c r="B112" t="n">
-        <v>101.63521</v>
+        <v>104.526566</v>
       </c>
       <c r="C112" t="n">
-        <v>13.67183</v>
+        <v>17.520269</v>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F112" t="n">
-        <v>305.25</v>
+        <v>302.61</v>
       </c>
       <c r="G112" t="n">
-        <v>1.13</v>
+        <v>1.187797</v>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I112" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J112" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>Tha Kradan</t>
+          <t>Na Khamin</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
-          <t>Sanam Chai Khet</t>
+          <t>Phon Sawan</t>
         </is>
       </c>
       <c r="M112" t="inlineStr">
         <is>
-          <t>Chachoengsao</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr"/>
       <c r="O112" t="inlineStr"/>
       <c r="P112" t="inlineStr"/>
       <c r="Q112" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>156f5afc-2bc0-4ed2-9310-9afc8a05ad7b</t>
+          <t>6df9bf42-252d-4ec1-a5a2-27b6337323a3</t>
         </is>
       </c>
       <c r="B113" t="n">
-        <v>101.635368</v>
+        <v>104.58197</v>
       </c>
       <c r="C113" t="n">
-        <v>13.671716</v>
+        <v>14.527126</v>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F113" t="n">
-        <v>305.25</v>
+        <v>304.18</v>
       </c>
       <c r="G113" t="n">
-        <v>1.106677</v>
+        <v>0.666369</v>
       </c>
       <c r="H113" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I113" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J113" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t>Tha Kradan</t>
+          <t>Cham</t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
-          <t>Sanam Chai Khet</t>
+          <t>Kantharalak</t>
         </is>
       </c>
       <c r="M113" t="inlineStr">
         <is>
-          <t>Chachoengsao</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sisaket</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr"/>
       <c r="O113" t="inlineStr"/>
       <c r="P113" t="inlineStr"/>
       <c r="Q113" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>1ca9e87f-9830-4694-a22c-b21c34c4afeb</t>
+          <t>4d58d6b7-901d-419c-ae24-ac641f8aab88</t>
         </is>
       </c>
       <c r="B114" t="n">
-        <v>101.78883</v>
+        <v>104.583122</v>
       </c>
       <c r="C114" t="n">
-        <v>15.32405</v>
+        <v>14.529918</v>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F114" t="n">
-        <v>297.12</v>
+        <v>306.49</v>
       </c>
       <c r="G114" t="n">
-        <v>0.99</v>
+        <v>0.8929</v>
       </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:26:00</t>
         </is>
       </c>
       <c r="I114" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J114" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>Kut Phiman</t>
+          <t>Cham</t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
-          <t>Dan Khun Thot</t>
+          <t>Kantharalak</t>
         </is>
       </c>
       <c r="M114" t="inlineStr">
         <is>
-          <t>Nakhon Ratchasima</t>
+          <t>Sisaket</t>
         </is>
       </c>
       <c r="N114" t="inlineStr"/>
       <c r="O114" t="inlineStr"/>
       <c r="P114" t="inlineStr"/>
       <c r="Q114" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>f2c9b8d1-96c8-478b-9283-4be460143c91</t>
+          <t>b55a1ff0-2936-41e8-9afc-a8ded65e9461</t>
         </is>
       </c>
       <c r="B115" t="n">
-        <v>101.789032</v>
+        <v>104.601067</v>
       </c>
       <c r="C115" t="n">
-        <v>15.323958</v>
+        <v>17.384748</v>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F115" t="n">
-        <v>297.12</v>
+        <v>301.64</v>
       </c>
       <c r="G115" t="n">
-        <v>0.964033</v>
+        <v>0.491334</v>
       </c>
       <c r="H115" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I115" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J115" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>Kut Phiman</t>
+          <t>Ban Phueng</t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
-          <t>Dan Khun Thot</t>
+          <t>Mueang Nakhon Phanom</t>
         </is>
       </c>
       <c r="M115" t="inlineStr">
         <is>
-          <t>Nakhon Ratchasima</t>
-[...2 lines deleted...]
-      <c r="N115" t="inlineStr"/>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N115" t="inlineStr">
+        <is>
+          <t>ป่าดงเซกาแปลงที่สอง</t>
+        </is>
+      </c>
       <c r="O115" t="inlineStr"/>
       <c r="P115" t="inlineStr"/>
       <c r="Q115" t="inlineStr">
         <is>
-          <t>47N</t>
+          <t>48N</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>94ca1411-b778-45d8-afec-284c5971c93a</t>
+          <t>17568c8a-78a4-468b-97ca-8537f70266ab</t>
         </is>
       </c>
       <c r="B116" t="n">
-        <v>102.59739</v>
+        <v>105.315804</v>
       </c>
       <c r="C116" t="n">
-        <v>14.39891</v>
+        <v>15.989992</v>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F116" t="n">
-        <v>308.91</v>
+        <v>308.1</v>
       </c>
       <c r="G116" t="n">
-        <v>0.75</v>
+        <v>1.107862</v>
       </c>
       <c r="H116" t="inlineStr">
         <is>
-          <t>2026-02-25 01:49:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I116" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J116" t="inlineStr">
         <is>
-          <t>2026-02-25 03:35:44.368378+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>Khok Mamuang</t>
+          <t>Phalan</t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
-          <t>Pakham</t>
+          <t>Na Tan</t>
         </is>
       </c>
       <c r="M116" t="inlineStr">
         <is>
-          <t>Buriram</t>
+          <t>Ubon Ratchathani</t>
         </is>
       </c>
       <c r="N116" t="inlineStr">
         <is>
-          <t>ป่าดงใหญ่</t>
+          <t>ป่าดงคันไทร</t>
         </is>
       </c>
       <c r="O116" t="inlineStr"/>
       <c r="P116" t="inlineStr"/>
       <c r="Q116" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>93b3fe7a-eb30-4bee-a865-d2539c18be03</t>
+          <t>40d12ba7-0cd8-4ac7-a885-9b400145c257</t>
         </is>
       </c>
       <c r="B117" t="n">
-        <v>102.597534</v>
+        <v>105.319191</v>
       </c>
       <c r="C117" t="n">
-        <v>14.398834</v>
+        <v>15.988861</v>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>NOAA21</t>
+          <t>SNPP</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F117" t="n">
-        <v>308.91</v>
+        <v>300.1</v>
       </c>
       <c r="G117" t="n">
-        <v>0.731953</v>
+        <v>1.430549</v>
       </c>
       <c r="H117" t="inlineStr">
         <is>
-          <t>2026-02-25 01:50:00</t>
+          <t>2026-03-18 02:25:00</t>
         </is>
       </c>
       <c r="I117" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J117" t="inlineStr">
         <is>
-          <t>2026-02-25 02:41:35.595919+00:00</t>
+          <t>2026-03-18 03:59:50.714293+00:00</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>Khok Mamuang</t>
+          <t>Phalan</t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
-          <t>Pakham</t>
+          <t>Na Tan</t>
         </is>
       </c>
       <c r="M117" t="inlineStr">
         <is>
-          <t>Buriram</t>
+          <t>Ubon Ratchathani</t>
         </is>
       </c>
       <c r="N117" t="inlineStr">
         <is>
-          <t>ป่าดงใหญ่</t>
+          <t>ป่าดงคันไทร</t>
         </is>
       </c>
       <c r="O117" t="inlineStr"/>
       <c r="P117" t="inlineStr"/>
       <c r="Q117" t="inlineStr">
-        <is>
-[...688 lines deleted...]
-      <c r="Q127" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:Q70"/>
+  <dimension ref="A1:Q114"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>unique_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>lon</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>lat</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -11346,4702 +25659,7630 @@
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>reserved_forests</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>protected_areas</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>forests_14_zone</t>
         </is>
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>coordinate_zone</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>3f880e65-a432-4375-9a3e-1604f1f6c1eb</t>
+          <t>9cb1543f-1c78-4296-a092-cc4bd586d468</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>98.34788</v>
+        <v>97.887428</v>
       </c>
       <c r="C2" t="n">
-        <v>8.514519999999999</v>
+        <v>19.329113</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F2" t="n">
-        <v>305.87</v>
+        <v>299.97</v>
       </c>
       <c r="G2" t="n">
-        <v>0.42</v>
+        <v>0.78366</v>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Pang Mu</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mueang Mae Hong Son</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...4 lines deleted...]
-      <c r="P2" t="inlineStr"/>
+          <t>Mae Hong Son</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>แม่ปายฝั่งขวา</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>Tham Pla - Namtok Pha Suea</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าลุ่มน้ำปาย</t>
+        </is>
+      </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>6e6324ef-8722-488c-8fc9-87a3bee44ad7</t>
+          <t>764c0ea7-0360-454b-8343-964de116e218</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>98.348518</v>
+        <v>98.214417</v>
       </c>
       <c r="C3" t="n">
-        <v>8.514301</v>
+        <v>17.309795</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>305.87</v>
+        <v>308.4</v>
       </c>
       <c r="G3" t="n">
-        <v>0.414946</v>
+        <v>1.138112</v>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mae Usu</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Tha Song Yang</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...2 lines deleted...]
-      <c r="N3" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>ป่าท่าสองยาง</t>
+        </is>
+      </c>
       <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>bc04373b-2520-465b-8dea-b7b3b81c5e70</t>
+          <t>de455621-02d9-447a-a281-368fda05def1</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>98.34856000000001</v>
+        <v>98.46474499999999</v>
       </c>
       <c r="C4" t="n">
-        <v>8.51681</v>
+        <v>17.087206</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>305.33</v>
+        <v>303.44</v>
       </c>
       <c r="G4" t="n">
-        <v>0.42</v>
+        <v>1.166605</v>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I4" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Khane Chue</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mae Ramat</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...2 lines deleted...]
-      <c r="N4" t="inlineStr"/>
+          <t>Tak</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>ป่าแม่ระมาด</t>
+        </is>
+      </c>
       <c r="O4" t="inlineStr"/>
       <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>5641149d-1250-4c72-91c8-2cad8caee8e1</t>
+          <t>e158b33d-8824-4804-8764-f6e213879ee5</t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>98.34944900000001</v>
+        <v>98.609871</v>
       </c>
       <c r="C5" t="n">
-        <v>8.516970000000001</v>
+        <v>16.638872</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F5" t="n">
-        <v>305.33</v>
+        <v>301.75</v>
       </c>
       <c r="G5" t="n">
-        <v>0.408888</v>
+        <v>0.363989</v>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I5" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Thung Maphrao</t>
+          <t>Mae Ku</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Thai Mueang</t>
+          <t>Mae Sot</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
+          <t>Tak</t>
         </is>
       </c>
       <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>e958547c-5eff-4c9f-a942-ac8c6ec3ec48</t>
+          <t>6dda7235-1743-447b-a981-b7e551a67bcd</t>
         </is>
       </c>
       <c r="B6" t="n">
-        <v>98.36127999999999</v>
+        <v>99.39476000000001</v>
       </c>
       <c r="C6" t="n">
-        <v>9.16004</v>
+        <v>14.360693</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F6" t="n">
-        <v>307.01</v>
+        <v>302.64</v>
       </c>
       <c r="G6" t="n">
-        <v>1.53</v>
+        <v>0.657464</v>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:48:00</t>
         </is>
       </c>
       <c r="I6" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>Mae Nang Khao</t>
+          <t>Bo Phloi</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>Khura Buri</t>
+          <t>Bo Phloi</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
+          <t>Kanchanaburi</t>
         </is>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>1227b226-ba9e-454a-befb-d8c911964aa6</t>
+          <t>e525cae3-b5cb-40bf-9569-5ca2a8f00d97</t>
         </is>
       </c>
       <c r="B7" t="n">
-        <v>98.362137</v>
+        <v>99.42514799999999</v>
       </c>
       <c r="C7" t="n">
-        <v>9.160207</v>
+        <v>13.720162</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F7" t="n">
-        <v>307.01</v>
+        <v>312.18</v>
       </c>
       <c r="G7" t="n">
-        <v>1.536029</v>
+        <v>1.487225</v>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:48:00</t>
         </is>
       </c>
       <c r="I7" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J7" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>Mae Nang Khao</t>
+          <t>Kaem On</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>Khura Buri</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>76b2220d-dd5b-435c-92ff-40f9cc60e9be</t>
+          <t>7d86df48-e50a-44ee-b81a-1979ffd5b6d9</t>
         </is>
       </c>
       <c r="B8" t="n">
-        <v>98.36409</v>
+        <v>99.42714700000001</v>
       </c>
       <c r="C8" t="n">
-        <v>9.16221</v>
+        <v>13.719007</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F8" t="n">
-        <v>306.81</v>
+        <v>311.43</v>
       </c>
       <c r="G8" t="n">
-        <v>1.24</v>
+        <v>1.691705</v>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:48:00</t>
         </is>
       </c>
       <c r="I8" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J8" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>Mae Nang Khao</t>
+          <t>Kaem On</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>Khura Buri</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr"/>
       <c r="P8" t="inlineStr"/>
       <c r="Q8" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>77f885e1-d329-4f71-80a7-940b0382ecea</t>
+          <t>4e5815fa-1b75-40d7-95b7-d5690b3b7ae8</t>
         </is>
       </c>
       <c r="B9" t="n">
-        <v>98.3647</v>
+        <v>99.454582</v>
       </c>
       <c r="C9" t="n">
-        <v>9.161985</v>
+        <v>13.642516</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F9" t="n">
-        <v>306.81</v>
+        <v>304.25</v>
       </c>
       <c r="G9" t="n">
-        <v>1.2423</v>
+        <v>4.957486</v>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I9" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>Mae Nang Khao</t>
+          <t>Dan Thap Tako</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>Khura Buri</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
-          <t>Phang Nga</t>
-[...2 lines deleted...]
-      <c r="N9" t="inlineStr"/>
+          <t>Ratchaburi</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
+        </is>
+      </c>
       <c r="O9" t="inlineStr"/>
       <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>3e40e86c-f7a1-43bb-a3d2-faef50c19769</t>
+          <t>819b7168-ab9f-47bf-8195-929b6a748d12</t>
         </is>
       </c>
       <c r="B10" t="n">
-        <v>98.45412</v>
+        <v>99.45901499999999</v>
       </c>
       <c r="C10" t="n">
-        <v>17.04059</v>
+        <v>13.642762</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>308.19</v>
+        <v>345.44</v>
       </c>
       <c r="G10" t="n">
-        <v>1.21</v>
+        <v>8.417816</v>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I10" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Khane Chue</t>
+          <t>Dan Thap Tako</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>ป่าแม่ระมาด</t>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
         </is>
       </c>
       <c r="O10" t="inlineStr"/>
       <c r="P10" t="inlineStr"/>
       <c r="Q10" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>5b7486cb-f5b7-4fc3-b3ba-83a492e62b12</t>
+          <t>edd8b03a-6e7b-421a-ad31-ff53e2beb06a</t>
         </is>
       </c>
       <c r="B11" t="n">
-        <v>98.454674</v>
+        <v>99.45974</v>
       </c>
       <c r="C11" t="n">
-        <v>17.040262</v>
+        <v>13.641983</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>308.18</v>
+        <v>334.06</v>
       </c>
       <c r="G11" t="n">
-        <v>1.207758</v>
+        <v>3.415143</v>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I11" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>Khane Chue</t>
+          <t>Dan Thap Tako</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Mae Ramat</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>ป่าแม่ระมาด</t>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
         </is>
       </c>
       <c r="O11" t="inlineStr"/>
       <c r="P11" t="inlineStr"/>
       <c r="Q11" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>e5d41faa-1950-4287-82a3-b22e4c56a0fc</t>
+          <t>aada71fe-1703-4f3c-b97c-593c1094fb77</t>
         </is>
       </c>
       <c r="B12" t="n">
-        <v>98.49947</v>
+        <v>99.460373</v>
       </c>
       <c r="C12" t="n">
-        <v>14.78964</v>
+        <v>13.648546</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>304.16</v>
+        <v>304.2</v>
       </c>
       <c r="G12" t="n">
-        <v>0.57</v>
+        <v>3.415143</v>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I12" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Pi Lok</t>
+          <t>Dan Thap Tako</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Thong Pha Phum</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>ป่าเขาช้างเผือก</t>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
         </is>
       </c>
       <c r="O12" t="inlineStr"/>
       <c r="P12" t="inlineStr"/>
       <c r="Q12" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>060ad5e7-f52d-4b30-a57a-cff1f52ebd58</t>
+          <t>a17cc28c-d69f-435f-98c4-1d0025812504</t>
         </is>
       </c>
       <c r="B13" t="n">
-        <v>98.500046</v>
+        <v>99.46118199999999</v>
       </c>
       <c r="C13" t="n">
-        <v>14.789395</v>
+        <v>13.644479</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>304.16</v>
+        <v>301.68</v>
       </c>
       <c r="G13" t="n">
-        <v>0.768198</v>
+        <v>1.050759</v>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 02:48:00</t>
         </is>
       </c>
       <c r="I13" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Pi Lok</t>
+          <t>Dan Thap Tako</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Thong Pha Phum</t>
+          <t>Chom Bueng</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Ratchaburi</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>ป่าเขาช้างเผือก</t>
+          <t>ป่าฝั่งซ้ายแม่น้ำภาชี</t>
         </is>
       </c>
       <c r="O13" t="inlineStr"/>
       <c r="P13" t="inlineStr"/>
       <c r="Q13" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>03de9d93-275c-4151-94ae-f74cd3b5fdb8</t>
+          <t>81594ba1-fd8b-4956-aaa1-1bb0e46ba430</t>
         </is>
       </c>
       <c r="B14" t="n">
-        <v>98.6048</v>
+        <v>99.522926</v>
       </c>
       <c r="C14" t="n">
-        <v>17.68842</v>
+        <v>8.368145</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>300.68</v>
+        <v>301.29</v>
       </c>
       <c r="G14" t="n">
-        <v>0.79</v>
+        <v>0.373555</v>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:08:00</t>
         </is>
       </c>
       <c r="I14" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Chawang</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Chawang</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...16 lines deleted...]
-      </c>
+          <t>Nakhon Si Thammarat</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr"/>
+      <c r="O14" t="inlineStr"/>
+      <c r="P14" t="inlineStr"/>
       <c r="Q14" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>1e44ca4a-d554-4200-bb5e-0533fcb6e843</t>
+          <t>ceeb75fc-ad8b-4e1d-b83c-f1e9e0571495</t>
         </is>
       </c>
       <c r="B15" t="n">
-        <v>98.605324</v>
+        <v>99.630447</v>
       </c>
       <c r="C15" t="n">
-        <v>17.688068</v>
+        <v>16.832331</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>300.68</v>
+        <v>304.37</v>
       </c>
       <c r="G15" t="n">
-        <v>0.791395</v>
+        <v>2.1644</v>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>2026-02-25 02:18:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I15" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Ban Namphu</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>ป่าอมก๋อม</t>
+          <t>ป่าเขาหลวง</t>
         </is>
       </c>
       <c r="O15" t="inlineStr">
         <is>
-          <t>Omkoi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ramkhamhaeng</t>
+        </is>
+      </c>
+      <c r="P15" t="inlineStr"/>
       <c r="Q15" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>9b5cf5fc-b023-4be8-ac0c-60c9fbe76f2d</t>
+          <t>3ff83807-3659-47c7-b2d8-e7f90c080a78</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>98.60544</v>
+        <v>99.666718</v>
       </c>
       <c r="C16" t="n">
-        <v>17.69198</v>
+        <v>12.900403</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>304.58</v>
+        <v>312.71</v>
       </c>
       <c r="G16" t="n">
-        <v>0.91</v>
+        <v>1.407261</v>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I16" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Kaeng Krachan</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Kaeng Krachan</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...16 lines deleted...]
-      </c>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr"/>
+      <c r="P16" t="inlineStr"/>
       <c r="Q16" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>65038d3b-b936-4c13-9ad0-4b581c13c1ea</t>
+          <t>04b2d5cd-e203-40f9-9689-555d9d61e7b9</t>
         </is>
       </c>
       <c r="B17" t="n">
-        <v>98.60597199999999</v>
+        <v>99.669189</v>
       </c>
       <c r="C17" t="n">
-        <v>17.691624</v>
+        <v>12.901759</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>304.58</v>
+        <v>305.93</v>
       </c>
       <c r="G17" t="n">
-        <v>0.902075</v>
+        <v>1.337066</v>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>2026-02-25 02:18:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I17" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Kaeng Krachan</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Kaeng Krachan</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...16 lines deleted...]
-      </c>
+          <t>Phetchaburi</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr"/>
+      <c r="O17" t="inlineStr"/>
+      <c r="P17" t="inlineStr"/>
       <c r="Q17" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>117be63b-510a-4190-8313-643ebf6a9f45</t>
+          <t>3ec90c5a-1254-47b5-9b7c-7319eea9f54d</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>98.60796000000001</v>
+        <v>99.76297</v>
       </c>
       <c r="C18" t="n">
-        <v>17.36384</v>
+        <v>16.710838</v>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>302.87</v>
+        <v>311.42</v>
       </c>
       <c r="G18" t="n">
-        <v>1.47</v>
+        <v>1.974653</v>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I18" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Wang Tabaek</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Phran Kratai</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Kamphaeng Phet</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
-          <t>ป่าแม่ตื่น</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O18" t="inlineStr"/>
+      <c r="P18" t="inlineStr"/>
       <c r="Q18" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>2a61d840-fc84-4086-a7ca-ac2d30c402ee</t>
+          <t>df65d5d6-b544-44e9-b658-6b2ae48768c3</t>
         </is>
       </c>
       <c r="B19" t="n">
-        <v>98.608559</v>
+        <v>99.764465</v>
       </c>
       <c r="C19" t="n">
-        <v>17.363588</v>
+        <v>16.717091</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>302.87</v>
+        <v>308.23</v>
       </c>
       <c r="G19" t="n">
-        <v>1.249051</v>
+        <v>1.320578</v>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>2026-02-25 02:18:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I19" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Nong Chik</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N19" t="inlineStr">
         <is>
-          <t>ป่าแม่ตื่น</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="inlineStr"/>
       <c r="Q19" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>87916afe-1c8d-428c-b845-ec31fbe58e1e</t>
+          <t>ec7ca71e-0793-4b44-84fe-2e9d1a021aa9</t>
         </is>
       </c>
       <c r="B20" t="n">
-        <v>98.60934</v>
+        <v>99.768242</v>
       </c>
       <c r="C20" t="n">
-        <v>17.36518</v>
+        <v>16.709663</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>300.92</v>
+        <v>305.7</v>
       </c>
       <c r="G20" t="n">
-        <v>1.31</v>
+        <v>1.974653</v>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I20" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Nong Chik</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>ป่าแม่ตื่น</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr"/>
+      <c r="P20" t="inlineStr"/>
       <c r="Q20" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>567ecef3-484a-42cc-9334-9b91988a7fc3</t>
+          <t>1840c24c-fdd2-4c0e-bb8d-ff86c784efe6</t>
         </is>
       </c>
       <c r="B21" t="n">
-        <v>98.610184</v>
+        <v>99.76975299999999</v>
       </c>
       <c r="C21" t="n">
-        <v>17.365255</v>
+        <v>16.715914</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F21" t="n">
-        <v>300.92</v>
+        <v>303.94</v>
       </c>
       <c r="G21" t="n">
-        <v>1.42283</v>
+        <v>1.320578</v>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I21" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>Ban Na</t>
+          <t>Nong Chik</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>Sam Ngao</t>
+          <t>Khiri Mat</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Sukhothai</t>
         </is>
       </c>
       <c r="N21" t="inlineStr">
         <is>
-          <t>ป่าแม่ตื่น</t>
-[...11 lines deleted...]
-      </c>
+          <t>ป่าเขาหลวง</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr"/>
+      <c r="P21" t="inlineStr"/>
       <c r="Q21" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>3fe1cc7b-06fb-44b1-b758-ab898b1567e1</t>
+          <t>4f9d4489-19d9-438b-b5c7-b2704b765a60</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>98.61257999999999</v>
+        <v>100.437286</v>
       </c>
       <c r="C22" t="n">
-        <v>16.51188</v>
+        <v>17.583044</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F22" t="n">
-        <v>303.41</v>
+        <v>302.18</v>
       </c>
       <c r="G22" t="n">
-        <v>1.05</v>
+        <v>1.009491</v>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I22" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Phak Khuang</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Thong Saen Khan</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...2 lines deleted...]
-      <c r="N22" t="inlineStr"/>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>ป่าคลองตรอนฝั่งขวา</t>
+        </is>
+      </c>
       <c r="O22" t="inlineStr"/>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>c7ea1a50-84dc-46a9-8918-a9f5de3588d4</t>
+          <t>7ee1ae7b-9f01-4233-abbf-352d92e8a9cf</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>98.613159</v>
+        <v>100.441719</v>
       </c>
       <c r="C23" t="n">
-        <v>16.511621</v>
+        <v>17.581455</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F23" t="n">
-        <v>303.41</v>
+        <v>301.18</v>
       </c>
       <c r="G23" t="n">
-        <v>1.049944</v>
+        <v>0.7447589999999999</v>
       </c>
       <c r="H23" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I23" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Phak Khuang</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Thong Saen Khan</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Uttaradit</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr"/>
       <c r="O23" t="inlineStr"/>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>91b79428-fc76-4292-9c78-8811f4d93bba</t>
+          <t>ff263ee7-bf32-42a3-bf02-a18b1dcb4fea</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>98.61546</v>
+        <v>100.908501</v>
       </c>
       <c r="C24" t="n">
-        <v>16.50392</v>
+        <v>13.1128</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>304.5</v>
+        <v>302.91</v>
       </c>
       <c r="G24" t="n">
-        <v>0.88</v>
+        <v>2.087299</v>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I24" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
-[...4 lines deleted...]
-      <c r="M24" t="inlineStr"/>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>Thung Sukhla</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Si Racha</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>Chonburi</t>
+        </is>
+      </c>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr"/>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>a6c45f1d-69b1-46a4-928c-4c85ddbc132b</t>
+          <t>32d3843e-9243-45b4-ab37-90853d505b6a</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>98.61614</v>
+        <v>100.948906</v>
       </c>
       <c r="C25" t="n">
-        <v>16.50753</v>
+        <v>14.143698</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>309.8</v>
+        <v>320.84</v>
       </c>
       <c r="G25" t="n">
-        <v>1.05</v>
+        <v>2.330209</v>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I25" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Bang Pla Kot</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Ongkharak</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Nayok</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr"/>
       <c r="P25" t="inlineStr"/>
       <c r="Q25" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>63a0d7c9-0fbb-444d-94f8-a9b9f60fa426</t>
+          <t>20b2dfc6-b0c7-4769-a7a2-8bd155d739f1</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>98.616699</v>
+        <v>100.951736</v>
       </c>
       <c r="C26" t="n">
-        <v>16.507273</v>
+        <v>14.147065</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>309.8</v>
+        <v>315.12</v>
       </c>
       <c r="G26" t="n">
-        <v>1.049944</v>
+        <v>2.900136</v>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I26" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>Chong Khaep</t>
+          <t>Bang Pla Kot</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>Phop Phra</t>
+          <t>Ongkharak</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>Tak</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Nayok</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr"/>
       <c r="O26" t="inlineStr"/>
       <c r="P26" t="inlineStr"/>
       <c r="Q26" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>7399bb3e-9ccd-4665-ae54-5bc1552d495a</t>
+          <t>31a09f38-3e09-40d0-962b-1b8ea05321df</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>98.7444</v>
+        <v>101.074196</v>
       </c>
       <c r="C27" t="n">
-        <v>16.7807</v>
+        <v>14.633141</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F27" t="n">
-        <v>299.07</v>
+        <v>299.35</v>
       </c>
       <c r="G27" t="n">
-        <v>0.43</v>
+        <v>1.714202</v>
       </c>
       <c r="H27" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I27" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>Phawo</t>
+          <t>Thap Kwang</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
-          <t>Mae Sot</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N27" t="inlineStr">
         <is>
-          <t>ป่าแม่ละเมา</t>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
         </is>
       </c>
       <c r="O27" t="inlineStr"/>
       <c r="P27" t="inlineStr"/>
       <c r="Q27" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>32c8a1bb-f5e0-4cfd-b93b-0d43ad607637</t>
+          <t>6a84197d-7db9-41b3-821b-fbfc48d02a55</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>98.74494900000001</v>
+        <v>101.077103</v>
       </c>
       <c r="C28" t="n">
-        <v>16.780365</v>
+        <v>14.634981</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>299.07</v>
+        <v>298.6</v>
       </c>
       <c r="G28" t="n">
-        <v>0.435423</v>
+        <v>1.806225</v>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I28" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>Phawo</t>
+          <t>Thap Kwang</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
-          <t>Mae Sot</t>
+          <t>Kaeng Khoi</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
-          <t>Tak</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N28" t="inlineStr">
         <is>
-          <t>ป่าแม่ละเมา</t>
+          <t>ป่าทับกวาง และป่ามวกเหล็ก แปลงที่ 1</t>
         </is>
       </c>
       <c r="O28" t="inlineStr"/>
       <c r="P28" t="inlineStr"/>
       <c r="Q28" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>51134de0-8170-4fd6-9edd-01641639ab7c</t>
+          <t>501630c2-ff39-4092-a61b-126166caa82c</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>98.81416</v>
+        <v>101.100525</v>
       </c>
       <c r="C29" t="n">
-        <v>8.87895</v>
+        <v>14.923202</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F29" t="n">
-        <v>307.81</v>
+        <v>300.53</v>
       </c>
       <c r="G29" t="n">
-        <v>1.47</v>
+        <v>0.499823</v>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I29" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>Phang Kan</t>
+          <t>Manao Wan</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Phatthana Nikhom</t>
         </is>
       </c>
       <c r="M29" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...2 lines deleted...]
-      <c r="N29" t="inlineStr"/>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>ป่าลานท่าฤทธิ์</t>
+        </is>
+      </c>
       <c r="O29" t="inlineStr"/>
       <c r="P29" t="inlineStr"/>
       <c r="Q29" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>132b06b2-ae23-4108-a1b3-c57739573917</t>
+          <t>a8e47a08-9cea-497a-bfb7-8a4d28a4803d</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>98.814812</v>
+        <v>101.210159</v>
       </c>
       <c r="C30" t="n">
-        <v>8.878721000000001</v>
+        <v>15.703897</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>307.81</v>
+        <v>311.12</v>
       </c>
       <c r="G30" t="n">
-        <v>1.473689</v>
+        <v>2.283602</v>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I30" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>Phang Kan</t>
+          <t>Nam Ron</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Wichian Buri</t>
         </is>
       </c>
       <c r="M30" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Phetchabun</t>
         </is>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr"/>
       <c r="P30" t="inlineStr"/>
       <c r="Q30" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>06d37d01-5661-4cf9-94c3-86c6804acad8</t>
+          <t>2e1b3cfc-efbf-48b3-9598-7260b2adeb44</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>98.84265000000001</v>
+        <v>101.212669</v>
       </c>
       <c r="C31" t="n">
-        <v>8.820259999999999</v>
+        <v>15.704576</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F31" t="n">
-        <v>305.86</v>
+        <v>306.73</v>
       </c>
       <c r="G31" t="n">
-        <v>0.46</v>
+        <v>1.720506</v>
       </c>
       <c r="H31" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 02:46:00</t>
         </is>
       </c>
       <c r="I31" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 03:38:25.670016+00:00</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>Khlong Cha-Un</t>
+          <t>Nam Ron</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Wichian Buri</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
+          <t>Phetchabun</t>
         </is>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr"/>
       <c r="P31" t="inlineStr"/>
       <c r="Q31" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>03085371-bcc8-4088-9831-2387ad0d62fa</t>
+          <t>bdede259-2f97-49c7-97d1-64d10f6a3d34</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>98.84359000000001</v>
+        <v>101.23996</v>
       </c>
       <c r="C32" t="n">
-        <v>8.820479000000001</v>
+        <v>15.286306</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>305.86</v>
+        <v>304.36</v>
       </c>
       <c r="G32" t="n">
-        <v>0.457674</v>
+        <v>1.75823</v>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I32" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>Khlong Cha-Un</t>
+          <t>Ko Rang</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Phanom</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
-          <t>Surat Thani</t>
-[...2 lines deleted...]
-      <c r="N32" t="inlineStr"/>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr">
+        <is>
+          <t>ป่าซับลังกา</t>
+        </is>
+      </c>
       <c r="O32" t="inlineStr"/>
       <c r="P32" t="inlineStr"/>
       <c r="Q32" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>030e3ec8-db3f-45fc-b081-d07ef6590d85</t>
+          <t>9dd173be-2dc5-4004-aff9-d406e76847e2</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>99.47257</v>
+        <v>101.240074</v>
       </c>
       <c r="C33" t="n">
-        <v>7.77483</v>
+        <v>15.283156</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F33" t="n">
-        <v>304.13</v>
+        <v>303.59</v>
       </c>
       <c r="G33" t="n">
-        <v>0.87</v>
+        <v>1.314563</v>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I33" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>Wang Khiri</t>
+          <t>Ko Rang</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Huai Yot</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>Trang</t>
-[...2 lines deleted...]
-      <c r="N33" t="inlineStr"/>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr">
+        <is>
+          <t>ป่าซับลังกา</t>
+        </is>
+      </c>
       <c r="O33" t="inlineStr"/>
       <c r="P33" t="inlineStr"/>
       <c r="Q33" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>78c31872-7a92-40f3-8f45-1be746fc859a</t>
+          <t>150d6a9f-e0dd-478b-8cce-02bd72a1837f</t>
         </is>
       </c>
       <c r="B34" t="n">
-        <v>99.47363300000001</v>
+        <v>101.240791</v>
       </c>
       <c r="C34" t="n">
-        <v>7.77516</v>
+        <v>15.28914</v>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F34" t="n">
-        <v>304.13</v>
+        <v>308.32</v>
       </c>
       <c r="G34" t="n">
-        <v>0.85945</v>
+        <v>1.374429</v>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I34" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J34" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>Wang Khiri</t>
+          <t>Ko Rang</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>Huai Yot</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
-          <t>Trang</t>
-[...2 lines deleted...]
-      <c r="N34" t="inlineStr"/>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr">
+        <is>
+          <t>ป่าซับลังกา</t>
+        </is>
+      </c>
       <c r="O34" t="inlineStr"/>
       <c r="P34" t="inlineStr"/>
       <c r="Q34" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>abd45b13-8f8c-4116-83db-073c846c16f7</t>
+          <t>9ae7815e-88d5-4ff5-a3cb-b14ec7b20366</t>
         </is>
       </c>
       <c r="B35" t="n">
-        <v>99.58427</v>
+        <v>101.244568</v>
       </c>
       <c r="C35" t="n">
-        <v>13.65843</v>
+        <v>15.285786</v>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F35" t="n">
-        <v>307.37</v>
+        <v>312.17</v>
       </c>
       <c r="G35" t="n">
-        <v>0.62</v>
+        <v>2.028015</v>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I35" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Ko Rang</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N35" t="inlineStr"/>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr">
+        <is>
+          <t>ป่าซับลังกา</t>
+        </is>
+      </c>
       <c r="O35" t="inlineStr"/>
       <c r="P35" t="inlineStr"/>
       <c r="Q35" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>0ab02406-e2ae-40b9-8f04-aa3713968ea3</t>
+          <t>f44a3b6c-b676-4d46-8eaf-44e1d6c43ed3</t>
         </is>
       </c>
       <c r="B36" t="n">
-        <v>99.585182</v>
+        <v>101.297745</v>
       </c>
       <c r="C36" t="n">
-        <v>13.658647</v>
+        <v>15.183244</v>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F36" t="n">
-        <v>307.36</v>
+        <v>309.21</v>
       </c>
       <c r="G36" t="n">
-        <v>0.632651</v>
+        <v>2.308927</v>
       </c>
       <c r="H36" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I36" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Na Som</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Chai Badan</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N36" t="inlineStr"/>
+          <t>Lopburi</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr">
+        <is>
+          <t>ป่าไชยบาดาล</t>
+        </is>
+      </c>
       <c r="O36" t="inlineStr"/>
       <c r="P36" t="inlineStr"/>
       <c r="Q36" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>4932df5c-efba-435f-a2a5-7dd5b6fc335e</t>
+          <t>863e5692-d96e-48df-bd12-d4a1766ae974</t>
         </is>
       </c>
       <c r="B37" t="n">
-        <v>99.59422000000001</v>
+        <v>101.397652</v>
       </c>
       <c r="C37" t="n">
-        <v>8.16779</v>
+        <v>15.054622</v>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F37" t="n">
-        <v>310.98</v>
+        <v>304.57</v>
       </c>
       <c r="G37" t="n">
-        <v>0.75</v>
+        <v>0.67174</v>
       </c>
       <c r="H37" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I37" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>Khuan Krot</t>
+          <t>Lam Somphung</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
-          <t>Thung Song</t>
+          <t>Muak Lek</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr"/>
       <c r="P37" t="inlineStr"/>
       <c r="Q37" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>4bae06ba-975e-4faa-9854-1fdd3bd7616f</t>
+          <t>c167ff36-6425-42e0-b72a-8e7cf6e4f591</t>
         </is>
       </c>
       <c r="B38" t="n">
-        <v>99.594894</v>
+        <v>101.399277</v>
       </c>
       <c r="C38" t="n">
-        <v>8.167491</v>
+        <v>15.056129</v>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F38" t="n">
-        <v>310.98</v>
+        <v>306.17</v>
       </c>
       <c r="G38" t="n">
-        <v>0.749814</v>
+        <v>1.041396</v>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>2026-02-25 02:21:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I38" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>Khuan Krot</t>
+          <t>Lam Somphung</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
-          <t>Thung Song</t>
+          <t>Muak Lek</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
-          <t>Nakhon Si Thammarat</t>
+          <t>Saraburi</t>
         </is>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr"/>
       <c r="P38" t="inlineStr"/>
       <c r="Q38" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>91827ae1-b0ec-45f8-9895-0e40b3469cd2</t>
+          <t>54199810-b2c3-40b7-9c22-77cd189c15e3</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>99.60764</v>
+        <v>101.442085</v>
       </c>
       <c r="C39" t="n">
-        <v>13.69536</v>
+        <v>15.233522</v>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F39" t="n">
-        <v>312.03</v>
+        <v>300.45</v>
       </c>
       <c r="G39" t="n">
-        <v>1.88</v>
+        <v>1.722923</v>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I39" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J39" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Huai Bong</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...2 lines deleted...]
-      <c r="N39" t="inlineStr"/>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr">
+        <is>
+          <t>ป่าดงกระสัง และป่าลำพญากลาง</t>
+        </is>
+      </c>
       <c r="O39" t="inlineStr"/>
       <c r="P39" t="inlineStr"/>
       <c r="Q39" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>a3733e86-c56f-4133-87c6-acc8604426bf</t>
+          <t>b5188065-f9da-4126-9ae2-093f50b4de32</t>
         </is>
       </c>
       <c r="B40" t="n">
-        <v>99.608536</v>
+        <v>101.471062</v>
       </c>
       <c r="C40" t="n">
-        <v>13.695532</v>
+        <v>13.448637</v>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F40" t="n">
-        <v>312.03</v>
+        <v>304.22</v>
       </c>
       <c r="G40" t="n">
-        <v>1.865565</v>
+        <v>0.727871</v>
       </c>
       <c r="H40" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I40" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Nong Mai Kaen</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Plaeng Yao</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Chachoengsao</t>
         </is>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr"/>
       <c r="P40" t="inlineStr"/>
       <c r="Q40" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>8ce5d557-8448-458a-807a-e93db48c5eca</t>
+          <t>c6d42149-2d22-4083-a5cb-be697517c8a7</t>
         </is>
       </c>
       <c r="B41" t="n">
-        <v>99.60908999999999</v>
+        <v>101.587471</v>
       </c>
       <c r="C41" t="n">
-        <v>13.70332</v>
+        <v>14.963625</v>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F41" t="n">
-        <v>304.01</v>
+        <v>316.26</v>
       </c>
       <c r="G41" t="n">
-        <v>0.64</v>
+        <v>2.002637</v>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I41" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Nong Ya Khao</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Sikhio</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr"/>
       <c r="P41" t="inlineStr"/>
       <c r="Q41" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>0acafb9c-2a65-4e10-b075-e24825486083</t>
+          <t>41f3c7e5-f086-48a3-8c83-bdfc19f1d2a7</t>
         </is>
       </c>
       <c r="B42" t="n">
-        <v>99.609993</v>
+        <v>101.591698</v>
       </c>
       <c r="C42" t="n">
-        <v>13.703482</v>
+        <v>14.963157</v>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F42" t="n">
-        <v>304.01</v>
+        <v>311.23</v>
       </c>
       <c r="G42" t="n">
-        <v>0.644005</v>
+        <v>2.002637</v>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I42" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>Pak Chong</t>
+          <t>Nong Ya Khao</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Sikhio</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr"/>
       <c r="P42" t="inlineStr"/>
       <c r="Q42" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>4d5133bb-4edb-4fe9-bd10-84a511428bd2</t>
+          <t>25455e56-5f67-4e11-bc15-1bd7c6600713</t>
         </is>
       </c>
       <c r="B43" t="n">
-        <v>99.64709000000001</v>
+        <v>101.629837</v>
       </c>
       <c r="C43" t="n">
-        <v>13.58846</v>
+        <v>16.113195</v>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F43" t="n">
-        <v>307.53</v>
+        <v>309.25</v>
       </c>
       <c r="G43" t="n">
-        <v>0.7</v>
+        <v>2.353366</v>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I43" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Wang Chomphu</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr"/>
       <c r="P43" t="inlineStr"/>
       <c r="Q43" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>45073ed6-09b8-489d-b095-7cf0043163f7</t>
+          <t>35581d56-bc29-4850-abfe-6a39fa5293b4</t>
         </is>
       </c>
       <c r="B44" t="n">
-        <v>99.64769699999999</v>
+        <v>101.733185</v>
       </c>
       <c r="C44" t="n">
-        <v>13.588139</v>
+        <v>17.641979</v>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F44" t="n">
-        <v>307.53</v>
+        <v>301.64</v>
       </c>
       <c r="G44" t="n">
-        <v>0.704134</v>
+        <v>2.040651</v>
       </c>
       <c r="H44" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I44" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Si Song Rak</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
-          <t>Chom Bueng</t>
+          <t>Mueang Loei</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
-          <t>Ratchaburi</t>
+          <t>Loei</t>
         </is>
       </c>
       <c r="N44" t="inlineStr">
         <is>
-          <t>ป่าเขาบิน</t>
+          <t>ป่าโคกใหญ่</t>
         </is>
       </c>
       <c r="O44" t="inlineStr"/>
       <c r="P44" t="inlineStr"/>
       <c r="Q44" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>2792b9cc-2458-49f9-b69a-08a896adbe4b</t>
+          <t>569a693a-de17-4028-bba4-1c4390025752</t>
         </is>
       </c>
       <c r="B45" t="n">
-        <v>99.66978</v>
+        <v>101.733902</v>
       </c>
       <c r="C45" t="n">
-        <v>14.78136</v>
+        <v>17.638638</v>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F45" t="n">
-        <v>308.19</v>
+        <v>303.72</v>
       </c>
       <c r="G45" t="n">
-        <v>1.27</v>
+        <v>2.37261</v>
       </c>
       <c r="H45" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I45" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>Nong Pling</t>
+          <t>Si Song Rak</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Mueang Loei</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Loei</t>
         </is>
       </c>
       <c r="N45" t="inlineStr">
         <is>
-          <t>ป่าดอนแสลบ และป่าเลาขวัญ ห้วยกระเจา</t>
+          <t>ป่าโคกใหญ่</t>
         </is>
       </c>
       <c r="O45" t="inlineStr"/>
       <c r="P45" t="inlineStr"/>
       <c r="Q45" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>03d3485f-52ad-40e7-8ae4-a6325526729b</t>
+          <t>4f24204f-94e6-4dac-95a6-11b3848d9f1f</t>
         </is>
       </c>
       <c r="B46" t="n">
-        <v>99.67067</v>
+        <v>101.748543</v>
       </c>
       <c r="C46" t="n">
-        <v>14.781511</v>
+        <v>16.106567</v>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F46" t="n">
-        <v>308.19</v>
+        <v>303.98</v>
       </c>
       <c r="G46" t="n">
-        <v>1.27423</v>
+        <v>0.645483</v>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I46" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>Nong Pling</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr"/>
       <c r="P46" t="inlineStr"/>
       <c r="Q46" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>bf3228ab-b793-4a9d-846f-be3d00c8fcb5</t>
+          <t>5cff103b-bbfc-40a6-9a81-4b24b41cf3b4</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>99.67136000000001</v>
+        <v>101.776199</v>
       </c>
       <c r="C47" t="n">
-        <v>14.78037</v>
+        <v>17.250755</v>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F47" t="n">
-        <v>305.28</v>
+        <v>298.75</v>
       </c>
       <c r="G47" t="n">
-        <v>0.55</v>
+        <v>0.769768</v>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I47" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>Nong Pling</t>
+          <t>Si Songkhram</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Wang Saphung</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr"/>
       <c r="P47" t="inlineStr"/>
       <c r="Q47" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>f0a89f8c-bd61-41ea-8549-e9b831a08609</t>
+          <t>01f61f7f-16ab-44ea-ad4e-1fd1c0c4e9a2</t>
         </is>
       </c>
       <c r="B48" t="n">
-        <v>99.671982</v>
+        <v>101.784103</v>
       </c>
       <c r="C48" t="n">
-        <v>14.780149</v>
+        <v>16.161913</v>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F48" t="n">
-        <v>305.28</v>
+        <v>301.41</v>
       </c>
       <c r="G48" t="n">
-        <v>0.547982</v>
+        <v>1.041506</v>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I48" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>Nong Pling</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
-          <t>Lao Khwan</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...8 lines deleted...]
-      <c r="P48" t="inlineStr"/>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr"/>
+      <c r="O48" t="inlineStr">
+        <is>
+          <t>Phu Khiao</t>
+        </is>
+      </c>
+      <c r="P48" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดชัยภูมิ</t>
+        </is>
+      </c>
       <c r="Q48" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>a2d49784-ab4e-416c-b985-796c48d28c5e</t>
+          <t>9b327514-8719-4fea-94cd-4c7f67b4c25b</t>
         </is>
       </c>
       <c r="B49" t="n">
-        <v>99.83627</v>
+        <v>101.786018</v>
       </c>
       <c r="C49" t="n">
-        <v>13.92684</v>
+        <v>16.161278</v>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F49" t="n">
-        <v>316.88</v>
+        <v>305.2</v>
       </c>
       <c r="G49" t="n">
-        <v>1.57</v>
+        <v>1.761099</v>
       </c>
       <c r="H49" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I49" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>Yang Muang</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Nong Bua Daeng</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
+          <t>Chaiyaphum</t>
         </is>
       </c>
       <c r="N49" t="inlineStr"/>
-      <c r="O49" t="inlineStr"/>
-      <c r="P49" t="inlineStr"/>
+      <c r="O49" t="inlineStr">
+        <is>
+          <t>Phu Khiao</t>
+        </is>
+      </c>
+      <c r="P49" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดชัยภูมิ</t>
+        </is>
+      </c>
       <c r="Q49" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>5b84057a-89df-4b91-ba5f-46df28ae9275</t>
+          <t>0697b7e3-cedd-4000-b933-dd9ba0580d62</t>
         </is>
       </c>
       <c r="B50" t="n">
-        <v>99.836906</v>
+        <v>101.790977</v>
       </c>
       <c r="C50" t="n">
-        <v>13.926576</v>
+        <v>17.847797</v>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F50" t="n">
-        <v>316.88</v>
+        <v>300.83</v>
       </c>
       <c r="G50" t="n">
-        <v>1.553858</v>
+        <v>0.564866</v>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I50" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>Yang Muang</t>
+          <t>Khao Kaeo</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
-          <t>Tha Maka</t>
+          <t>Chiang Khan</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
-          <t>Kanchanaburi</t>
-[...2 lines deleted...]
-      <c r="N50" t="inlineStr"/>
+          <t>Loei</t>
+        </is>
+      </c>
+      <c r="N50" t="inlineStr">
+        <is>
+          <t>ป่าภูเขาแก้วและป่าดงปากชม</t>
+        </is>
+      </c>
       <c r="O50" t="inlineStr"/>
       <c r="P50" t="inlineStr"/>
       <c r="Q50" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>e14a7ff4-9418-4284-9670-d5d8e2f94cd7</t>
+          <t>c65d8437-dbab-4bb5-b265-54813b016da3</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>99.85865</v>
+        <v>101.834717</v>
       </c>
       <c r="C51" t="n">
-        <v>14.10584</v>
+        <v>15.094725</v>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F51" t="n">
-        <v>304.38</v>
+        <v>305.35</v>
       </c>
       <c r="G51" t="n">
-        <v>0.3</v>
+        <v>1.266198</v>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I51" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>Bo Suphan</t>
+          <t>Dan Nai</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
-          <t>Song Phi Nong</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr"/>
       <c r="P51" t="inlineStr"/>
       <c r="Q51" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>01672a20-94d1-4e7c-8ec2-d40506127889</t>
+          <t>15420983-5860-4e78-ad74-e2c0c9a832d3</t>
         </is>
       </c>
       <c r="B52" t="n">
-        <v>99.859566</v>
+        <v>101.837387</v>
       </c>
       <c r="C52" t="n">
-        <v>14.106002</v>
+        <v>15.09577</v>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F52" t="n">
-        <v>304.38</v>
+        <v>313.02</v>
       </c>
       <c r="G52" t="n">
-        <v>0.308129</v>
+        <v>1.63784</v>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I52" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>Bo Suphan</t>
+          <t>Dan Nai</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
-          <t>Song Phi Nong</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
-          <t>Suphan Buri</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr"/>
       <c r="P52" t="inlineStr"/>
       <c r="Q52" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>fc59efaf-34e6-49ab-abe3-d0b27aeafd66</t>
+          <t>8aedda31-9090-443b-82ea-a4df6ca1c10d</t>
         </is>
       </c>
       <c r="B53" t="n">
-        <v>100.85093</v>
+        <v>101.838768</v>
       </c>
       <c r="C53" t="n">
-        <v>14.67777</v>
+        <v>15.09426</v>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F53" t="n">
-        <v>308.38</v>
+        <v>299.95</v>
       </c>
       <c r="G53" t="n">
-        <v>1.33</v>
+        <v>1.275566</v>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I53" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>Khao Wong</t>
+          <t>Dan Nai</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr"/>
       <c r="P53" t="inlineStr"/>
       <c r="Q53" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>66c7b1be-1c12-4d46-b3a8-6be87775e904</t>
+          <t>c8deaeb5-bae7-47a6-a039-a9f7f4ae2e8c</t>
         </is>
       </c>
       <c r="B54" t="n">
-        <v>100.85184</v>
+        <v>101.847672</v>
       </c>
       <c r="C54" t="n">
-        <v>14.67459</v>
+        <v>15.112122</v>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F54" t="n">
-        <v>308.38</v>
+        <v>310.78</v>
       </c>
       <c r="G54" t="n">
-        <v>1.09</v>
+        <v>0.994476</v>
       </c>
       <c r="H54" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I54" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>Khao Wong</t>
+          <t>Dan Nai</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr"/>
       <c r="P54" t="inlineStr"/>
       <c r="Q54" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>fda6dab7-f5f6-4ad0-9dfd-ad2e73e25d85</t>
+          <t>1429cf5d-d8e7-411f-a9da-2ebb5a0124a4</t>
         </is>
       </c>
       <c r="B55" t="n">
-        <v>100.851952</v>
+        <v>101.848984</v>
       </c>
       <c r="C55" t="n">
-        <v>14.678064</v>
+        <v>15.110551</v>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F55" t="n">
-        <v>308.38</v>
+        <v>301.01</v>
       </c>
       <c r="G55" t="n">
-        <v>1.338067</v>
+        <v>0.544509</v>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I55" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>Khao Wong</t>
+          <t>Dan Nai</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr"/>
       <c r="P55" t="inlineStr"/>
       <c r="Q55" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>dbe22994-0eb3-48b4-adc5-c6c56b3947bf</t>
+          <t>85963684-242e-40e1-a134-96ed4aac6095</t>
         </is>
       </c>
       <c r="B56" t="n">
-        <v>100.852493</v>
+        <v>101.851814</v>
       </c>
       <c r="C56" t="n">
-        <v>14.674271</v>
+        <v>15.111669</v>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F56" t="n">
-        <v>308.38</v>
+        <v>302.68</v>
       </c>
       <c r="G56" t="n">
-        <v>1.081615</v>
+        <v>0.994476</v>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I56" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>Khao Wong</t>
+          <t>Dan Nai</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
-          <t>Phra Phutthabat</t>
+          <t>Dan Khun Thot</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
-          <t>Saraburi</t>
+          <t>Nakhon Ratchasima</t>
         </is>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr"/>
       <c r="P56" t="inlineStr"/>
       <c r="Q56" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>5811a875-d7d1-4a17-a9dc-475653545bae</t>
+          <t>391b6dcc-fe45-459c-bbe6-35bca69a1638</t>
         </is>
       </c>
       <c r="B57" t="n">
-        <v>100.93639</v>
+        <v>101.875328</v>
       </c>
       <c r="C57" t="n">
-        <v>14.93599</v>
+        <v>17.288361</v>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F57" t="n">
-        <v>313.67</v>
+        <v>298.05</v>
       </c>
       <c r="G57" t="n">
-        <v>2.04</v>
+        <v>0.828533</v>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I57" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Nong Ya Plong</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Wang Saphung</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
-          <t>Lopburi</t>
+          <t>Loei</t>
         </is>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr"/>
       <c r="P57" t="inlineStr"/>
       <c r="Q57" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>0b77105f-c068-4db3-862a-facb5a2b80c9</t>
+          <t>6be15a78-260a-43fe-a6e8-202dbdd27316</t>
         </is>
       </c>
       <c r="B58" t="n">
-        <v>100.937386</v>
+        <v>101.880608</v>
       </c>
       <c r="C58" t="n">
-        <v>14.936232</v>
+        <v>16.492931</v>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F58" t="n">
-        <v>313.67</v>
+        <v>303.41</v>
       </c>
       <c r="G58" t="n">
-        <v>2.035812</v>
+        <v>2.007436</v>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I58" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Nong Phon Ngam</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
-          <t>Phatthana Nikhom</t>
+          <t>Kaset Sombun</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
-          <t>Lopburi</t>
-[...2 lines deleted...]
-      <c r="N58" t="inlineStr"/>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr">
+        <is>
+          <t>ป่าภูซำผักหนาม</t>
+        </is>
+      </c>
       <c r="O58" t="inlineStr"/>
-      <c r="P58" t="inlineStr"/>
+      <c r="P58" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดชัยภูมิ</t>
+        </is>
+      </c>
       <c r="Q58" t="inlineStr">
         <is>
           <t>47N</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>bb17e20c-4386-491c-bc9a-dc5fe25b18c3</t>
+          <t>87ff1954-c5e7-40a4-97fa-a807915a5904</t>
         </is>
       </c>
       <c r="B59" t="n">
-        <v>102.01492</v>
+        <v>101.88504</v>
       </c>
       <c r="C59" t="n">
-        <v>13.88584</v>
+        <v>16.498365</v>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F59" t="n">
-        <v>303.75</v>
+        <v>301.3</v>
       </c>
       <c r="G59" t="n">
-        <v>1.06</v>
+        <v>1.697516</v>
       </c>
       <c r="H59" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I59" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>Khok Pi Khong</t>
+          <t>Huai Yang</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
-          <t>Mueang Sa Kaeo</t>
+          <t>Khon San</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
-          <t>Sa Kaeo</t>
-[...2 lines deleted...]
-      <c r="N59" t="inlineStr"/>
+          <t>Chaiyaphum</t>
+        </is>
+      </c>
+      <c r="N59" t="inlineStr">
+        <is>
+          <t>ป่าภูซำผักหนาม</t>
+        </is>
+      </c>
       <c r="O59" t="inlineStr"/>
-      <c r="P59" t="inlineStr"/>
+      <c r="P59" t="inlineStr">
+        <is>
+          <t>กลุ่มป่าจังหวัดชัยภูมิ</t>
+        </is>
+      </c>
       <c r="Q59" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>5e9f94d6-dd6f-4a4b-9e71-e9c96bb478e7</t>
+          <t>9411ec71-37eb-486f-aab9-d3dc3ef986f7</t>
         </is>
       </c>
       <c r="B60" t="n">
-        <v>102.01606</v>
+        <v>101.974419</v>
       </c>
       <c r="C60" t="n">
-        <v>13.886121</v>
+        <v>13.673002</v>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F60" t="n">
-        <v>303.75</v>
+        <v>301.45</v>
       </c>
       <c r="G60" t="n">
-        <v>1.066796</v>
+        <v>0.963099</v>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I60" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>Khok Pi Khong</t>
+          <t>Nong Wa</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
-          <t>Mueang Sa Kaeo</t>
+          <t>Khao Chakan</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
           <t>Sa Kaeo</t>
         </is>
       </c>
-      <c r="N60" t="inlineStr"/>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>ป่าห้วยไคร้</t>
+        </is>
+      </c>
       <c r="O60" t="inlineStr"/>
       <c r="P60" t="inlineStr"/>
       <c r="Q60" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>96d09efa-63ee-44cd-828f-6c9ba2c353f6</t>
+          <t>9abb9b6d-1a0f-4aa3-93b3-0685ba865d2c</t>
         </is>
       </c>
       <c r="B61" t="n">
-        <v>102.11636</v>
+        <v>101.975052</v>
       </c>
       <c r="C61" t="n">
-        <v>17.15692</v>
+        <v>13.678603</v>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F61" t="n">
-        <v>299.74</v>
+        <v>308.42</v>
       </c>
       <c r="G61" t="n">
-        <v>1.31</v>
+        <v>0.963099</v>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I61" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>Non Muang</t>
+          <t>Nong Wa</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
-          <t>Si Bun Rueang</t>
+          <t>Khao Chakan</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
-          <t>Nong Bua Lamphu</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N61" t="inlineStr">
         <is>
-          <t>ป่าหนองเรือ</t>
+          <t>ป่าห้วยไคร้</t>
         </is>
       </c>
       <c r="O61" t="inlineStr"/>
       <c r="P61" t="inlineStr"/>
       <c r="Q61" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>4c0b5934-f47f-4295-a6ee-4d40838daeab</t>
+          <t>36483a61-a701-4735-9f75-bc5e119247fd</t>
         </is>
       </c>
       <c r="B62" t="n">
-        <v>102.117119</v>
+        <v>101.978882</v>
       </c>
       <c r="C62" t="n">
-        <v>17.156689</v>
+        <v>13.678145</v>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F62" t="n">
-        <v>299.74</v>
+        <v>304.37</v>
       </c>
       <c r="G62" t="n">
-        <v>1.309362</v>
+        <v>1.798384</v>
       </c>
       <c r="H62" t="inlineStr">
         <is>
-          <t>2026-02-25 02:18:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I62" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>Non Muang</t>
+          <t>Nong Wa</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
-          <t>Si Bun Rueang</t>
+          <t>Khao Chakan</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
-          <t>Nong Bua Lamphu</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N62" t="inlineStr">
         <is>
-          <t>ป่าหนองเรือ</t>
+          <t>ป่าห้วยไคร้</t>
         </is>
       </c>
       <c r="O62" t="inlineStr"/>
       <c r="P62" t="inlineStr"/>
       <c r="Q62" t="inlineStr">
         <is>
-          <t>48N</t>
+          <t>47N</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>bb63489c-6c30-4590-95f1-a7f3a4260fa3</t>
+          <t>3133eb9d-6e1e-4d15-9224-14ce44455d6f</t>
         </is>
       </c>
       <c r="B63" t="n">
-        <v>102.68115</v>
+        <v>102.180824</v>
       </c>
       <c r="C63" t="n">
-        <v>14.37929</v>
+        <v>14.466147</v>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F63" t="n">
-        <v>300.74</v>
+        <v>302.33</v>
       </c>
       <c r="G63" t="n">
-        <v>1.13</v>
+        <v>0.932513</v>
       </c>
       <c r="H63" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I63" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>Hu Thamnop</t>
+          <t>Chorakhe Hin</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
-          <t>Pakham</t>
+          <t>Khon Buri</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
-          <t>Buriram</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr"/>
       <c r="P63" t="inlineStr"/>
       <c r="Q63" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>d0cc471b-4745-456f-9fa3-3891f8fbb833</t>
+          <t>e32bf741-0bfe-4277-8013-bcd3ba076ef4</t>
         </is>
       </c>
       <c r="B64" t="n">
-        <v>102.682358</v>
+        <v>102.18428</v>
       </c>
       <c r="C64" t="n">
-        <v>14.379613</v>
+        <v>14.460101</v>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F64" t="n">
-        <v>300.74</v>
+        <v>311.15</v>
       </c>
       <c r="G64" t="n">
-        <v>1.126312</v>
+        <v>1.073125</v>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I64" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J64" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>Hu Thamnop</t>
+          <t>Chorakhe Hin</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
-          <t>Pakham</t>
+          <t>Khon Buri</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
-          <t>Buriram</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N64" t="inlineStr"/>
       <c r="O64" t="inlineStr"/>
       <c r="P64" t="inlineStr"/>
       <c r="Q64" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>5f888b37-c367-4ef1-9098-3704497d5836</t>
+          <t>22834b9c-7a02-4c26-9a3b-d6658814baec</t>
         </is>
       </c>
       <c r="B65" t="n">
-        <v>102.68655</v>
+        <v>102.184738</v>
       </c>
       <c r="C65" t="n">
-        <v>14.37824</v>
+        <v>14.4657</v>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F65" t="n">
-        <v>301.59</v>
+        <v>312.31</v>
       </c>
       <c r="G65" t="n">
-        <v>1.13</v>
+        <v>1.468828</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I65" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>Hu Thamnop</t>
+          <t>Chorakhe Hin</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
-          <t>Pakham</t>
+          <t>Khon Buri</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
-          <t>Buriram</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr"/>
       <c r="P65" t="inlineStr"/>
       <c r="Q65" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>d0248248-a375-4d00-b775-611604699287</t>
+          <t>c1c7e031-46a3-4347-af5e-ff0936f0da32</t>
         </is>
       </c>
       <c r="B66" t="n">
-        <v>102.687759</v>
+        <v>102.188042</v>
       </c>
       <c r="C66" t="n">
-        <v>14.378566</v>
+        <v>14.459671</v>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>301.59</v>
+        <v>305.77</v>
       </c>
       <c r="G66" t="n">
-        <v>1.126312</v>
+        <v>1.073125</v>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I66" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>Hu Thamnop</t>
+          <t>Chorakhe Hin</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
-          <t>Pakham</t>
+          <t>Khon Buri</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
-          <t>Buriram</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nakhon Ratchasima</t>
+        </is>
+      </c>
+      <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr"/>
       <c r="P66" t="inlineStr"/>
       <c r="Q66" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>2c207c70-2ebd-4185-839b-0cbe23d63794</t>
+          <t>61bb2634-409c-421f-bd43-2a0a0e72ac3c</t>
         </is>
       </c>
       <c r="B67" t="n">
-        <v>103.8998</v>
+        <v>102.226067</v>
       </c>
       <c r="C67" t="n">
-        <v>14.77903</v>
+        <v>17.899271</v>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F67" t="n">
-        <v>318.5</v>
+        <v>300.3</v>
       </c>
       <c r="G67" t="n">
-        <v>2.16</v>
+        <v>0.762691</v>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I67" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>Narong</t>
+          <t>Na Yung</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
-          <t>Si Narong</t>
+          <t>Na Yung</t>
         </is>
       </c>
       <c r="M67" t="inlineStr">
         <is>
-          <t>Surin</t>
+          <t>Udon Thani</t>
         </is>
       </c>
       <c r="N67" t="inlineStr">
         <is>
-          <t>ป่าฝั่งขวาห้วยเสน</t>
+          <t>ป่านายูง และป่าน้ำโสม</t>
         </is>
       </c>
       <c r="O67" t="inlineStr"/>
       <c r="P67" t="inlineStr"/>
       <c r="Q67" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>9106c069-9677-475d-97a6-f1d8864a7fd8</t>
+          <t>76aa1b09-3a6e-48c0-a3ae-abc137f80154</t>
         </is>
       </c>
       <c r="B68" t="n">
-        <v>103.901154</v>
+        <v>102.327393</v>
       </c>
       <c r="C68" t="n">
-        <v>14.779401</v>
+        <v>13.681802</v>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>318.5</v>
+        <v>308.31</v>
       </c>
       <c r="G68" t="n">
-        <v>2.168494</v>
+        <v>0.8763339999999999</v>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I68" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>Narong</t>
+          <t>Tha Kwian</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
-          <t>Si Narong</t>
+          <t>Watthana Nakhon</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
-          <t>Surin</t>
+          <t>Sa Kaeo</t>
         </is>
       </c>
       <c r="N68" t="inlineStr">
         <is>
-          <t>ป่าฝั่งขวาห้วยเสน</t>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
         </is>
       </c>
       <c r="O68" t="inlineStr"/>
       <c r="P68" t="inlineStr"/>
       <c r="Q68" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>529349ee-afde-4290-b93d-d008c6fa1e97</t>
+          <t>a73b2aa0-0fcd-4592-8267-c07943733a33</t>
         </is>
       </c>
       <c r="B69" t="n">
-        <v>104.78564</v>
+        <v>102.345367</v>
       </c>
       <c r="C69" t="n">
-        <v>14.73084</v>
+        <v>13.679709</v>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>303.46</v>
+        <v>301.8</v>
       </c>
       <c r="G69" t="n">
-        <v>0.78</v>
+        <v>0.286566</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>2026-02-25 02:19:00</t>
+          <t>2026-03-18 01:07:00</t>
         </is>
       </c>
       <c r="I69" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
-          <t>2026-02-25 04:54:56.351442+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>Tha Khlo</t>
+          <t>Phak Kha</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
-          <t>Benchalak</t>
+          <t>Watthana Nakhon</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
-          <t>Sisaket</t>
-[...2 lines deleted...]
-      <c r="N69" t="inlineStr"/>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>ป่าเขาฉกรรจ์ ป่าโนนสาวเอ้ ป่าปลายคลองห้วยไคร้ และป่าพระสทึง</t>
+        </is>
+      </c>
       <c r="O69" t="inlineStr"/>
       <c r="P69" t="inlineStr"/>
       <c r="Q69" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>a5d3f6c0-6816-472c-a07b-acce7ea43a04</t>
+          <t>12067192-efcc-4b9c-8aff-7150865ec116</t>
         </is>
       </c>
       <c r="B70" t="n">
-        <v>104.786621</v>
+        <v>102.359192</v>
       </c>
       <c r="C70" t="n">
-        <v>14.730553</v>
+        <v>16.528492</v>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>SNPP</t>
+          <t>NOAA20</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>nominal</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>303.46</v>
+        <v>300.99</v>
       </c>
       <c r="G70" t="n">
-        <v>0.778529</v>
+        <v>0.470512</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>2026-02-25 02:20:00</t>
+          <t>2026-03-18 01:05:00</t>
         </is>
       </c>
       <c r="I70" s="2" t="n">
-        <v>46078</v>
+        <v>46099</v>
       </c>
       <c r="J70" t="inlineStr">
         <is>
-          <t>2026-02-25 03:52:08.318303+00:00</t>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>Tha Khlo</t>
+          <t>Non Than</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
-          <t>Benchalak</t>
+          <t>Nong Ruea</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
-          <t>Sisaket</t>
+          <t>Khon Kaen</t>
         </is>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr"/>
       <c r="P70" t="inlineStr"/>
       <c r="Q70" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>93bd447a-a695-4397-ba3f-7adfffea4c32</t>
+        </is>
+      </c>
+      <c r="B71" t="n">
+        <v>102.384087</v>
+      </c>
+      <c r="C71" t="n">
+        <v>13.697306</v>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F71" t="n">
+        <v>311.57</v>
+      </c>
+      <c r="G71" t="n">
+        <v>1.219018</v>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I71" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>Phak Kha</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Watthana Nakhon</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr"/>
+      <c r="O71" t="inlineStr"/>
+      <c r="P71" t="inlineStr"/>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>bfc78fd6-67f4-4184-804f-a84ee38b0037</t>
+        </is>
+      </c>
+      <c r="B72" t="n">
+        <v>102.39962</v>
+      </c>
+      <c r="C72" t="n">
+        <v>13.903008</v>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>311.15</v>
+      </c>
+      <c r="G72" t="n">
+        <v>0.996593</v>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I72" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K72" t="inlineStr">
+        <is>
+          <t>Nong Mak Fai</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Watthana Nakhon</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr"/>
+      <c r="O72" t="inlineStr"/>
+      <c r="P72" t="inlineStr"/>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>0825c0de-effb-42f0-aa60-382621bc48da</t>
+        </is>
+      </c>
+      <c r="B73" t="n">
+        <v>102.623001</v>
+      </c>
+      <c r="C73" t="n">
+        <v>13.84947</v>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F73" t="n">
+        <v>313.93</v>
+      </c>
+      <c r="G73" t="n">
+        <v>0.8065560000000001</v>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I73" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>Nong Muang</t>
+        </is>
+      </c>
+      <c r="L73" t="inlineStr">
+        <is>
+          <t>Khok Sung</t>
+        </is>
+      </c>
+      <c r="M73" t="inlineStr">
+        <is>
+          <t>Sa Kaeo</t>
+        </is>
+      </c>
+      <c r="N73" t="inlineStr"/>
+      <c r="O73" t="inlineStr"/>
+      <c r="P73" t="inlineStr"/>
+      <c r="Q73" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>d5a22bc9-a24c-4b0e-a645-fe77bb4928bc</t>
+        </is>
+      </c>
+      <c r="B74" t="n">
+        <v>102.755264</v>
+      </c>
+      <c r="C74" t="n">
+        <v>16.573427</v>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F74" t="n">
+        <v>301.31</v>
+      </c>
+      <c r="G74" t="n">
+        <v>1.027435</v>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I74" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K74" t="inlineStr">
+        <is>
+          <t>Ban Kho</t>
+        </is>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>Mueang Khon Kaen</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N74" t="inlineStr"/>
+      <c r="O74" t="inlineStr"/>
+      <c r="P74" t="inlineStr"/>
+      <c r="Q74" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>4f1d5e60-b5dc-4e40-a941-0371adceae59</t>
+        </is>
+      </c>
+      <c r="B75" t="n">
+        <v>102.759048</v>
+      </c>
+      <c r="C75" t="n">
+        <v>16.573004</v>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F75" t="n">
+        <v>312.02</v>
+      </c>
+      <c r="G75" t="n">
+        <v>1.308189</v>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I75" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K75" t="inlineStr">
+        <is>
+          <t>Ban Kho</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Mueang Khon Kaen</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr"/>
+      <c r="O75" t="inlineStr"/>
+      <c r="P75" t="inlineStr"/>
+      <c r="Q75" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>71373a34-beb8-4da4-b01a-14ce15881348</t>
+        </is>
+      </c>
+      <c r="B76" t="n">
+        <v>102.805901</v>
+      </c>
+      <c r="C76" t="n">
+        <v>17.11615</v>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F76" t="n">
+        <v>302.39</v>
+      </c>
+      <c r="G76" t="n">
+        <v>0.750239</v>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I76" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K76" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L76" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N76" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O76" t="inlineStr"/>
+      <c r="P76" t="inlineStr"/>
+      <c r="Q76" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>946863fa-772d-423a-89a7-26f4cae6514f</t>
+        </is>
+      </c>
+      <c r="B77" t="n">
+        <v>102.806686</v>
+      </c>
+      <c r="C77" t="n">
+        <v>17.116285</v>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F77" t="n">
+        <v>302.43</v>
+      </c>
+      <c r="G77" t="n">
+        <v>0.739312</v>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I77" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K77" t="inlineStr">
+        <is>
+          <t>Saeng Sawang</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Nong Saeng</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>ป่าพันดอนและป่าปะโค</t>
+        </is>
+      </c>
+      <c r="O77" t="inlineStr"/>
+      <c r="P77" t="inlineStr"/>
+      <c r="Q77" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>d26fb8af-9e6c-4f53-9dde-2a0b5c1619eb</t>
+        </is>
+      </c>
+      <c r="B78" t="n">
+        <v>102.913414</v>
+      </c>
+      <c r="C78" t="n">
+        <v>16.113211</v>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F78" t="n">
+        <v>300.33</v>
+      </c>
+      <c r="G78" t="n">
+        <v>0.439863</v>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I78" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>Na Pho</t>
+        </is>
+      </c>
+      <c r="L78" t="inlineStr">
+        <is>
+          <t>Kut Rang</t>
+        </is>
+      </c>
+      <c r="M78" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N78" t="inlineStr"/>
+      <c r="O78" t="inlineStr"/>
+      <c r="P78" t="inlineStr"/>
+      <c r="Q78" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>c6aeb9e7-aac2-4481-9b9d-bfc2795b2b2f</t>
+        </is>
+      </c>
+      <c r="B79" t="n">
+        <v>102.93335</v>
+      </c>
+      <c r="C79" t="n">
+        <v>15.977027</v>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F79" t="n">
+        <v>317.78</v>
+      </c>
+      <c r="G79" t="n">
+        <v>1.090475</v>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I79" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K79" t="inlineStr">
+        <is>
+          <t>Nong Waeng</t>
+        </is>
+      </c>
+      <c r="L79" t="inlineStr">
+        <is>
+          <t>Kut Rang</t>
+        </is>
+      </c>
+      <c r="M79" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N79" t="inlineStr"/>
+      <c r="O79" t="inlineStr"/>
+      <c r="P79" t="inlineStr"/>
+      <c r="Q79" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>13246658-1868-487e-86b0-ed4b441ae1a7</t>
+        </is>
+      </c>
+      <c r="B80" t="n">
+        <v>102.936913</v>
+      </c>
+      <c r="C80" t="n">
+        <v>15.976627</v>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F80" t="n">
+        <v>299.47</v>
+      </c>
+      <c r="G80" t="n">
+        <v>1.090475</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I80" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K80" t="inlineStr">
+        <is>
+          <t>Nong Waeng</t>
+        </is>
+      </c>
+      <c r="L80" t="inlineStr">
+        <is>
+          <t>Kut Rang</t>
+        </is>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N80" t="inlineStr"/>
+      <c r="O80" t="inlineStr"/>
+      <c r="P80" t="inlineStr"/>
+      <c r="Q80" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>36f98428-f3bf-44b6-be38-7a9be3037855</t>
+        </is>
+      </c>
+      <c r="B81" t="n">
+        <v>103.00985</v>
+      </c>
+      <c r="C81" t="n">
+        <v>14.492379</v>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F81" t="n">
+        <v>304.6</v>
+      </c>
+      <c r="G81" t="n">
+        <v>0.39424</v>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I81" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K81" t="inlineStr">
+        <is>
+          <t>Chorakhe Mak</t>
+        </is>
+      </c>
+      <c r="L81" t="inlineStr">
+        <is>
+          <t>Prakhon Chai</t>
+        </is>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N81" t="inlineStr">
+        <is>
+          <t>ป่าเขาคอก</t>
+        </is>
+      </c>
+      <c r="O81" t="inlineStr"/>
+      <c r="P81" t="inlineStr"/>
+      <c r="Q81" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>337fbd00-4713-4b0d-8a53-ab98a2e07285</t>
+        </is>
+      </c>
+      <c r="B82" t="n">
+        <v>103.035133</v>
+      </c>
+      <c r="C82" t="n">
+        <v>16.956606</v>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F82" t="n">
+        <v>314.98</v>
+      </c>
+      <c r="G82" t="n">
+        <v>0.974539</v>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I82" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K82" t="inlineStr">
+        <is>
+          <t>Tha Li</t>
+        </is>
+      </c>
+      <c r="L82" t="inlineStr">
+        <is>
+          <t>Kumphawapi</t>
+        </is>
+      </c>
+      <c r="M82" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N82" t="inlineStr"/>
+      <c r="O82" t="inlineStr"/>
+      <c r="P82" t="inlineStr"/>
+      <c r="Q82" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>eba7cbd6-835e-43b3-97d8-2dfea07004dc</t>
+        </is>
+      </c>
+      <c r="B83" t="n">
+        <v>103.035805</v>
+      </c>
+      <c r="C83" t="n">
+        <v>16.962046</v>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F83" t="n">
+        <v>308.07</v>
+      </c>
+      <c r="G83" t="n">
+        <v>0.974539</v>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I83" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>Si-O</t>
+        </is>
+      </c>
+      <c r="L83" t="inlineStr">
+        <is>
+          <t>Kumphawapi</t>
+        </is>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N83" t="inlineStr"/>
+      <c r="O83" t="inlineStr"/>
+      <c r="P83" t="inlineStr"/>
+      <c r="Q83" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>4df872df-5b4a-493b-8ebd-6d5fcdd10e35</t>
+        </is>
+      </c>
+      <c r="B84" t="n">
+        <v>103.075256</v>
+      </c>
+      <c r="C84" t="n">
+        <v>16.684397</v>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F84" t="n">
+        <v>300.29</v>
+      </c>
+      <c r="G84" t="n">
+        <v>0.512892</v>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I84" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K84" t="inlineStr">
+        <is>
+          <t>Nong Ko</t>
+        </is>
+      </c>
+      <c r="L84" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N84" t="inlineStr"/>
+      <c r="O84" t="inlineStr"/>
+      <c r="P84" t="inlineStr"/>
+      <c r="Q84" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>87d1a90e-6143-4100-a239-9ab8db76d8af</t>
+        </is>
+      </c>
+      <c r="B85" t="n">
+        <v>103.078835</v>
+      </c>
+      <c r="C85" t="n">
+        <v>16.68401</v>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F85" t="n">
+        <v>302.81</v>
+      </c>
+      <c r="G85" t="n">
+        <v>0.512892</v>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I85" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>Nong Ko</t>
+        </is>
+      </c>
+      <c r="L85" t="inlineStr">
+        <is>
+          <t>Kranuan</t>
+        </is>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>Khon Kaen</t>
+        </is>
+      </c>
+      <c r="N85" t="inlineStr"/>
+      <c r="O85" t="inlineStr"/>
+      <c r="P85" t="inlineStr"/>
+      <c r="Q85" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>6fcaf690-e3af-4abc-b055-5879d2502adc</t>
+        </is>
+      </c>
+      <c r="B86" t="n">
+        <v>103.093414</v>
+      </c>
+      <c r="C86" t="n">
+        <v>14.349095</v>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>307.98</v>
+      </c>
+      <c r="G86" t="n">
+        <v>1.417471</v>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I86" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>Prasat</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Ban Kruat</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>ป่าบ้านกรวด แปลงที่ 5</t>
+        </is>
+      </c>
+      <c r="O86" t="inlineStr"/>
+      <c r="P86" t="inlineStr"/>
+      <c r="Q86" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>b17c1ac2-ec73-4191-bf6f-1164d3128e36</t>
+        </is>
+      </c>
+      <c r="B87" t="n">
+        <v>103.10009</v>
+      </c>
+      <c r="C87" t="n">
+        <v>15.996224</v>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F87" t="n">
+        <v>300.64</v>
+      </c>
+      <c r="G87" t="n">
+        <v>0.26354</v>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I87" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K87" t="inlineStr">
+        <is>
+          <t>Nong Sim</t>
+        </is>
+      </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>Borabue</t>
+        </is>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>Maha Sarakham</t>
+        </is>
+      </c>
+      <c r="N87" t="inlineStr"/>
+      <c r="O87" t="inlineStr"/>
+      <c r="P87" t="inlineStr"/>
+      <c r="Q87" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>2bbddaa1-a6e9-4456-b57e-55a1f93b22d2</t>
+        </is>
+      </c>
+      <c r="B88" t="n">
+        <v>103.111305</v>
+      </c>
+      <c r="C88" t="n">
+        <v>14.709736</v>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F88" t="n">
+        <v>301.19</v>
+      </c>
+      <c r="G88" t="n">
+        <v>0.858995</v>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I88" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>Chan Dum</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>Phlapphla Chai</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr"/>
+      <c r="O88" t="inlineStr"/>
+      <c r="P88" t="inlineStr"/>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>a30856f3-2069-4d26-a30c-0241c0d1a0b2</t>
+        </is>
+      </c>
+      <c r="B89" t="n">
+        <v>103.114624</v>
+      </c>
+      <c r="C89" t="n">
+        <v>14.709338</v>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F89" t="n">
+        <v>307.85</v>
+      </c>
+      <c r="G89" t="n">
+        <v>0.9863690000000001</v>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I89" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K89" t="inlineStr">
+        <is>
+          <t>Chan Dum</t>
+        </is>
+      </c>
+      <c r="L89" t="inlineStr">
+        <is>
+          <t>Phlapphla Chai</t>
+        </is>
+      </c>
+      <c r="M89" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr"/>
+      <c r="O89" t="inlineStr"/>
+      <c r="P89" t="inlineStr"/>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>6fe24aaf-4f53-40f1-b8b2-6ed2cc6806ec</t>
+        </is>
+      </c>
+      <c r="B90" t="n">
+        <v>103.240379</v>
+      </c>
+      <c r="C90" t="n">
+        <v>15.084015</v>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>321.15</v>
+      </c>
+      <c r="G90" t="n">
+        <v>1.585292</v>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I90" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K90" t="inlineStr">
+        <is>
+          <t>Prasat</t>
+        </is>
+      </c>
+      <c r="L90" t="inlineStr">
+        <is>
+          <t>Ban Dan</t>
+        </is>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr"/>
+      <c r="O90" t="inlineStr"/>
+      <c r="P90" t="inlineStr"/>
+      <c r="Q90" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>f58ed442-e184-4cf7-afb4-12735afbcee2</t>
+        </is>
+      </c>
+      <c r="B91" t="n">
+        <v>103.270493</v>
+      </c>
+      <c r="C91" t="n">
+        <v>16.897667</v>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F91" t="n">
+        <v>301.69</v>
+      </c>
+      <c r="G91" t="n">
+        <v>0.843093</v>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I91" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K91" t="inlineStr">
+        <is>
+          <t>Yang Um</t>
+        </is>
+      </c>
+      <c r="L91" t="inlineStr">
+        <is>
+          <t>Tha Khantho</t>
+        </is>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N91" t="inlineStr"/>
+      <c r="O91" t="inlineStr"/>
+      <c r="P91" t="inlineStr"/>
+      <c r="Q91" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>4ef7b206-68f9-4817-9a1e-66e39254787d</t>
+        </is>
+      </c>
+      <c r="B92" t="n">
+        <v>103.358765</v>
+      </c>
+      <c r="C92" t="n">
+        <v>17.180271</v>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F92" t="n">
+        <v>311.86</v>
+      </c>
+      <c r="G92" t="n">
+        <v>0.8728630000000001</v>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I92" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K92" t="inlineStr">
+        <is>
+          <t>Kham Lo</t>
+        </is>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>Chai Wan</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N92" t="inlineStr">
+        <is>
+          <t>ป่าบ้านจีต ป่าไชยวาน ป่าหนองหลักและป่าคอนสาย</t>
+        </is>
+      </c>
+      <c r="O92" t="inlineStr"/>
+      <c r="P92" t="inlineStr"/>
+      <c r="Q92" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>603c2d10-73c6-41d1-b95b-f0d2d798ba27</t>
+        </is>
+      </c>
+      <c r="B93" t="n">
+        <v>103.382172</v>
+      </c>
+      <c r="C93" t="n">
+        <v>15.249196</v>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F93" t="n">
+        <v>334.01</v>
+      </c>
+      <c r="G93" t="n">
+        <v>3.686741</v>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I93" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K93" t="inlineStr">
+        <is>
+          <t>Thung Wang</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>Satuek</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>Buriram</t>
+        </is>
+      </c>
+      <c r="N93" t="inlineStr"/>
+      <c r="O93" t="inlineStr"/>
+      <c r="P93" t="inlineStr"/>
+      <c r="Q93" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>56beac2e-8bbc-476f-94e7-519556627cc5</t>
+        </is>
+      </c>
+      <c r="B94" t="n">
+        <v>103.39016</v>
+      </c>
+      <c r="C94" t="n">
+        <v>16.953192</v>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>301.86</v>
+      </c>
+      <c r="G94" t="n">
+        <v>0.710944</v>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I94" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K94" t="inlineStr">
+        <is>
+          <t>Nong Ya Sai</t>
+        </is>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr"/>
+      <c r="O94" t="inlineStr"/>
+      <c r="P94" t="inlineStr"/>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>641c4b84-321c-43b2-b6ae-c91bb85e5eab</t>
+        </is>
+      </c>
+      <c r="B95" t="n">
+        <v>103.393387</v>
+      </c>
+      <c r="C95" t="n">
+        <v>16.954052</v>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F95" t="n">
+        <v>304.46</v>
+      </c>
+      <c r="G95" t="n">
+        <v>0.62616</v>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I95" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>Nong Ya Sai</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr"/>
+      <c r="O95" t="inlineStr"/>
+      <c r="P95" t="inlineStr"/>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>ace18eb9-4991-4555-9a3b-49e042514eed</t>
+        </is>
+      </c>
+      <c r="B96" t="n">
+        <v>103.404762</v>
+      </c>
+      <c r="C96" t="n">
+        <v>17.297945</v>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F96" t="n">
+        <v>305.25</v>
+      </c>
+      <c r="G96" t="n">
+        <v>0.975112</v>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I96" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K96" t="inlineStr">
+        <is>
+          <t>Tha Sila</t>
+        </is>
+      </c>
+      <c r="L96" t="inlineStr">
+        <is>
+          <t>Song Dao</t>
+        </is>
+      </c>
+      <c r="M96" t="inlineStr">
+        <is>
+          <t>Sakon Nakhon</t>
+        </is>
+      </c>
+      <c r="N96" t="inlineStr">
+        <is>
+          <t>ป่าดงพันนาและป่าดงพระเจ้า</t>
+        </is>
+      </c>
+      <c r="O96" t="inlineStr"/>
+      <c r="P96" t="inlineStr"/>
+      <c r="Q96" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>f22b94a4-833f-41bb-9d1d-6b76ffc79ec7</t>
+        </is>
+      </c>
+      <c r="B97" t="n">
+        <v>103.487915</v>
+      </c>
+      <c r="C97" t="n">
+        <v>17.150175</v>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F97" t="n">
+        <v>304.93</v>
+      </c>
+      <c r="G97" t="n">
+        <v>0.797671</v>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I97" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J97" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K97" t="inlineStr">
+        <is>
+          <t>Pha Suk</t>
+        </is>
+      </c>
+      <c r="L97" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N97" t="inlineStr">
+        <is>
+          <t>ป่าบะยาว ป่าหัวนาคำ ป่านายูง ป่าหนองกุงทับม้า และป่าหนองหญ้าไขย</t>
+        </is>
+      </c>
+      <c r="O97" t="inlineStr"/>
+      <c r="P97" t="inlineStr"/>
+      <c r="Q97" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>7dcc2521-48c5-4dc8-ba05-861e8302460f</t>
+        </is>
+      </c>
+      <c r="B98" t="n">
+        <v>103.489349</v>
+      </c>
+      <c r="C98" t="n">
+        <v>17.150814</v>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F98" t="n">
+        <v>313.45</v>
+      </c>
+      <c r="G98" t="n">
+        <v>1.620624</v>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I98" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J98" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K98" t="inlineStr">
+        <is>
+          <t>Pha Suk</t>
+        </is>
+      </c>
+      <c r="L98" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N98" t="inlineStr">
+        <is>
+          <t>ป่าบะยาว ป่าหัวนาคำ ป่านายูง ป่าหนองกุงทับม้า และป่าหนองหญ้าไขย</t>
+        </is>
+      </c>
+      <c r="O98" t="inlineStr"/>
+      <c r="P98" t="inlineStr"/>
+      <c r="Q98" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>8e118769-34bf-4170-90f6-097ef763d3cd</t>
+        </is>
+      </c>
+      <c r="B99" t="n">
+        <v>103.491341</v>
+      </c>
+      <c r="C99" t="n">
+        <v>17.149805</v>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F99" t="n">
+        <v>303.37</v>
+      </c>
+      <c r="G99" t="n">
+        <v>0.797671</v>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I99" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K99" t="inlineStr">
+        <is>
+          <t>Pha Suk</t>
+        </is>
+      </c>
+      <c r="L99" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N99" t="inlineStr">
+        <is>
+          <t>ป่าบะยาว ป่าหัวนาคำ ป่านายูง ป่าหนองกุงทับม้า และป่าหนองหญ้าไขย</t>
+        </is>
+      </c>
+      <c r="O99" t="inlineStr"/>
+      <c r="P99" t="inlineStr"/>
+      <c r="Q99" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>b9278b41-dbf5-4150-8b6d-3a90d3ae1634</t>
+        </is>
+      </c>
+      <c r="B100" t="n">
+        <v>103.503853</v>
+      </c>
+      <c r="C100" t="n">
+        <v>17.026457</v>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F100" t="n">
+        <v>302.07</v>
+      </c>
+      <c r="G100" t="n">
+        <v>0.548207</v>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I100" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J100" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K100" t="inlineStr">
+        <is>
+          <t>Nong Kung Thap Ma</t>
+        </is>
+      </c>
+      <c r="L100" t="inlineStr">
+        <is>
+          <t>Wang Sam Mo</t>
+        </is>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>Udon Thani</t>
+        </is>
+      </c>
+      <c r="N100" t="inlineStr">
+        <is>
+          <t>ป่าบะยาว ป่าหัวนาคำ ป่านายูง ป่าหนองกุงทับม้า และป่าหนองหญ้าไขย</t>
+        </is>
+      </c>
+      <c r="O100" t="inlineStr"/>
+      <c r="P100" t="inlineStr"/>
+      <c r="Q100" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>77e9da8f-8850-4e45-95bd-25123f4284b4</t>
+        </is>
+      </c>
+      <c r="B101" t="n">
+        <v>103.767441</v>
+      </c>
+      <c r="C101" t="n">
+        <v>16.457169</v>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>307.72</v>
+      </c>
+      <c r="G101" t="n">
+        <v>0.432998</v>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I101" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K101" t="inlineStr">
+        <is>
+          <t>Sa-At Chai Si</t>
+        </is>
+      </c>
+      <c r="L101" t="inlineStr">
+        <is>
+          <t>Don Chan</t>
+        </is>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>Kalasin</t>
+        </is>
+      </c>
+      <c r="N101" t="inlineStr"/>
+      <c r="O101" t="inlineStr"/>
+      <c r="P101" t="inlineStr"/>
+      <c r="Q101" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>7857a2ff-b12e-4a89-b3cf-0dca10204ff1</t>
+        </is>
+      </c>
+      <c r="B102" t="n">
+        <v>103.857025</v>
+      </c>
+      <c r="C102" t="n">
+        <v>14.843288</v>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>352.51</v>
+      </c>
+      <c r="G102" t="n">
+        <v>7.103062</v>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I102" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>Truat</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>Si Narong</t>
+        </is>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>Surin</t>
+        </is>
+      </c>
+      <c r="N102" t="inlineStr">
+        <is>
+          <t>ป่าบ้านเดียก</t>
+        </is>
+      </c>
+      <c r="O102" t="inlineStr"/>
+      <c r="P102" t="inlineStr"/>
+      <c r="Q102" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>5e14a14f-3300-44e4-bbbf-618a582c990d</t>
+        </is>
+      </c>
+      <c r="B103" t="n">
+        <v>103.860016</v>
+      </c>
+      <c r="C103" t="n">
+        <v>14.842919</v>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F103" t="n">
+        <v>341.58</v>
+      </c>
+      <c r="G103" t="n">
+        <v>6.715797</v>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I103" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J103" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>Truat</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>Si Narong</t>
+        </is>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>Surin</t>
+        </is>
+      </c>
+      <c r="N103" t="inlineStr">
+        <is>
+          <t>ป่าบ้านเดียก</t>
+        </is>
+      </c>
+      <c r="O103" t="inlineStr"/>
+      <c r="P103" t="inlineStr"/>
+      <c r="Q103" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>4823c68e-bdda-4c8b-b45e-cf69940f7410</t>
+        </is>
+      </c>
+      <c r="B104" t="n">
+        <v>103.940201</v>
+      </c>
+      <c r="C104" t="n">
+        <v>16.345463</v>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F104" t="n">
+        <v>308.84</v>
+      </c>
+      <c r="G104" t="n">
+        <v>0.561925</v>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I104" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J104" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>Pho Thong</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N104" t="inlineStr"/>
+      <c r="O104" t="inlineStr"/>
+      <c r="P104" t="inlineStr"/>
+      <c r="Q104" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>1f849ddc-0aa5-4380-9b9b-e79a0def844c</t>
+        </is>
+      </c>
+      <c r="B105" t="n">
+        <v>103.94062</v>
+      </c>
+      <c r="C105" t="n">
+        <v>16.343864</v>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F105" t="n">
+        <v>308.08</v>
+      </c>
+      <c r="G105" t="n">
+        <v>0.5426879999999999</v>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I105" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J105" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>Pho Thong</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>Phon Thong</t>
+        </is>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N105" t="inlineStr"/>
+      <c r="O105" t="inlineStr"/>
+      <c r="P105" t="inlineStr"/>
+      <c r="Q105" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>f5283726-1123-4900-b023-1d83a4b632e8</t>
+        </is>
+      </c>
+      <c r="B106" t="n">
+        <v>104.130867</v>
+      </c>
+      <c r="C106" t="n">
+        <v>16.042673</v>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F106" t="n">
+        <v>303.78</v>
+      </c>
+      <c r="G106" t="n">
+        <v>1.078636</v>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I106" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J106" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>Na Wiang</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>Sai Mun</t>
+        </is>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>Yasothon</t>
+        </is>
+      </c>
+      <c r="N106" t="inlineStr">
+        <is>
+          <t>ป่าโคกหนองบัวและป่านาทม</t>
+        </is>
+      </c>
+      <c r="O106" t="inlineStr"/>
+      <c r="P106" t="inlineStr"/>
+      <c r="Q106" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>d6d95b87-54fc-4923-838e-b042d713f312</t>
+        </is>
+      </c>
+      <c r="B107" t="n">
+        <v>104.261932</v>
+      </c>
+      <c r="C107" t="n">
+        <v>16.373259</v>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F107" t="n">
+        <v>304.31</v>
+      </c>
+      <c r="G107" t="n">
+        <v>0.518033</v>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I107" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J107" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>Bueng Ngam</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>Nong Phok</t>
+        </is>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>Roi Et</t>
+        </is>
+      </c>
+      <c r="N107" t="inlineStr">
+        <is>
+          <t>ป่าดงมะอี่</t>
+        </is>
+      </c>
+      <c r="O107" t="inlineStr"/>
+      <c r="P107" t="inlineStr"/>
+      <c r="Q107" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>4a36678c-c5fb-4ae3-bd9a-08087e763167</t>
+        </is>
+      </c>
+      <c r="B108" t="n">
+        <v>104.293259</v>
+      </c>
+      <c r="C108" t="n">
+        <v>17.438103</v>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F108" t="n">
+        <v>310.19</v>
+      </c>
+      <c r="G108" t="n">
+        <v>0.612609</v>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I108" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J108" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>Ban Kho</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>Phon Sawan</t>
+        </is>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N108" t="inlineStr"/>
+      <c r="O108" t="inlineStr"/>
+      <c r="P108" t="inlineStr"/>
+      <c r="Q108" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>c79b9edc-550d-499a-a272-133f867b817e</t>
+        </is>
+      </c>
+      <c r="B109" t="n">
+        <v>104.598122</v>
+      </c>
+      <c r="C109" t="n">
+        <v>17.38287</v>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F109" t="n">
+        <v>300.26</v>
+      </c>
+      <c r="G109" t="n">
+        <v>1.161694</v>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I109" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J109" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>Ban Phueng</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>Mueang Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N109" t="inlineStr">
+        <is>
+          <t>ป่าดงเซกาแปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O109" t="inlineStr"/>
+      <c r="P109" t="inlineStr"/>
+      <c r="Q109" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>09fdc331-d5c2-400e-a3eb-5232bd89ae62</t>
+        </is>
+      </c>
+      <c r="B110" t="n">
+        <v>104.603897</v>
+      </c>
+      <c r="C110" t="n">
+        <v>17.382206</v>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F110" t="n">
+        <v>307.43</v>
+      </c>
+      <c r="G110" t="n">
+        <v>1.484918</v>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I110" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>Ban Phueng</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>Mueang Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>Nakhon Phanom</t>
+        </is>
+      </c>
+      <c r="N110" t="inlineStr">
+        <is>
+          <t>ป่าดงเซกาแปลงที่สอง</t>
+        </is>
+      </c>
+      <c r="O110" t="inlineStr"/>
+      <c r="P110" t="inlineStr"/>
+      <c r="Q110" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>ccfacde0-4852-4452-aa6d-860032282f12</t>
+        </is>
+      </c>
+      <c r="B111" t="n">
+        <v>104.701775</v>
+      </c>
+      <c r="C111" t="n">
+        <v>16.495596</v>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F111" t="n">
+        <v>302.47</v>
+      </c>
+      <c r="G111" t="n">
+        <v>0.790933</v>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I111" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>Kham A Huan</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>Mueang Mukdahan</t>
+        </is>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>Mukdahan</t>
+        </is>
+      </c>
+      <c r="N111" t="inlineStr"/>
+      <c r="O111" t="inlineStr"/>
+      <c r="P111" t="inlineStr"/>
+      <c r="Q111" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>715cfee7-d007-4a39-885f-01b7b6690007</t>
+        </is>
+      </c>
+      <c r="B112" t="n">
+        <v>104.906364</v>
+      </c>
+      <c r="C112" t="n">
+        <v>16.091457</v>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F112" t="n">
+        <v>307.62</v>
+      </c>
+      <c r="G112" t="n">
+        <v>1.099461</v>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:05:00</t>
+        </is>
+      </c>
+      <c r="I112" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J112" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>Khok Kong</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>Chanuman</t>
+        </is>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>Amnat Charoen</t>
+        </is>
+      </c>
+      <c r="N112" t="inlineStr">
+        <is>
+          <t>ป่าดงคำเดือย แปลงที่ 1</t>
+        </is>
+      </c>
+      <c r="O112" t="inlineStr"/>
+      <c r="P112" t="inlineStr"/>
+      <c r="Q112" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>4e1309db-bb44-456a-8543-0506befe1708</t>
+        </is>
+      </c>
+      <c r="B113" t="n">
+        <v>105.314987</v>
+      </c>
+      <c r="C113" t="n">
+        <v>15.653615</v>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F113" t="n">
+        <v>305.82</v>
+      </c>
+      <c r="G113" t="n">
+        <v>0.909682</v>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I113" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J113" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>Song Yang</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>Si Mueang Mai</t>
+        </is>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N113" t="inlineStr">
+        <is>
+          <t>ป่าดงภูโหล่น</t>
+        </is>
+      </c>
+      <c r="O113" t="inlineStr"/>
+      <c r="P113" t="inlineStr"/>
+      <c r="Q113" t="inlineStr">
+        <is>
+          <t>48N</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>4145f8a1-6071-4b17-9ef6-093dc659ed62</t>
+        </is>
+      </c>
+      <c r="B114" t="n">
+        <v>105.317207</v>
+      </c>
+      <c r="C114" t="n">
+        <v>15.653364</v>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>NOAA20</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>nominal</t>
+        </is>
+      </c>
+      <c r="F114" t="n">
+        <v>306.92</v>
+      </c>
+      <c r="G114" t="n">
+        <v>0.905341</v>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>2026-03-18 01:07:00</t>
+        </is>
+      </c>
+      <c r="I114" s="2" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J114" t="inlineStr">
+        <is>
+          <t>2026-03-18 02:00:06.114398+00:00</t>
+        </is>
+      </c>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>Song Yang</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>Si Mueang Mai</t>
+        </is>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>Ubon Ratchathani</t>
+        </is>
+      </c>
+      <c r="N114" t="inlineStr"/>
+      <c r="O114" t="inlineStr"/>
+      <c r="P114" t="inlineStr"/>
+      <c r="Q114" t="inlineStr">
         <is>
           <t>48N</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>